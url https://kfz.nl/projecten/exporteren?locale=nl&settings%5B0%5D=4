--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -167,77 +167,65 @@
   <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
     <t>2022-183</t>
   </si>
   <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-181</t>
-[...5 lines deleted...]
-    <t>In dit project wordt kennis uit literatuur en attitudes en vaardigheden van professionals omgezet in praktische handvatten t.a.v. seksualiteit bij LVB-cliënten.</t>
+    <t>Seksualiteitsbeleid bij forensische cliënten</t>
+  </si>
+  <si>
+    <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2022-175</t>
   </si>
   <si>
     <t>Doorontwikkeling Justitiële Interventie i-Respect</t>
   </si>
   <si>
     <t>Het doel van deze call is om de justitiële interventie i-Respect door te ontwikkelen.</t>
   </si>
   <si>
-    <t>2021-155</t>
-[...7 lines deleted...]
-  <si>
     <t>2021-143</t>
   </si>
   <si>
     <t>Online gedragstraining bij reclasseringscliënten</t>
   </si>
   <si>
     <t>Wat is het verschil tussen het geven van online- en offline trainingen? Welke ervaringen zijn er opgedaan met online justitiële interventies? En wat zijn de voor- en nadelen hiervan?</t>
   </si>
   <si>
     <t>2021-142</t>
   </si>
   <si>
     <t>AI binnen 3RO: Toepassing en toekomst</t>
   </si>
   <si>
     <t>Artificial intelligence (AI) wordt steeds vaker gebruikt in onze samenleving, maar waarom nog niet binnen de 3RO? En, is dat wenselijk?</t>
   </si>
   <si>
     <t>2020-128</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling justitiële interventie Solo</t>
   </si>
   <si>
     <t>Doel van het vooronderzoek is het nut en de noodzaak van Solo vast te stellen door enerzijds wetenschappelijk bewijs voor de werkzaamheid van het programma te verzamelen, anderzijds door te onderzoeken of het programma aansluit op de behoeften van de deelnemers</t>
@@ -248,57 +236,54 @@
   <si>
     <t>Doorontwikkeling gedragsinterventie CoVa Plus</t>
   </si>
   <si>
     <t>Binnen dit project worden de noodzakelijke aanpassingen van de CoVa Plus geïnventariseerd en getoetst.</t>
   </si>
   <si>
     <t>2021-141</t>
   </si>
   <si>
     <t>Doorontwikkeling verdiepingsdiagnostiek</t>
   </si>
   <si>
     <t>De doorontwikkeling van het product verdiepingsdiagnostiek heeft betrekking op de verdere implementatie van het product.</t>
   </si>
   <si>
     <t>2020-133</t>
   </si>
   <si>
     <t>Cliëntprofielen 3RO</t>
   </si>
   <si>
     <t>Het onderzoek is bedoeld om tot cliëntprofielen te komen die aansluiten bij de doelgroepen van 3RO en om professionals van reclassering en forensische zorg een beter onderbouwde keuze te laten maken bij het inzetten van de juiste interventies, werkstraffen, toezicht en forensische zorg.</t>
   </si>
   <si>
-    <t>2020-135</t>
-[...1 lines deleted...]
-  <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
-    <t>Best practices en concrete do’s en don’ts voor het werken op afstand met reclasseringscliënten.</t>
+    <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
     <t>2019-105</t>
   </si>
   <si>
     <t>Effectief methodisch werken in reclasseringstoezicht: een systematisch literatuuroverzicht</t>
   </si>
   <si>
     <t>Dit onderzoek heeft als doel om een systematisch overzicht te geven van werkzame elementen voor reclasseringstoezicht op grond van wetenschappelijk onderzoek.</t>
   </si>
   <si>
     <t>2019-101</t>
   </si>
   <si>
     <t>Implementatie interventie Alcohol en geweld</t>
   </si>
@@ -311,249 +296,189 @@
   <si>
     <t>Doorontwikkeling Justitiële Interventie BORG</t>
   </si>
   <si>
     <t>Het doel van dit project is om het BORG-programma te verbeteren en te versterken.</t>
   </si>
   <si>
     <t>2019-106</t>
   </si>
   <si>
     <t>Doorontwikkeling justitiële interventie Leefstijltraining 24/7</t>
   </si>
   <si>
     <t>In dit project is de leefstijltraining geactualiseerd en zijn de handleidingen gebruiksvriendelijker gemaakt.</t>
   </si>
   <si>
     <t>2019-99</t>
   </si>
   <si>
     <t>Doorontwikkeling handreiking middelencontrole voor reclasseringswerkers</t>
   </si>
   <si>
     <t>Doel van dit project is het uitwerken van de handreiking (Call 2015-21) tot een handelingsprotocol. Hierbij wordt ingezoomd op de verbinding van middelencontroles met gedragsinterventies, ambulante behandeling en toezicht.</t>
   </si>
   <si>
-    <t>2019-98</t>
-[...7 lines deleted...]
-  <si>
     <t>2019-97</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
-    <t>2019-104</t>
-[...16 lines deleted...]
-  <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
     <t>2018-84</t>
   </si>
   <si>
     <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2018-81</t>
   </si>
   <si>
     <t>Doorontwikkeling CoVa 2.0</t>
   </si>
   <si>
     <t>Een procesevaluatie en doorontwikkeling van CoVa 2.0</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
     <t>2018-83</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie Alcohol en Geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie voldoet aan de gestelde inhoudelijke eisen van de Erkenningscommissie Justitiële Interventies</t>
   </si>
   <si>
-    <t>2018-79</t>
-[...5 lines deleted...]
-    <t>Deze pre-call inventariseert de behoeften van professionals en patiënten in de forensische zorg met betrekking tot continuïteit van zorg en de levensloop.</t>
+    <t>Mind the Gap</t>
+  </si>
+  <si>
+    <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
     <t>2017-65</t>
   </si>
   <si>
     <t>Onderzoeksbehoeften 3RO</t>
   </si>
   <si>
     <t>Deze pre-call inventariseert de behoeften aan producten binnen de specifieke reclasseringscontext (instrumentarium, richtlijnen etc.) en behoeften aan gedragsinterventies waarmee het aanbod verbeterd en/of vernieuwd kan worden.</t>
   </si>
   <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
   </si>
   <si>
-    <t>2014-20</t>
-[...5 lines deleted...]
-    <t>In dit rapport wordt het verband tussen middelengebruik en criminaliteit uitgediept, specifiek voor de reclasseringscontext. Focus hierbij is de aard en sterkte van dit verband, beïnvloedende factoren en de toepasbaarheid voor de reclassering.</t>
+    <t>Middelengebruik in reclasseringscontext</t>
+  </si>
+  <si>
+    <t>Binnen het thema middelengebruik in de reclasseringscontext wordt onderzocht hoe middelengebruik samenhangt met toezicht, begeleiding en risico’s, en wat dit betekent voor professioneel handelen.</t>
   </si>
   <si>
     <t>2016-47</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid in de forensische psychiatrie</t>
   </si>
   <si>
     <t>Het belang en mogelijkheden van ervaringsdeskundigen binnen de forensische psychiatrie zijn hier in kaart gebracht, met het oog op praktische toepassingsmogelijkheden en beperkingen die in deze specifieke sector een rol spelen.</t>
   </si>
   <si>
-    <t>2016-61</t>
-[...1 lines deleted...]
-  <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
     <t>2013-7</t>
   </si>
   <si>
     <t>Zedendelinquenten onderscheiden</t>
   </si>
   <si>
     <t>Binnen dit project is gekeken naar onderscheidende factoren tussen verschillende soorten daders binnen de groep van zedendelinquenten. Op basis hiervan zijn drie vervolgcalls uitgezet ter verdieping van deze eerste conclusies.</t>
   </si>
   <si>
     <t>2015-21</t>
   </si>
   <si>
     <t>Protocol voor middelencontrole in reclasseringscontext</t>
   </si>
   <si>
     <t>Ontwikkeling van een handelingsprotocol om de controle op middelengebruik te professionaliseren en te standaardiseren. Deze kan ingezet worden in de ambulante setting voor cliënten met middelenproblematiek.</t>
   </si>
   <si>
-    <t>2015-42</t>
-[...10 lines deleted...]
-  <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
-    <t>Dit betreft een kennisdocument met aanbevelingen en handvatten voor het verbeteren van de objectieve en subjectieve kwaliteit van leven van forensisch psychiatrische patiënten. Het doel is om meer aandacht creëren voor kwaliteit van leven in de forensische context, waar de primaire focus logischerwijs op beveiliging ligt.</t>
+    <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
   </si>
   <si>
     <t>2016-50</t>
   </si>
   <si>
     <t>Handreiking 'LVBeeld; basis voor discussie, vertrekpunt voor herkenning'</t>
   </si>
   <si>
     <t>Dit project heeft als doel dat professionals die aan het begin van de strafrechtsketen staan, een LVB-cliënt sneller en beter herkennen. Door middel van interactieve training leert men de LVB tijdig te herkennen en te signaleren.</t>
   </si>
   <si>
-    <t>2014-22</t>
-[...7 lines deleted...]
-  <si>
     <t>2013-5</t>
   </si>
   <si>
     <t>Verdiepingsdiagnostiek (Call 2013-5/2017-73)</t>
   </si>
   <si>
     <t>Bij psychiatrische- en of verslavingsproblematiek is er, naast het afnemen van de RISc ook verdiepingsdiagnostiek nodig. In dit onderzoek is er een gestandaardiseerd product ontwikkeld.</t>
   </si>
   <si>
-    <t>2014-30</t>
-[...5 lines deleted...]
-    <t>Een applicatie die erop gericht is stress en boosheid te herkennen en signaleren, waarop beheersing en monitoring kunnen worden ingezet bij de cliënt, door middel van games en oefeningen.</t>
+    <t>GRIP-app</t>
+  </si>
+  <si>
+    <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -859,62 +784,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteit-bij-forensisch-clienten-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-i-respect" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-en-training-werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-binnen-3ro-toepassing-en-toekomst" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-justitiele-interventie-solo" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-3ro-call-2020-133" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectief-methodisch-werken-in-reclasseringstoezicht-een-systematisch-literatuuroverzicht-call-2019-105" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-borg-call-2019-107" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-leefstijltraining-247-call-2019-106" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-handreiking-middelencontrole-voor-reclasseringswerkers-call-2019-99" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verband-middelengebruik-en-criminaliteit-voor-de-verslavingsreclassering-call-2019-98" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie-goa-ambulant-call-2019-108" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-cova-20-call-2018-81" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap-continuiteit-in-de-forensische-keten-precall-2018-79" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-65" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-20" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-42" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-46" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2014-22" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-i-respect" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-binnen-3ro-toepassing-en-toekomst" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-justitiele-interventie-solo" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-3ro-call-2020-133" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectief-methodisch-werken-in-reclasseringstoezicht-een-systematisch-literatuuroverzicht-call-2019-105" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-borg-call-2019-107" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-leefstijltraining-247-call-2019-106" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-handreiking-middelencontrole-voor-reclasseringswerkers-call-2019-99" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-cova-20-call-2018-81" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-65" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/middelengebruik-in-reclasseringscontext" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI45"/>
+  <dimension ref="A1:AI39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B45" sqref="B45"/>
+      <selection activeCell="B39" sqref="B39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1075,56 +1000,56 @@
       </c>
       <c r="AA3" t="s">
         <v>38</v>
       </c>
       <c r="AB3" t="s">
         <v>38</v>
       </c>
       <c r="AD3" t="s">
         <v>38</v>
       </c>
       <c r="AE3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" t="s">
         <v>38</v>
       </c>
       <c r="I4" t="s">
         <v>38</v>
       </c>
       <c r="K4" t="s">
         <v>38</v>
       </c>
       <c r="Q4" t="s">
         <v>38</v>
       </c>
       <c r="Z4" t="s">
         <v>38</v>
       </c>
       <c r="AA4" t="s">
         <v>38</v>
       </c>
       <c r="AB4" t="s">
         <v>38</v>
       </c>
       <c r="AC4" t="s">
         <v>38</v>
       </c>
       <c r="AD4" t="s">
         <v>38</v>
@@ -1203,1511 +1128,1259 @@
         <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="Z6" t="s">
         <v>38</v>
       </c>
       <c r="AA6" t="s">
         <v>38</v>
       </c>
       <c r="AB6" t="s">
         <v>38</v>
       </c>
       <c r="AC6" t="s">
         <v>38</v>
       </c>
       <c r="AD6" t="s">
         <v>38</v>
       </c>
       <c r="AF6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
-      <c r="A7" t="s">
+      <c r="B7" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="I7" t="s">
         <v>38</v>
       </c>
       <c r="J7" t="s">
         <v>38</v>
       </c>
       <c r="R7" t="s">
         <v>38</v>
       </c>
       <c r="Z7" t="s">
         <v>38</v>
       </c>
       <c r="AA7" t="s">
         <v>38</v>
       </c>
       <c r="AB7" t="s">
         <v>38</v>
       </c>
       <c r="AC7" t="s">
         <v>38</v>
       </c>
       <c r="AD7" t="s">
         <v>38</v>
       </c>
       <c r="AF7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="P8" t="s">
         <v>38</v>
       </c>
       <c r="AD8" t="s">
         <v>38</v>
       </c>
       <c r="AF8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" t="s">
         <v>58</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="H9" t="s">
         <v>38</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L9" t="s">
         <v>38</v>
       </c>
-      <c r="AA9" t="s">
-[...2 lines deleted...]
-      <c r="AB9" t="s">
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="P9" t="s">
         <v>38</v>
       </c>
       <c r="AD9" t="s">
         <v>38</v>
       </c>
       <c r="AF9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
-      <c r="H10" t="s">
-[...2 lines deleted...]
-      <c r="L10" t="s">
+      <c r="G10" t="s">
         <v>38</v>
       </c>
       <c r="N10" t="s">
         <v>38</v>
       </c>
-      <c r="P10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD10" t="s">
         <v>38</v>
       </c>
-      <c r="AF10" t="s">
+      <c r="AG10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" t="s">
         <v>64</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="G11" t="s">
         <v>38</v>
       </c>
-      <c r="N11" t="s">
+      <c r="P11" t="s">
         <v>38</v>
       </c>
       <c r="AD11" t="s">
         <v>38</v>
       </c>
-      <c r="AG11" t="s">
+      <c r="AF11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
-      <c r="G12" t="s">
+      <c r="H12" t="s">
+        <v>38</v>
+      </c>
+      <c r="J12" t="s">
         <v>38</v>
       </c>
       <c r="P12" t="s">
+        <v>38</v>
+      </c>
+      <c r="R12" t="s">
         <v>38</v>
       </c>
       <c r="AD12" t="s">
         <v>38</v>
       </c>
       <c r="AF12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" t="s">
         <v>70</v>
       </c>
-      <c r="C13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>38</v>
       </c>
-      <c r="J13" t="s">
-[...5 lines deleted...]
-      <c r="R13" t="s">
+      <c r="M13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA13" t="s">
         <v>38</v>
       </c>
       <c r="AD13" t="s">
         <v>38</v>
       </c>
       <c r="AF13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" t="s">
         <v>73</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" t="s">
+        <v>38</v>
+      </c>
+      <c r="G14" t="s">
+        <v>38</v>
+      </c>
+      <c r="S14" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35">
+      <c r="B15" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="D14" t="s">
-[...22 lines deleted...]
-      <c r="A15" t="s">
+      <c r="C15" t="s">
         <v>75</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="G15" t="s">
-[...2 lines deleted...]
-      <c r="S15" t="s">
+      <c r="H15" t="s">
+        <v>38</v>
+      </c>
+      <c r="I15" t="s">
+        <v>38</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB15" t="s">
         <v>38</v>
       </c>
       <c r="AD15" t="s">
         <v>38</v>
       </c>
       <c r="AG15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" t="s">
         <v>78</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
-      <c r="H16" t="s">
-[...5 lines deleted...]
-      <c r="N16" t="s">
+      <c r="G16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z16" t="s">
         <v>38</v>
       </c>
       <c r="AA16" t="s">
         <v>38</v>
       </c>
       <c r="AB16" t="s">
         <v>38</v>
       </c>
+      <c r="AC16" t="s">
+        <v>38</v>
+      </c>
       <c r="AD16" t="s">
         <v>38</v>
       </c>
-      <c r="AG16" t="s">
+      <c r="AF16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C17" t="s">
         <v>81</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="G17" t="s">
         <v>38</v>
       </c>
-      <c r="O17" t="s">
-[...11 lines deleted...]
-      <c r="AC17" t="s">
+      <c r="I17" t="s">
         <v>38</v>
       </c>
       <c r="AD17" t="s">
         <v>38</v>
       </c>
       <c r="AF17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="A18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C18" t="s">
         <v>84</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
-      <c r="G18" t="s">
-[...2 lines deleted...]
-      <c r="I18" t="s">
+      <c r="H18" t="s">
+        <v>38</v>
+      </c>
+      <c r="J18" t="s">
+        <v>38</v>
+      </c>
+      <c r="P18" t="s">
+        <v>38</v>
+      </c>
+      <c r="X18" t="s">
         <v>38</v>
       </c>
       <c r="AD18" t="s">
         <v>38</v>
       </c>
       <c r="AF18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:35">
       <c r="A19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C19" t="s">
         <v>87</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
-      <c r="H19" t="s">
-[...2 lines deleted...]
-      <c r="J19" t="s">
+      <c r="G19" t="s">
         <v>38</v>
       </c>
       <c r="P19" t="s">
         <v>38</v>
       </c>
-      <c r="X19" t="s">
+      <c r="W19" t="s">
         <v>38</v>
       </c>
       <c r="AD19" t="s">
         <v>38</v>
       </c>
-      <c r="AF19" t="s">
+      <c r="AE19" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C20" t="s">
         <v>90</v>
       </c>
-      <c r="B20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20" t="s">
         <v>38</v>
       </c>
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>38</v>
       </c>
       <c r="P20" t="s">
         <v>38</v>
       </c>
-      <c r="W20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD20" t="s">
         <v>38</v>
       </c>
-      <c r="AE20" t="s">
+      <c r="AF20" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:35">
       <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C21" t="s">
         <v>93</v>
       </c>
-      <c r="B21" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
         <v>38</v>
       </c>
       <c r="H21" t="s">
         <v>38</v>
       </c>
-      <c r="P21" t="s">
+      <c r="S21" t="s">
+        <v>38</v>
+      </c>
+      <c r="X21" t="s">
         <v>38</v>
       </c>
       <c r="AD21" t="s">
         <v>38</v>
       </c>
       <c r="AF21" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="A22" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C22" t="s">
         <v>96</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="D22" t="s">
+        <v>4</v>
+      </c>
+      <c r="E22" t="s">
+        <v>38</v>
+      </c>
+      <c r="G22" t="s">
+        <v>38</v>
+      </c>
+      <c r="S22" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="23" spans="1:35">
+      <c r="B23" s="1" t="s">
         <v>97</v>
       </c>
-      <c r="C22" t="s">
+      <c r="C23" t="s">
         <v>98</v>
       </c>
-      <c r="D22" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
         <v>38</v>
       </c>
       <c r="H23" t="s">
         <v>38</v>
       </c>
-      <c r="X23" t="s">
+      <c r="L23" t="s">
+        <v>38</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC23" t="s">
         <v>38</v>
       </c>
       <c r="AD23" t="s">
         <v>38</v>
       </c>
       <c r="AF23" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
         <v>38</v>
       </c>
-      <c r="G24" t="s">
-[...2 lines deleted...]
-      <c r="S24" t="s">
+      <c r="H24" t="s">
+        <v>38</v>
+      </c>
+      <c r="M24" t="s">
+        <v>38</v>
+      </c>
+      <c r="R24" t="s">
         <v>38</v>
       </c>
       <c r="Z24" t="s">
         <v>38</v>
       </c>
       <c r="AA24" t="s">
         <v>38</v>
       </c>
       <c r="AB24" t="s">
         <v>38</v>
       </c>
       <c r="AC24" t="s">
         <v>38</v>
       </c>
       <c r="AD24" t="s">
         <v>38</v>
       </c>
-      <c r="AG24" t="s">
+      <c r="AE24" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="A25" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C25" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>38</v>
       </c>
-      <c r="G25" t="s">
-[...11 lines deleted...]
-      <c r="AA25" t="s">
+      <c r="H25" t="s">
+        <v>38</v>
+      </c>
+      <c r="P25" t="s">
         <v>38</v>
       </c>
       <c r="AD25" t="s">
         <v>38</v>
       </c>
       <c r="AF25" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="A26" t="s">
+        <v>105</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C26" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" t="s">
+        <v>4</v>
+      </c>
+      <c r="E26" t="s">
+        <v>38</v>
+      </c>
+      <c r="G26" t="s">
+        <v>38</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG26" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="27" spans="1:35">
+      <c r="A27" t="s">
         <v>108</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="B27" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C26" t="s">
+      <c r="C27" t="s">
         <v>110</v>
       </c>
-      <c r="D26" t="s">
-[...25 lines deleted...]
-      <c r="B27" s="1" t="s">
+      <c r="D27" t="s">
+        <v>4</v>
+      </c>
+      <c r="E27" t="s">
+        <v>38</v>
+      </c>
+      <c r="H27" t="s">
+        <v>38</v>
+      </c>
+      <c r="J27" t="s">
+        <v>38</v>
+      </c>
+      <c r="P27" t="s">
+        <v>38</v>
+      </c>
+      <c r="X27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF27" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="28" spans="1:35">
+      <c r="B28" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C27" t="s">
+      <c r="C28" t="s">
         <v>112</v>
       </c>
-      <c r="D27" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
         <v>38</v>
       </c>
-      <c r="H28" t="s">
-[...5 lines deleted...]
-      <c r="R28" t="s">
+      <c r="G28" t="s">
+        <v>38</v>
+      </c>
+      <c r="K28" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q28" t="s">
         <v>38</v>
       </c>
       <c r="Z28" t="s">
         <v>38</v>
       </c>
       <c r="AA28" t="s">
         <v>38</v>
       </c>
       <c r="AB28" t="s">
         <v>38</v>
       </c>
       <c r="AC28" t="s">
         <v>38</v>
       </c>
       <c r="AD28" t="s">
         <v>38</v>
       </c>
       <c r="AE28" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:35">
       <c r="A29" t="s">
+        <v>113</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C29" t="s">
+        <v>115</v>
+      </c>
+      <c r="D29" t="s">
+        <v>4</v>
+      </c>
+      <c r="E29" t="s">
+        <v>38</v>
+      </c>
+      <c r="G29" t="s">
+        <v>38</v>
+      </c>
+      <c r="S29" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD29" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG29" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="30" spans="1:35">
+      <c r="B30" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="C30" t="s">
         <v>117</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D30" t="s">
+        <v>4</v>
+      </c>
+      <c r="E30" t="s">
+        <v>38</v>
+      </c>
+      <c r="H30" t="s">
+        <v>38</v>
+      </c>
+      <c r="N30" t="s">
+        <v>38</v>
+      </c>
+      <c r="V30" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD30" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE30" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="31" spans="1:35">
+      <c r="B31" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="D29" t="s">
-[...19 lines deleted...]
-      <c r="A30" t="s">
+      <c r="C31" t="s">
         <v>119</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
         <v>38</v>
       </c>
       <c r="H31" t="s">
         <v>38</v>
       </c>
-      <c r="J31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="X31" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA31" t="s">
         <v>38</v>
       </c>
       <c r="AD31" t="s">
         <v>38</v>
       </c>
       <c r="AF31" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:35">
       <c r="A32" t="s">
+        <v>120</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="C32" t="s">
+        <v>122</v>
+      </c>
+      <c r="D32" t="s">
+        <v>4</v>
+      </c>
+      <c r="E32" t="s">
+        <v>38</v>
+      </c>
+      <c r="H32" t="s">
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF32" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="33" spans="1:35">
+      <c r="B33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C33" t="s">
+        <v>124</v>
+      </c>
+      <c r="D33" t="s">
+        <v>4</v>
+      </c>
+      <c r="E33" t="s">
+        <v>38</v>
+      </c>
+      <c r="H33" t="s">
+        <v>38</v>
+      </c>
+      <c r="L33" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD33" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="34" spans="1:35">
+      <c r="A34" t="s">
         <v>125</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="B34" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="C32" t="s">
+      <c r="C34" t="s">
         <v>127</v>
       </c>
-      <c r="D32" t="s">
-[...71 lines deleted...]
-      </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
         <v>38</v>
       </c>
-      <c r="H34" t="s">
-[...5 lines deleted...]
-      <c r="V34" t="s">
+      <c r="G34" t="s">
+        <v>38</v>
+      </c>
+      <c r="W34" t="s">
         <v>38</v>
       </c>
       <c r="Z34" t="s">
         <v>38</v>
       </c>
       <c r="AA34" t="s">
         <v>38</v>
       </c>
       <c r="AD34" t="s">
         <v>38</v>
       </c>
-      <c r="AE34" t="s">
+      <c r="AG34" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:35">
       <c r="A35" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="C35" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35" t="s">
         <v>38</v>
       </c>
       <c r="H35" t="s">
         <v>38</v>
       </c>
       <c r="X35" t="s">
         <v>38</v>
       </c>
       <c r="AA35" t="s">
         <v>38</v>
       </c>
       <c r="AD35" t="s">
         <v>38</v>
       </c>
-      <c r="AF35" t="s">
+      <c r="AE35" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:35">
-      <c r="A36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B36" s="1" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C36" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
       <c r="E36" t="s">
         <v>38</v>
       </c>
       <c r="H36" t="s">
         <v>38</v>
       </c>
-      <c r="O36" t="s">
+      <c r="I36" t="s">
+        <v>38</v>
+      </c>
+      <c r="J36" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y36" t="s">
         <v>38</v>
       </c>
       <c r="Z36" t="s">
         <v>38</v>
       </c>
       <c r="AA36" t="s">
         <v>38</v>
       </c>
       <c r="AB36" t="s">
         <v>38</v>
       </c>
       <c r="AC36" t="s">
         <v>38</v>
       </c>
       <c r="AD36" t="s">
         <v>38</v>
       </c>
-      <c r="AF36" t="s">
+      <c r="AE36" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:35">
       <c r="A37" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="C37" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37" t="s">
         <v>38</v>
       </c>
       <c r="H37" t="s">
         <v>38</v>
       </c>
+      <c r="I37" t="s">
+        <v>38</v>
+      </c>
       <c r="L37" t="s">
         <v>38</v>
       </c>
-      <c r="Z37" t="s">
+      <c r="R37" t="s">
         <v>38</v>
       </c>
       <c r="AA37" t="s">
         <v>38</v>
       </c>
-      <c r="AB37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD37" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AE37" t="s">
         <v>38</v>
       </c>
       <c r="AF37" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:35">
       <c r="A38" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="C38" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
       <c r="E38" t="s">
         <v>38</v>
       </c>
-      <c r="G38" t="s">
-[...5 lines deleted...]
-      <c r="Z38" t="s">
+      <c r="H38" t="s">
+        <v>38</v>
+      </c>
+      <c r="M38" t="s">
+        <v>38</v>
+      </c>
+      <c r="U38" t="s">
         <v>38</v>
       </c>
       <c r="AA38" t="s">
         <v>38</v>
       </c>
       <c r="AD38" t="s">
         <v>38</v>
       </c>
-      <c r="AG38" t="s">
+      <c r="AF38" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:35">
-      <c r="A39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B39" s="1" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="C39" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39" t="s">
         <v>38</v>
       </c>
       <c r="H39" t="s">
         <v>38</v>
       </c>
-      <c r="X39" t="s">
+      <c r="I39" t="s">
+        <v>38</v>
+      </c>
+      <c r="J39" t="s">
+        <v>38</v>
+      </c>
+      <c r="N39" t="s">
         <v>38</v>
       </c>
       <c r="AA39" t="s">
         <v>38</v>
       </c>
+      <c r="AB39" t="s">
+        <v>38</v>
+      </c>
       <c r="AD39" t="s">
         <v>38</v>
       </c>
       <c r="AE39" t="s">
         <v>38</v>
       </c>
-    </row>
-[...245 lines deleted...]
-      <c r="AF45" t="s">
+      <c r="AF39" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
-    <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
-[...4 lines deleted...]
-    <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>