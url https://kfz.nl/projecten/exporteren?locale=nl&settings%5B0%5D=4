--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,351 +119,276 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2024-210</t>
-[...1 lines deleted...]
-  <si>
     <t>Elkaar goed begrijpen in de Forensische Zorg</t>
   </si>
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>2024-217</t>
-[...1 lines deleted...]
-  <si>
     <t>Evaluatieonderzoek implementatie Waaiermodel</t>
   </si>
   <si>
     <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
-    <t>2023-190</t>
-[...1 lines deleted...]
-  <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-183</t>
-[...1 lines deleted...]
-  <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
     <t>Seksualiteitsbeleid bij forensische cliënten</t>
   </si>
   <si>
     <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
-    <t>2022-175</t>
-[...1 lines deleted...]
-  <si>
     <t>Doorontwikkeling Justitiële Interventie i-Respect</t>
   </si>
   <si>
     <t>Het doel van deze call is om de justitiële interventie i-Respect door te ontwikkelen.</t>
   </si>
   <si>
-    <t>2021-143</t>
-[...1 lines deleted...]
-  <si>
     <t>Online gedragstraining bij reclasseringscliënten</t>
   </si>
   <si>
     <t>Wat is het verschil tussen het geven van online- en offline trainingen? Welke ervaringen zijn er opgedaan met online justitiële interventies? En wat zijn de voor- en nadelen hiervan?</t>
   </si>
   <si>
-    <t>2021-142</t>
-[...1 lines deleted...]
-  <si>
     <t>AI binnen 3RO: Toepassing en toekomst</t>
   </si>
   <si>
     <t>Artificial intelligence (AI) wordt steeds vaker gebruikt in onze samenleving, maar waarom nog niet binnen de 3RO? En, is dat wenselijk?</t>
   </si>
   <si>
-    <t>2020-128</t>
-[...7 lines deleted...]
-  <si>
     <t>2018-82</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie CoVa Plus</t>
   </si>
   <si>
     <t>Binnen dit project worden de noodzakelijke aanpassingen van de CoVa Plus geïnventariseerd en getoetst.</t>
   </si>
   <si>
     <t>2021-141</t>
   </si>
   <si>
     <t>Doorontwikkeling verdiepingsdiagnostiek</t>
   </si>
   <si>
     <t>De doorontwikkeling van het product verdiepingsdiagnostiek heeft betrekking op de verdere implementatie van het product.</t>
   </si>
   <si>
-    <t>2020-133</t>
-[...1 lines deleted...]
-  <si>
     <t>Cliëntprofielen 3RO</t>
   </si>
   <si>
     <t>Het onderzoek is bedoeld om tot cliëntprofielen te komen die aansluiten bij de doelgroepen van 3RO en om professionals van reclassering en forensische zorg een beter onderbouwde keuze te laten maken bij het inzetten van de juiste interventies, werkstraffen, toezicht en forensische zorg.</t>
   </si>
   <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
     <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
-    <t>2019-105</t>
-[...7 lines deleted...]
-  <si>
     <t>2019-101</t>
   </si>
   <si>
     <t>Implementatie interventie Alcohol en geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie direct bruikbaar is voor het Opleidingshuis 3RO.</t>
   </si>
   <si>
-    <t>2019-107</t>
-[...7 lines deleted...]
-  <si>
     <t>2019-106</t>
   </si>
   <si>
     <t>Doorontwikkeling justitiële interventie Leefstijltraining 24/7</t>
   </si>
   <si>
     <t>In dit project is de leefstijltraining geactualiseerd en zijn de handleidingen gebruiksvriendelijker gemaakt.</t>
   </si>
   <si>
     <t>2019-99</t>
   </si>
   <si>
     <t>Doorontwikkeling handreiking middelencontrole voor reclasseringswerkers</t>
   </si>
   <si>
     <t>Doel van dit project is het uitwerken van de handreiking (Call 2015-21) tot een handelingsprotocol. Hierbij wordt ingezoomd op de verbinding van middelencontroles met gedragsinterventies, ambulante behandeling en toezicht.</t>
   </si>
   <si>
-    <t>2019-97</t>
-[...1 lines deleted...]
-  <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
-    <t>2018-84</t>
-[...2 lines deleted...]
-    <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
+    <t>Handreiking indicatiestelling forensische zorg voor LVB</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2018-81</t>
   </si>
   <si>
     <t>Doorontwikkeling CoVa 2.0</t>
   </si>
   <si>
     <t>Een procesevaluatie en doorontwikkeling van CoVa 2.0</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
     <t>2018-83</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie Alcohol en Geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie voldoet aan de gestelde inhoudelijke eisen van de Erkenningscommissie Justitiële Interventies</t>
   </si>
   <si>
     <t>Mind the Gap</t>
   </si>
   <si>
     <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
-    <t>2017-65</t>
-[...7 lines deleted...]
-  <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
   </si>
   <si>
     <t>Middelengebruik in reclasseringscontext</t>
   </si>
   <si>
     <t>Binnen het thema middelengebruik in de reclasseringscontext wordt onderzocht hoe middelengebruik samenhangt met toezicht, begeleiding en risico’s, en wat dit betekent voor professioneel handelen.</t>
   </si>
   <si>
     <t>2016-47</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid in de forensische psychiatrie</t>
   </si>
   <si>
     <t>Het belang en mogelijkheden van ervaringsdeskundigen binnen de forensische psychiatrie zijn hier in kaart gebracht, met het oog op praktische toepassingsmogelijkheden en beperkingen die in deze specifieke sector een rol spelen.</t>
   </si>
   <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
     <t>2013-7</t>
   </si>
   <si>
     <t>Zedendelinquenten onderscheiden</t>
   </si>
   <si>
     <t>Binnen dit project is gekeken naar onderscheidende factoren tussen verschillende soorten daders binnen de groep van zedendelinquenten. Op basis hiervan zijn drie vervolgcalls uitgezet ter verdieping van deze eerste conclusies.</t>
   </si>
   <si>
     <t>2015-21</t>
   </si>
   <si>
     <t>Protocol voor middelencontrole in reclasseringscontext</t>
   </si>
   <si>
     <t>Ontwikkeling van een handelingsprotocol om de controle op middelengebruik te professionaliseren en te standaardiseren. Deze kan ingezet worden in de ambulante setting voor cliënten met middelenproblematiek.</t>
   </si>
   <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
     <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Dit project heeft als doel dat professionals die aan het begin van de strafrechtsketen staan, een LVB-cliënt sneller en beter herkennen. Door middel van interactieve training leert men de LVB tijdig te herkennen en te signaleren.</t>
   </si>
   <si>
     <t>2013-5</t>
   </si>
   <si>
     <t>Verdiepingsdiagnostiek (Call 2013-5/2017-73)</t>
   </si>
   <si>
     <t>Bij psychiatrische- en of verslavingsproblematiek is er, naast het afnemen van de RISc ook verdiepingsdiagnostiek nodig. In dit onderzoek is er een gestandaardiseerd product ontwikkeld.</t>
   </si>
   <si>
     <t>GRIP-app</t>
   </si>
   <si>
     <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -784,62 +709,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-i-respect" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-binnen-3ro-toepassing-en-toekomst" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-justitiele-interventie-solo" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-3ro-call-2020-133" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectief-methodisch-werken-in-reclasseringstoezicht-een-systematisch-literatuuroverzicht-call-2019-105" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-borg-call-2019-107" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-leefstijltraining-247-call-2019-106" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-handreiking-middelencontrole-voor-reclasseringswerkers-call-2019-99" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-cova-20-call-2018-81" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-65" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/middelengebruik-in-reclasseringscontext" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-i-respect" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-binnen-3ro-toepassing-en-toekomst" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-3ro-call-2020-133" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-leefstijltraining-247-call-2019-106" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-handreiking-middelencontrole-voor-reclasseringswerkers-call-2019-99" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-cova-20-call-2018-81" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/middelengebruik-in-reclasseringscontext" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI39"/>
+  <dimension ref="A1:AI34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B39" sqref="B39"/>
+      <selection activeCell="B34" sqref="B34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -908,1479 +833,1287 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
-      <c r="A2" t="s">
+      <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="L2" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3" spans="1:35">
+      <c r="B3" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="G2" t="s">
-[...25 lines deleted...]
-      <c r="A3" t="s">
+      <c r="C3" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Q4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AH4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
+      </c>
+      <c r="S5" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:35">
+      <c r="B6" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C6" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="B7" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="G7" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" t="s">
+        <v>37</v>
+      </c>
+      <c r="R7" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:35">
+      <c r="B8" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" t="s">
+        <v>37</v>
+      </c>
+      <c r="P8" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:35">
+      <c r="B9" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C9" t="s">
         <v>52</v>
       </c>
-      <c r="D7" t="s">
-[...37 lines deleted...]
-      <c r="A8" t="s">
+      <c r="D9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="P9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
+      <c r="B10" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C10" t="s">
         <v>54</v>
       </c>
-      <c r="C8" t="s">
-[...65 lines deleted...]
-      </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" t="s">
+        <v>37</v>
       </c>
       <c r="P11" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="R11" t="s">
+        <v>37</v>
       </c>
       <c r="AD11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>4</v>
+      </c>
+      <c r="E12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H12" t="s">
+        <v>37</v>
+      </c>
+      <c r="M12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35">
+      <c r="B13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" t="s">
+        <v>37</v>
+      </c>
+      <c r="S13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG13" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:35">
+      <c r="B14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C14" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" t="s">
+        <v>37</v>
+      </c>
+      <c r="H14" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35">
+      <c r="A15" t="s">
         <v>65</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="B15" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="C12" t="s">
+      <c r="C15" t="s">
         <v>67</v>
       </c>
-      <c r="D12" t="s">
-[...91 lines deleted...]
-      </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G15" t="s">
+        <v>37</v>
+      </c>
+      <c r="O15" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>37</v>
       </c>
       <c r="AA15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB15" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>37</v>
       </c>
       <c r="AD15" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="C16" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
-[...17 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H16" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" t="s">
+        <v>37</v>
+      </c>
+      <c r="P16" t="s">
+        <v>37</v>
+      </c>
+      <c r="X16" t="s">
+        <v>37</v>
       </c>
       <c r="AD16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H17" t="s">
+        <v>37</v>
+      </c>
+      <c r="P17" t="s">
+        <v>37</v>
       </c>
       <c r="AD17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="A18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" t="s">
+        <v>4</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="H18" t="s">
+        <v>37</v>
+      </c>
+      <c r="S18" t="s">
+        <v>37</v>
+      </c>
+      <c r="X18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35">
+      <c r="B19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E19" t="s">
+        <v>37</v>
+      </c>
+      <c r="G19" t="s">
+        <v>37</v>
+      </c>
+      <c r="S19" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35">
+      <c r="B20" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C20" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
+      <c r="H20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>37</v>
+      </c>
+      <c r="N20" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35">
+      <c r="B21" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C21" t="s">
         <v>82</v>
       </c>
-      <c r="B18" s="1" t="s">
-[...100 lines deleted...]
-      </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H21" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="M21" t="s">
+        <v>37</v>
+      </c>
+      <c r="R21" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>37</v>
       </c>
       <c r="AD21" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="A22" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
-        <v>38</v>
-[...17 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H22" t="s">
+        <v>37</v>
+      </c>
+      <c r="P22" t="s">
+        <v>37</v>
       </c>
       <c r="AD22" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:35">
+      <c r="A23" t="s">
+        <v>86</v>
+      </c>
       <c r="B23" s="1" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="C23" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G23" t="s">
+        <v>37</v>
       </c>
       <c r="N23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD23" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AG23" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C24" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" t="s">
+        <v>4</v>
+      </c>
+      <c r="E24" t="s">
+        <v>37</v>
+      </c>
+      <c r="H24" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" t="s">
+        <v>37</v>
+      </c>
+      <c r="P24" t="s">
+        <v>37</v>
+      </c>
+      <c r="X24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:35">
+      <c r="B25" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C25" t="s">
+        <v>93</v>
+      </c>
+      <c r="D25" t="s">
+        <v>4</v>
+      </c>
+      <c r="E25" t="s">
+        <v>37</v>
+      </c>
+      <c r="G25" t="s">
+        <v>37</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH25" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="26" spans="1:35">
+      <c r="B26" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C26" t="s">
+        <v>95</v>
+      </c>
+      <c r="D26" t="s">
+        <v>4</v>
+      </c>
+      <c r="E26" t="s">
+        <v>37</v>
+      </c>
+      <c r="H26" t="s">
+        <v>37</v>
+      </c>
+      <c r="N26" t="s">
+        <v>37</v>
+      </c>
+      <c r="V26" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="27" spans="1:35">
+      <c r="B27" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C27" t="s">
+        <v>97</v>
+      </c>
+      <c r="D27" t="s">
+        <v>4</v>
+      </c>
+      <c r="E27" t="s">
+        <v>37</v>
+      </c>
+      <c r="H27" t="s">
+        <v>37</v>
+      </c>
+      <c r="X27" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="28" spans="1:35">
+      <c r="A28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="C28" t="s">
         <v>100</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D28" t="s">
+        <v>4</v>
+      </c>
+      <c r="E28" t="s">
+        <v>37</v>
+      </c>
+      <c r="H28" t="s">
+        <v>37</v>
+      </c>
+      <c r="O28" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF28" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="29" spans="1:35">
+      <c r="B29" s="1" t="s">
         <v>101</v>
       </c>
-      <c r="D24" t="s">
-[...34 lines deleted...]
-      <c r="A25" t="s">
+      <c r="C29" t="s">
         <v>102</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="D29" t="s">
+        <v>4</v>
+      </c>
+      <c r="E29" t="s">
+        <v>37</v>
+      </c>
+      <c r="H29" t="s">
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF29" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="30" spans="1:35">
+      <c r="A30" t="s">
         <v>103</v>
       </c>
-      <c r="C25" t="s">
+      <c r="B30" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="D25" t="s">
-[...19 lines deleted...]
-      <c r="A26" t="s">
+      <c r="C30" t="s">
         <v>105</v>
       </c>
-      <c r="B26" s="1" t="s">
+      <c r="D30" t="s">
+        <v>4</v>
+      </c>
+      <c r="E30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G30" t="s">
+        <v>37</v>
+      </c>
+      <c r="W30" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD30" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG30" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="31" spans="1:35">
+      <c r="A31" t="s">
         <v>106</v>
       </c>
-      <c r="C26" t="s">
+      <c r="B31" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="D26" t="s">
-[...31 lines deleted...]
-      <c r="A27" t="s">
+      <c r="C31" t="s">
         <v>108</v>
       </c>
-      <c r="B27" s="1" t="s">
+      <c r="D31" t="s">
+        <v>4</v>
+      </c>
+      <c r="E31" t="s">
+        <v>37</v>
+      </c>
+      <c r="H31" t="s">
+        <v>37</v>
+      </c>
+      <c r="X31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="32" spans="1:35">
+      <c r="B32" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C27" t="s">
+      <c r="C32" t="s">
         <v>110</v>
       </c>
-      <c r="D27" t="s">
-[...25 lines deleted...]
-      <c r="B28" s="1" t="s">
+      <c r="D32" t="s">
+        <v>4</v>
+      </c>
+      <c r="E32" t="s">
+        <v>37</v>
+      </c>
+      <c r="H32" t="s">
+        <v>37</v>
+      </c>
+      <c r="I32" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="33" spans="1:35">
+      <c r="A33" t="s">
         <v>111</v>
       </c>
-      <c r="C28" t="s">
+      <c r="B33" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="D28" t="s">
-[...37 lines deleted...]
-      <c r="A29" t="s">
+      <c r="C33" t="s">
         <v>113</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D33" t="s">
+        <v>4</v>
+      </c>
+      <c r="E33" t="s">
+        <v>37</v>
+      </c>
+      <c r="H33" t="s">
+        <v>37</v>
+      </c>
+      <c r="M33" t="s">
+        <v>37</v>
+      </c>
+      <c r="U33" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD33" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="34" spans="1:35">
+      <c r="B34" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="C29" t="s">
+      <c r="C34" t="s">
         <v>115</v>
       </c>
-      <c r="D29" t="s">
-[...173 lines deleted...]
-      </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H34" t="s">
+        <v>37</v>
+      </c>
+      <c r="I34" t="s">
+        <v>37</v>
+      </c>
+      <c r="J34" t="s">
+        <v>37</v>
+      </c>
+      <c r="N34" t="s">
+        <v>37</v>
       </c>
       <c r="AA34" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>37</v>
       </c>
       <c r="AD34" t="s">
-        <v>38</v>
-[...192 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE34" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF34" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
-    <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
-[...3 lines deleted...]
-    <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>