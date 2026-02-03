--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -146,149 +146,116 @@
   <si>
     <t>Doorontwikkeling Delictanalyseproducten</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2024-215</t>
   </si>
   <si>
     <t>Zicht Op Agressie</t>
   </si>
   <si>
     <t>Het doel van het onderzoek is om zicht te krijgen op agressie incidenten en de opvolging hiervan. In een handreiking worden met adviezen voor de praktijk, en worden aanbevelingen gedaan m.b.t. hoe forensische teams incidentmeldingen kunnen registreren, duiden en evalueren.</t>
   </si>
   <si>
     <t>2024-210</t>
   </si>
   <si>
     <t>Elkaar goed begrijpen in de Forensische Zorg</t>
   </si>
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
-    <t>2023-208</t>
-[...7 lines deleted...]
-  <si>
     <t>2023-206</t>
   </si>
   <si>
     <t>Ondersteuning bij cultuurverandering: een reflectiemethode voor forensische zorgprofessionals</t>
   </si>
   <si>
     <t>Vanuit de behoefte van FHIC-zorgprofessionals aan ondersteuning bij cultuurverandering, is in een verkennend onderzoek deze vorm van ethiekondersteuning omgevormd tot een reflectiemethode. Middels deze reflectiemethode voeren teams laagdrempelig een socratisch dialoog over een centrale waarde. Het doel van het project is de doorontwikkeling van de reflectiemethode, en onderzoek naar de acceptatie, geschiktheid, haalbaarheid, implementatie en de ervaren opbrengst.</t>
   </si>
   <si>
     <t>2023-205</t>
   </si>
   <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
-    <t>2023-189</t>
-[...1 lines deleted...]
-  <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
-    <t>Dit project richt zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
+    <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
     <t>2023-190</t>
   </si>
   <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
     <t>2022-183</t>
   </si>
   <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-181</t>
-[...5 lines deleted...]
-    <t>In dit project wordt kennis uit literatuur en attitudes en vaardigheden van professionals omgezet in praktische handvatten t.a.v. seksualiteit bij LVB-cliënten.</t>
+    <t>Seksualiteitsbeleid bij forensische cliënten</t>
+  </si>
+  <si>
+    <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2021-152</t>
   </si>
   <si>
     <t>Doorontwikkeling Helpers en Helden</t>
   </si>
   <si>
     <t>Binnen dit project wordt de interventie Helpers en Helden (SFT voor LVB) doorontwikkeld.</t>
   </si>
   <si>
-    <t>2022-173</t>
-[...16 lines deleted...]
-  <si>
     <t>2019-100</t>
   </si>
   <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
     <t>2018-86</t>
   </si>
   <si>
     <t>Cliëntprofielen Forensische Verslavingszorg</t>
   </si>
   <si>
     <t>Een beschrijving van bestaande cliëntprofielen vanuit wetenschap, databases en de betekenis die dit zou moeten hebben voor de zorg (inhoud, duur, kosten).</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
@@ -299,291 +266,222 @@
   <si>
     <t>Behoefteninventarisatie betrekken familie en andere naasten bij de forensische zorg</t>
   </si>
   <si>
     <t>In deze pre-call zal de behoeften en ervaringen van naasten, cliënten en behandelaars geïnventariseerd worden op het gebied van betrekken van naasten in de forensische zorg.</t>
   </si>
   <si>
     <t>2018-91</t>
   </si>
   <si>
     <t>Interventie agressieregulatie voor patienten in PPC’s</t>
   </si>
   <si>
     <t>Een (aangepaste, verkorte) interventie gericht op het verbeteren van agressieregulatie problematiek bij patiënten in de PPC’s.</t>
   </si>
   <si>
     <t>2019-103</t>
   </si>
   <si>
     <t>Evidence gap map vaktherapie: de ontwikkeling van een evicende gap map voor vaktherapie in de forensische GGZ</t>
   </si>
   <si>
     <t>Het doel van dit project is om de kennislancune op basis van wetenschappelijk gepubliceerde en niet gepubliceerde literatuur te achterhalen; behoeften naar nieuw onderzoek op te halen bij vaktherapeuten, onderzoekers, verwijzers en ervaringsdeskundigen/patiënten; onderzoeken te prioriteren op basis van praktijk en wetenschap.</t>
   </si>
   <si>
-    <t>2019-102</t>
-[...14 lines deleted...]
-    <t>De module ‘delictanalyse’ is in zijn uitgebreide vorm niet in alle settingen even bruikbaar. Daarom is er een handleiding voor een verkorte delictanalyse (VDA) ontwikkeld, om zo inzicht te krijgen in de delictfactoren van de deelnemer.</t>
+    <t>Niet-aangeboren hersenletsel (NAH)</t>
+  </si>
+  <si>
+    <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
-    <t>2019-117</t>
-[...7 lines deleted...]
-  <si>
     <t>2019-97</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
     <t>2018-84</t>
   </si>
   <si>
     <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
-    <t>2018-79</t>
-[...5 lines deleted...]
-    <t>Deze pre-call inventariseert de behoeften van professionals en patiënten in de forensische zorg met betrekking tot continuïteit van zorg en de levensloop.</t>
+    <t>Mind the Gap</t>
+  </si>
+  <si>
+    <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
     <t>2017-72</t>
   </si>
   <si>
     <t>Onderzoeksbehoeften PPC's</t>
   </si>
   <si>
     <t>Deze pre-call inventariseert de behoeften aan onderzoek, (door)ontwikkeling van producten en (behandel)interventies in de specifieke context van de penitentiaire psychiatrische centra (ppc).</t>
   </si>
   <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
     <t>2014-18</t>
   </si>
   <si>
     <t>Cognitieve vervormingen bij zedendelinquenten</t>
   </si>
   <si>
     <t>Hier staat (neuro-)cognitief onderzoek onder zedendelinquenten centraal. Door het meten van cognitieve vervormingen bij zedendelinquenten te verbeteren, kan de behandeling hiervan aangescherpt en verbeterd worden.</t>
   </si>
   <si>
     <t>2014-26</t>
   </si>
   <si>
     <t>Do's &amp; Don'ts e-Health</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken welke e-health toepassingen uit de algemene zorgsector wel of niet succesvol zijn in de praktijk, wat hiervoor de redenen zijn en wat de forensische zorgsector hiervan kan leren voor eigen e-health toepassingen.</t>
   </si>
   <si>
-    <t>2015-45</t>
-[...5 lines deleted...]
-    <t>Centraal staat het ontwikkelen van een forensische variant van het model High en Intensive Care (HIC) om een klinisch en forensisch vangnet voor de ambulante setting te creëren.</t>
+    <t>Forensische High &amp; Intensive Care (FHIC)</t>
+  </si>
+  <si>
+    <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
   </si>
   <si>
     <t>2016-47</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid in de forensische psychiatrie</t>
   </si>
   <si>
     <t>Het belang en mogelijkheden van ervaringsdeskundigen binnen de forensische psychiatrie zijn hier in kaart gebracht, met het oog op praktische toepassingsmogelijkheden en beperkingen die in deze specifieke sector een rol spelen.</t>
   </si>
   <si>
-    <t>2016-61</t>
-[...1 lines deleted...]
-  <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
     <t>Schema Focused Therapy (SFT)</t>
   </si>
   <si>
     <t>Deze variant van Schema Focused Therapy is gericht op de forensische doelgroep. Binnen SFT worden disfunctionele schema's waar mogelijk aangepast naar nieuwe, functionele schema's om zo onder andere delictgedrag te voorkomen.</t>
   </si>
   <si>
-    <t>2013-4</t>
-[...1 lines deleted...]
-  <si>
     <t>Sociotherapeutisch milieu</t>
   </si>
   <si>
     <t>Explorerende studie (bestaande uit twee delen) over best practice van sociotherapie en over de werkzame elementen in het creëren van een gunstig sociotherapeutisch milieu in de forensische klinische setting.</t>
   </si>
   <si>
     <t>2014-25</t>
   </si>
   <si>
     <t>Helpers en Helden: SFT voor LVB</t>
   </si>
   <si>
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
-    <t>2015-42</t>
-[...16 lines deleted...]
-  <si>
     <t>2014-17</t>
   </si>
   <si>
     <t>Seksuele preoccupatie bij zedendelinquenten</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar het werkende mechanisme achter seksuele preoccupatie onder zedendelinquenten. Er is gezocht naar een methode om dit correct vast te stellen, en te beïnvloeden om recidive op dit gebied te voorkomen.</t>
   </si>
   <si>
-    <t>2016-46</t>
-[...1 lines deleted...]
-  <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
-    <t>Dit betreft een kennisdocument met aanbevelingen en handvatten voor het verbeteren van de objectieve en subjectieve kwaliteit van leven van forensisch psychiatrische patiënten. Het doel is om meer aandacht creëren voor kwaliteit van leven in de forensische context, waar de primaire focus logischerwijs op beveiliging ligt.</t>
+    <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
   </si>
   <si>
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
   <si>
     <t>In dit vervolgonderzoek wordt door middel van proeftuinen (in fpc's, fpk's, fpa's, ppc's en forensische poli's) gewerkt aan een algemeen en sectorspecifiek implementatieadvies van de methode delictanalyse.</t>
   </si>
   <si>
-    <t>2013-15</t>
-[...1 lines deleted...]
-  <si>
     <t>Agressiehantering</t>
   </si>
   <si>
     <t>Een interventie gericht op forensische patiënten met agressieproblematiek. Het betreft een specifiek zorgprogramma dat erop gericht is agressieproblematiek volgens cognitieve gedragstherapeutische technieken aan te pakken.</t>
   </si>
   <si>
-    <t>2014-22</t>
-[...7 lines deleted...]
-  <si>
     <t>2017-63</t>
   </si>
   <si>
     <t>Expertsysteem beroepsgeheim PPC's</t>
   </si>
   <si>
     <t>Binnen dit project wordt gewerkt aan de ontwikkeling van een digitaal expertsysteem, waarbij (zorg)professionals uit het gevangeniswezen ondersteuning krijgen in de besluitvorming rondom het doorbreken van het beroepsgeheim.</t>
   </si>
   <si>
-    <t>2013-3</t>
-[...2 lines deleted...]
-    <t>Psycho-educatie module LVB 'Weet Wat Je Kan'</t>
+    <t>Weet wat je kan</t>
   </si>
   <si>
     <t>De psycho-educatie module "Weet wat je kan" is gericht op patiënten met een licht verstandelijke beperking (LVB) en is inzetbaar bij o.a. het vergroten van responsiviteit op (forensische) behandeling.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
@@ -892,62 +790,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/hoofdzaken-niet-aangeboren-hersenletsel-bij-forensisch-psychiatrische-patienten" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteit-bij-forensisch-clienten-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn-beheer-behoud-en-implementatie" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-vertaling-kfz-calls-producten-naar-mogelijkheden-doorontwikkeling-forensische-leerlijn-call-2020-130" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/interventie-agressieregulatie-voor-patienten-in-ppcs-call-2018-91" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/prevalentie-en-effectieve-behandeling-van-nah-in-de-forensische-populatie-call-2019-102" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verkorte-delictanalyse-call-2019-111" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/e-module-weet-wat-je-kan-evaluatie-en-doorontwikkeling-call-2019-117" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap-continuiteit-in-de-forensische-keten-precall-2018-79" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-72" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-45" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-42" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-62" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-46" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2014-22" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-63" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/interventie-agressieregulatie-voor-patienten-in-ppcs-call-2018-91" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-72" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-63" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI49"/>
+  <dimension ref="A1:AI41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B49" sqref="B49"/>
+      <selection activeCell="B41" sqref="B41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1145,1866 +1043,1503 @@
         <v>37</v>
       </c>
       <c r="AE4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>37</v>
       </c>
-      <c r="J5" t="s">
-[...5 lines deleted...]
-      <c r="W5" t="s">
+      <c r="L5" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y5" t="s">
         <v>37</v>
       </c>
       <c r="Z5" t="s">
         <v>37</v>
       </c>
       <c r="AC5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE5" t="s">
         <v>37</v>
       </c>
       <c r="AF5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
         <v>47</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C6" t="s">
         <v>49</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
       <c r="F6" t="s">
         <v>37</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="L6" t="s">
         <v>37</v>
       </c>
-      <c r="Y6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z6" t="s">
         <v>37</v>
       </c>
+      <c r="AA6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>37</v>
+      </c>
       <c r="AC6" t="s">
         <v>37</v>
       </c>
-      <c r="AE6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
-      <c r="A7" t="s">
+      <c r="B7" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>51</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G7" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" t="s">
         <v>37</v>
       </c>
       <c r="L7" t="s">
         <v>37</v>
       </c>
       <c r="Z7" t="s">
         <v>37</v>
       </c>
       <c r="AA7" t="s">
         <v>37</v>
       </c>
-      <c r="AB7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC7" t="s">
         <v>37</v>
       </c>
-      <c r="AF7" t="s">
+      <c r="AE7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>54</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G8" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" t="s">
+        <v>37</v>
+      </c>
+      <c r="H8" t="s">
         <v>37</v>
       </c>
       <c r="I8" t="s">
         <v>37</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="L8" t="s">
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q8" t="s">
         <v>37</v>
       </c>
       <c r="Z8" t="s">
         <v>37</v>
       </c>
       <c r="AA8" t="s">
         <v>37</v>
       </c>
+      <c r="AB8" t="s">
+        <v>37</v>
+      </c>
       <c r="AC8" t="s">
         <v>37</v>
       </c>
-      <c r="AE8" t="s">
+      <c r="AD8" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" t="s">
         <v>57</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>5</v>
-[...13 lines deleted...]
-      <c r="Q9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="S9" t="s">
         <v>37</v>
       </c>
       <c r="Z9" t="s">
         <v>37</v>
       </c>
       <c r="AA9" t="s">
         <v>37</v>
       </c>
       <c r="AB9" t="s">
         <v>37</v>
       </c>
       <c r="AC9" t="s">
         <v>37</v>
       </c>
       <c r="AD9" t="s">
         <v>37</v>
       </c>
-      <c r="AH9" t="s">
+      <c r="AG9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" t="s">
         <v>60</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="G10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="B11" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="D10" t="s">
-[...37 lines deleted...]
-      <c r="A11" t="s">
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="G11" t="s">
         <v>37</v>
       </c>
-      <c r="L11" t="s">
-[...2 lines deleted...]
-      <c r="N11" t="s">
+      <c r="I11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" t="s">
+        <v>37</v>
+      </c>
+      <c r="R11" t="s">
         <v>37</v>
       </c>
       <c r="Z11" t="s">
         <v>37</v>
       </c>
       <c r="AA11" t="s">
         <v>37</v>
       </c>
       <c r="AB11" t="s">
         <v>37</v>
       </c>
       <c r="AC11" t="s">
         <v>37</v>
       </c>
       <c r="AD11" t="s">
         <v>37</v>
       </c>
       <c r="AF11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" t="s">
         <v>65</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E12" t="s">
+        <v>5</v>
+      </c>
+      <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
         <v>37</v>
       </c>
       <c r="R12" t="s">
         <v>37</v>
       </c>
       <c r="Z12" t="s">
         <v>37</v>
       </c>
       <c r="AA12" t="s">
         <v>37</v>
       </c>
-      <c r="AB12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC12" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AD12" t="s">
         <v>37</v>
       </c>
       <c r="AF12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
+        <v>66</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" t="s">
         <v>68</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F13" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
-      <c r="J13" t="s">
-[...2 lines deleted...]
-      <c r="R13" t="s">
+      <c r="L13" t="s">
+        <v>37</v>
+      </c>
+      <c r="U13" t="s">
         <v>37</v>
       </c>
       <c r="Z13" t="s">
         <v>37</v>
       </c>
       <c r="AA13" t="s">
         <v>37</v>
       </c>
+      <c r="AB13" t="s">
+        <v>37</v>
+      </c>
       <c r="AC13" t="s">
         <v>37</v>
       </c>
-      <c r="AF13" t="s">
+      <c r="AE13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
+        <v>69</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C14" t="s">
         <v>71</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>37</v>
       </c>
-      <c r="L14" t="s">
+      <c r="S14" t="s">
         <v>37</v>
       </c>
       <c r="Z14" t="s">
         <v>37</v>
       </c>
       <c r="AA14" t="s">
         <v>37</v>
       </c>
-      <c r="AB14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC14" t="s">
         <v>37</v>
       </c>
-      <c r="AF14" t="s">
+      <c r="AG14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
+        <v>72</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C15" t="s">
         <v>74</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="G15" t="s">
         <v>37</v>
       </c>
-      <c r="L15" t="s">
+      <c r="O15" t="s">
         <v>37</v>
       </c>
       <c r="Z15" t="s">
         <v>37</v>
       </c>
       <c r="AA15" t="s">
         <v>37</v>
       </c>
       <c r="AB15" t="s">
         <v>37</v>
       </c>
       <c r="AC15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD15" t="s">
         <v>37</v>
       </c>
       <c r="AF15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" t="s">
         <v>77</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="G16" t="s">
         <v>37</v>
       </c>
-      <c r="L16" t="s">
-[...2 lines deleted...]
-      <c r="U16" t="s">
+      <c r="V16" t="s">
         <v>37</v>
       </c>
       <c r="Z16" t="s">
         <v>37</v>
       </c>
       <c r="AA16" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AB16" t="s">
         <v>37</v>
       </c>
       <c r="AC16" t="s">
         <v>37</v>
       </c>
       <c r="AE16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C17" t="s">
         <v>80</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
-      <c r="G17" t="s">
-[...8 lines deleted...]
-      <c r="AA17" t="s">
+      <c r="H17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" t="s">
+        <v>37</v>
+      </c>
+      <c r="P17" t="s">
         <v>37</v>
       </c>
       <c r="AC17" t="s">
         <v>37</v>
       </c>
-      <c r="AG17" t="s">
+      <c r="AF17" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" t="s">
         <v>83</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="D18" t="s">
+        <v>4</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="G18" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35">
+      <c r="B19" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="C18" t="s">
+      <c r="C19" t="s">
         <v>85</v>
       </c>
-      <c r="D18" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
         <v>37</v>
       </c>
-      <c r="G19" t="s">
-[...2 lines deleted...]
-      <c r="V19" t="s">
+      <c r="H19" t="s">
+        <v>37</v>
+      </c>
+      <c r="J19" t="s">
+        <v>37</v>
+      </c>
+      <c r="U19" t="s">
+        <v>37</v>
+      </c>
+      <c r="W19" t="s">
         <v>37</v>
       </c>
       <c r="Z19" t="s">
         <v>37</v>
       </c>
       <c r="AA19" t="s">
         <v>37</v>
       </c>
       <c r="AC19" t="s">
         <v>37</v>
       </c>
-      <c r="AE19" t="s">
+      <c r="AF19" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="C20" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
-      <c r="H20" t="s">
-[...5 lines deleted...]
-      <c r="P20" t="s">
+      <c r="G20" t="s">
+        <v>37</v>
+      </c>
+      <c r="R20" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB20" t="s">
         <v>37</v>
       </c>
       <c r="AC20" t="s">
         <v>37</v>
       </c>
-      <c r="AF20" t="s">
+      <c r="AG20" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:35">
       <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C21" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" t="s">
+        <v>4</v>
+      </c>
+      <c r="E21" t="s">
+        <v>37</v>
+      </c>
+      <c r="G21" t="s">
+        <v>37</v>
+      </c>
+      <c r="S21" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG21" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35">
+      <c r="B22" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C22" t="s">
         <v>93</v>
       </c>
-      <c r="C21" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
       </c>
       <c r="H22" t="s">
         <v>37</v>
       </c>
-      <c r="J22" t="s">
-[...5 lines deleted...]
-      <c r="W22" t="s">
+      <c r="L22" t="s">
+        <v>37</v>
+      </c>
+      <c r="N22" t="s">
         <v>37</v>
       </c>
       <c r="Z22" t="s">
         <v>37</v>
       </c>
       <c r="AA22" t="s">
         <v>37</v>
       </c>
+      <c r="AB22" t="s">
+        <v>37</v>
+      </c>
       <c r="AC22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD22" t="s">
         <v>37</v>
       </c>
       <c r="AF22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
         <v>37</v>
       </c>
       <c r="H23" t="s">
         <v>37</v>
       </c>
-      <c r="J23" t="s">
-[...2 lines deleted...]
-      <c r="U23" t="s">
+      <c r="M23" t="s">
+        <v>37</v>
+      </c>
+      <c r="R23" t="s">
         <v>37</v>
       </c>
       <c r="Z23" t="s">
         <v>37</v>
       </c>
       <c r="AA23" t="s">
         <v>37</v>
       </c>
+      <c r="AB23" t="s">
+        <v>37</v>
+      </c>
       <c r="AC23" t="s">
         <v>37</v>
       </c>
+      <c r="AD23" t="s">
+        <v>37</v>
+      </c>
       <c r="AE23" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AF23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
+        <v>97</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>4</v>
+      </c>
+      <c r="E24" t="s">
+        <v>37</v>
+      </c>
+      <c r="G24" t="s">
+        <v>37</v>
+      </c>
+      <c r="N24" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG24" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:35">
+      <c r="B25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C25" t="s">
         <v>101</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>37</v>
       </c>
-      <c r="H25" t="s">
-[...8 lines deleted...]
-      <c r="R25" t="s">
+      <c r="G25" t="s">
+        <v>37</v>
+      </c>
+      <c r="K25" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q25" t="s">
         <v>37</v>
       </c>
       <c r="Z25" t="s">
         <v>37</v>
       </c>
       <c r="AA25" t="s">
         <v>37</v>
       </c>
+      <c r="AB25" t="s">
+        <v>37</v>
+      </c>
       <c r="AC25" t="s">
         <v>37</v>
       </c>
-      <c r="AF25" t="s">
+      <c r="AD25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH25" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="A26" t="s">
+        <v>102</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C26" t="s">
+        <v>104</v>
+      </c>
+      <c r="D26" t="s">
+        <v>4</v>
+      </c>
+      <c r="E26" t="s">
+        <v>37</v>
+      </c>
+      <c r="G26" t="s">
+        <v>37</v>
+      </c>
+      <c r="S26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG26" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="27" spans="1:35">
+      <c r="A27" t="s">
+        <v>105</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C27" t="s">
         <v>107</v>
       </c>
-      <c r="B26" s="1" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
         <v>37</v>
       </c>
       <c r="H27" t="s">
         <v>37</v>
       </c>
       <c r="L27" t="s">
         <v>37</v>
       </c>
-      <c r="N27" t="s">
+      <c r="W27" t="s">
         <v>37</v>
       </c>
       <c r="Z27" t="s">
         <v>37</v>
       </c>
       <c r="AA27" t="s">
         <v>37</v>
       </c>
-      <c r="AB27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC27" t="s">
         <v>37</v>
       </c>
-      <c r="AD27" t="s">
-[...2 lines deleted...]
-      <c r="AF27" t="s">
+      <c r="AE27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:35">
       <c r="A28" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
         <v>37</v>
       </c>
-      <c r="H28" t="s">
-[...5 lines deleted...]
-      <c r="R28" t="s">
+      <c r="G28" t="s">
+        <v>37</v>
+      </c>
+      <c r="W28" t="s">
         <v>37</v>
       </c>
       <c r="Z28" t="s">
         <v>37</v>
       </c>
       <c r="AA28" t="s">
         <v>37</v>
       </c>
-      <c r="AB28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC28" t="s">
         <v>37</v>
       </c>
-      <c r="AD28" t="s">
-[...2 lines deleted...]
-      <c r="AE28" t="s">
+      <c r="AF28" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:35">
       <c r="A29" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C29" t="s">
+        <v>113</v>
+      </c>
+      <c r="D29" t="s">
+        <v>4</v>
+      </c>
+      <c r="E29" t="s">
+        <v>37</v>
+      </c>
+      <c r="H29" t="s">
+        <v>37</v>
+      </c>
+      <c r="N29" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG29" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="30" spans="1:35">
+      <c r="B30" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C30" t="s">
         <v>115</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
         <v>37</v>
       </c>
-      <c r="G30" t="s">
-[...5 lines deleted...]
-      <c r="Q30" t="s">
+      <c r="H30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J30" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y30" t="s">
         <v>37</v>
       </c>
       <c r="Z30" t="s">
         <v>37</v>
       </c>
-      <c r="AA30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC30" t="s">
         <v>37</v>
       </c>
-      <c r="AD30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE30" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG30" t="s">
         <v>37</v>
       </c>
       <c r="AH30" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:35">
       <c r="A31" t="s">
+        <v>116</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C31" t="s">
+        <v>118</v>
+      </c>
+      <c r="D31" t="s">
+        <v>4</v>
+      </c>
+      <c r="E31" t="s">
+        <v>37</v>
+      </c>
+      <c r="H31" t="s">
+        <v>37</v>
+      </c>
+      <c r="O31" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF31" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="32" spans="1:35">
+      <c r="B32" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="C32" t="s">
+        <v>120</v>
+      </c>
+      <c r="D32" t="s">
+        <v>4</v>
+      </c>
+      <c r="E32" t="s">
+        <v>37</v>
+      </c>
+      <c r="H32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF32" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="33" spans="1:35">
+      <c r="B33" s="1" t="s">
         <v>121</v>
       </c>
-      <c r="B31" s="1" t="s">
+      <c r="C33" t="s">
         <v>122</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D33" t="s">
+        <v>4</v>
+      </c>
+      <c r="E33" t="s">
+        <v>37</v>
+      </c>
+      <c r="H33" t="s">
+        <v>37</v>
+      </c>
+      <c r="I33" t="s">
+        <v>37</v>
+      </c>
+      <c r="J33" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF33" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="34" spans="1:35">
+      <c r="B34" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="D31" t="s">
-[...19 lines deleted...]
-      <c r="A32" t="s">
+      <c r="C34" t="s">
         <v>124</v>
       </c>
-      <c r="B32" s="1" t="s">
-[...77 lines deleted...]
-      </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
         <v>37</v>
       </c>
-      <c r="H34" t="s">
-[...2 lines deleted...]
-      <c r="N34" t="s">
+      <c r="G34" t="s">
+        <v>37</v>
+      </c>
+      <c r="I34" t="s">
+        <v>37</v>
+      </c>
+      <c r="J34" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y34" t="s">
         <v>37</v>
       </c>
       <c r="Z34" t="s">
         <v>37</v>
       </c>
-      <c r="AA34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC34" t="s">
         <v>37</v>
       </c>
-      <c r="AG34" t="s">
+      <c r="AE34" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:35">
       <c r="A35" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="C35" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35" t="s">
         <v>37</v>
       </c>
       <c r="H35" t="s">
         <v>37</v>
       </c>
       <c r="I35" t="s">
         <v>37</v>
       </c>
       <c r="J35" t="s">
         <v>37</v>
       </c>
-      <c r="Y35" t="s">
+      <c r="M35" t="s">
         <v>37</v>
       </c>
       <c r="Z35" t="s">
         <v>37</v>
       </c>
+      <c r="AA35" t="s">
+        <v>37</v>
+      </c>
       <c r="AC35" t="s">
         <v>37</v>
       </c>
-      <c r="AE35" t="s">
-[...5 lines deleted...]
-      <c r="AH35" t="s">
+      <c r="AF35" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:35">
       <c r="A36" t="s">
+        <v>128</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C36" t="s">
+        <v>130</v>
+      </c>
+      <c r="D36" t="s">
+        <v>4</v>
+      </c>
+      <c r="E36" t="s">
+        <v>37</v>
+      </c>
+      <c r="G36" t="s">
+        <v>37</v>
+      </c>
+      <c r="L36" t="s">
+        <v>37</v>
+      </c>
+      <c r="W36" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC36" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF36" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="37" spans="1:35">
+      <c r="B37" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="C37" t="s">
+        <v>132</v>
+      </c>
+      <c r="D37" t="s">
+        <v>4</v>
+      </c>
+      <c r="E37" t="s">
+        <v>37</v>
+      </c>
+      <c r="H37" t="s">
+        <v>37</v>
+      </c>
+      <c r="I37" t="s">
+        <v>37</v>
+      </c>
+      <c r="J37" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE37" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="38" spans="1:35">
+      <c r="A38" t="s">
+        <v>133</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C38" t="s">
+        <v>135</v>
+      </c>
+      <c r="D38" t="s">
+        <v>4</v>
+      </c>
+      <c r="E38" t="s">
+        <v>37</v>
+      </c>
+      <c r="H38" t="s">
+        <v>37</v>
+      </c>
+      <c r="U38" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z38" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC38" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE38" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF38" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="39" spans="1:35">
+      <c r="B39" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="B36" s="1" t="s">
+      <c r="C39" t="s">
         <v>137</v>
       </c>
-      <c r="C36" t="s">
-[...121 lines deleted...]
-      </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39" t="s">
         <v>37</v>
       </c>
-      <c r="G39" t="s">
-[...2 lines deleted...]
-      <c r="I39" t="s">
+      <c r="H39" t="s">
         <v>37</v>
       </c>
       <c r="J39" t="s">
         <v>37</v>
       </c>
-      <c r="Y39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z39" t="s">
         <v>37</v>
       </c>
+      <c r="AA39" t="s">
+        <v>37</v>
+      </c>
       <c r="AC39" t="s">
         <v>37</v>
       </c>
-      <c r="AE39" t="s">
+      <c r="AF39" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="40" spans="1:35">
       <c r="A40" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="C40" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
       <c r="E40" t="s">
         <v>37</v>
       </c>
-      <c r="H40" t="s">
-[...14 lines deleted...]
-      <c r="AA40" t="s">
+      <c r="G40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40" t="s">
         <v>37</v>
       </c>
       <c r="AC40" t="s">
         <v>37</v>
       </c>
       <c r="AF40" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:35">
-      <c r="A41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B41" s="1" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="C41" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="D41" t="s">
         <v>4</v>
       </c>
       <c r="E41" t="s">
         <v>37</v>
       </c>
       <c r="H41" t="s">
         <v>37</v>
       </c>
+      <c r="J41" t="s">
+        <v>37</v>
+      </c>
       <c r="R41" t="s">
         <v>37</v>
       </c>
-      <c r="U41" t="s">
+      <c r="T41" t="s">
         <v>37</v>
       </c>
       <c r="Z41" t="s">
         <v>37</v>
       </c>
       <c r="AA41" t="s">
         <v>37</v>
       </c>
       <c r="AC41" t="s">
         <v>37</v>
       </c>
-      <c r="AD41" t="s">
-[...318 lines deleted...]
-      <c r="AF49" t="s">
+      <c r="AF41" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
-    <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
-[...6 lines deleted...]
-    <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>