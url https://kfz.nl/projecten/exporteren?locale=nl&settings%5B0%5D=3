--- v1 (2026-02-03)
+++ v2 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -137,242 +137,197 @@
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2022-185</t>
   </si>
   <si>
     <t>Doorontwikkeling Delictanalyseproducten</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2024-215</t>
   </si>
   <si>
     <t>Zicht Op Agressie</t>
   </si>
   <si>
     <t>Het doel van het onderzoek is om zicht te krijgen op agressie incidenten en de opvolging hiervan. In een handreiking worden met adviezen voor de praktijk, en worden aanbevelingen gedaan m.b.t. hoe forensische teams incidentmeldingen kunnen registreren, duiden en evalueren.</t>
   </si>
   <si>
-    <t>2024-210</t>
-[...1 lines deleted...]
-  <si>
     <t>Elkaar goed begrijpen in de Forensische Zorg</t>
   </si>
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
     <t>2023-206</t>
   </si>
   <si>
     <t>Ondersteuning bij cultuurverandering: een reflectiemethode voor forensische zorgprofessionals</t>
   </si>
   <si>
     <t>Vanuit de behoefte van FHIC-zorgprofessionals aan ondersteuning bij cultuurverandering, is in een verkennend onderzoek deze vorm van ethiekondersteuning omgevormd tot een reflectiemethode. Middels deze reflectiemethode voeren teams laagdrempelig een socratisch dialoog over een centrale waarde. Het doel van het project is de doorontwikkeling van de reflectiemethode, en onderzoek naar de acceptatie, geschiktheid, haalbaarheid, implementatie en de ervaren opbrengst.</t>
   </si>
   <si>
-    <t>2023-205</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
     <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
-    <t>2023-190</t>
-[...1 lines deleted...]
-  <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-183</t>
-[...1 lines deleted...]
-  <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
     <t>Seksualiteitsbeleid bij forensische cliënten</t>
   </si>
   <si>
     <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2021-152</t>
   </si>
   <si>
     <t>Doorontwikkeling Helpers en Helden</t>
   </si>
   <si>
     <t>Binnen dit project wordt de interventie Helpers en Helden (SFT voor LVB) doorontwikkeld.</t>
   </si>
   <si>
-    <t>2019-100</t>
-[...1 lines deleted...]
-  <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
-    <t>2018-86</t>
-[...7 lines deleted...]
-  <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
-    <t>2018-78</t>
-[...1 lines deleted...]
-  <si>
     <t>Behoefteninventarisatie betrekken familie en andere naasten bij de forensische zorg</t>
   </si>
   <si>
     <t>In deze pre-call zal de behoeften en ervaringen van naasten, cliënten en behandelaars geïnventariseerd worden op het gebied van betrekken van naasten in de forensische zorg.</t>
   </si>
   <si>
-    <t>2018-91</t>
-[...1 lines deleted...]
-  <si>
     <t>Interventie agressieregulatie voor patienten in PPC’s</t>
   </si>
   <si>
     <t>Een (aangepaste, verkorte) interventie gericht op het verbeteren van agressieregulatie problematiek bij patiënten in de PPC’s.</t>
   </si>
   <si>
     <t>2019-103</t>
   </si>
   <si>
     <t>Evidence gap map vaktherapie: de ontwikkeling van een evicende gap map voor vaktherapie in de forensische GGZ</t>
   </si>
   <si>
     <t>Het doel van dit project is om de kennislancune op basis van wetenschappelijk gepubliceerde en niet gepubliceerde literatuur te achterhalen; behoeften naar nieuw onderzoek op te halen bij vaktherapeuten, onderzoekers, verwijzers en ervaringsdeskundigen/patiënten; onderzoeken te prioriteren op basis van praktijk en wetenschap.</t>
   </si>
   <si>
     <t>Niet-aangeboren hersenletsel (NAH)</t>
   </si>
   <si>
     <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
-    <t>2019-97</t>
-[...1 lines deleted...]
-  <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
-    <t>2018-84</t>
-[...2 lines deleted...]
-    <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
+    <t>Handreiking indicatiestelling forensische zorg voor LVB</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
     <t>Mind the Gap</t>
   </si>
   <si>
     <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
-    <t>2017-72</t>
-[...7 lines deleted...]
-  <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
     <t>2014-18</t>
   </si>
   <si>
     <t>Cognitieve vervormingen bij zedendelinquenten</t>
   </si>
   <si>
     <t>Hier staat (neuro-)cognitief onderzoek onder zedendelinquenten centraal. Door het meten van cognitieve vervormingen bij zedendelinquenten te verbeteren, kan de behandeling hiervan aangescherpt en verbeterd worden.</t>
   </si>
   <si>
     <t>2014-26</t>
   </si>
   <si>
     <t>Do's &amp; Don'ts e-Health</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken welke e-health toepassingen uit de algemene zorgsector wel of niet succesvol zijn in de praktijk, wat hiervoor de redenen zijn en wat de forensische zorgsector hiervan kan leren voor eigen e-health toepassingen.</t>
@@ -420,65 +375,50 @@
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
     <t>2014-17</t>
   </si>
   <si>
     <t>Seksuele preoccupatie bij zedendelinquenten</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar het werkende mechanisme achter seksuele preoccupatie onder zedendelinquenten. Er is gezocht naar een methode om dit correct vast te stellen, en te beïnvloeden om recidive op dit gebied te voorkomen.</t>
   </si>
   <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
     <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
   </si>
   <si>
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
   <si>
     <t>In dit vervolgonderzoek wordt door middel van proeftuinen (in fpc's, fpk's, fpa's, ppc's en forensische poli's) gewerkt aan een algemeen en sectorspecifiek implementatieadvies van de methode delictanalyse.</t>
-  </si>
-[...13 lines deleted...]
-    <t>Binnen dit project wordt gewerkt aan de ontwikkeling van een digitaal expertsysteem, waarbij (zorg)professionals uit het gevangeniswezen ondersteuning krijgen in de besluitvorming rondom het doorbreken van het beroepsgeheim.</t>
   </si>
   <si>
     <t>Weet wat je kan</t>
   </si>
   <si>
     <t>De psycho-educatie module "Weet wat je kan" is gericht op patiënten met een licht verstandelijke beperking (LVB) en is inzetbaar bij o.a. het vergroten van responsiviteit op (forensische) behandeling.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -790,62 +730,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/interventie-agressieregulatie-voor-patienten-in-ppcs-call-2018-91" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-72" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-63" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/interventie-agressieregulatie-voor-patienten-in-ppcs-call-2018-91" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI41"/>
+  <dimension ref="A1:AI37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B41" sqref="B41"/>
+      <selection activeCell="B37" sqref="B37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -984,1562 +924,1406 @@
         <v>5</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="S3" t="s">
         <v>37</v>
       </c>
       <c r="Y3" t="s">
         <v>37</v>
       </c>
       <c r="Z3" t="s">
         <v>37</v>
       </c>
       <c r="AC3" t="s">
         <v>37</v>
       </c>
       <c r="AE3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>37</v>
       </c>
       <c r="L4" t="s">
         <v>37</v>
       </c>
       <c r="Z4" t="s">
         <v>37</v>
       </c>
       <c r="AA4" t="s">
         <v>37</v>
       </c>
       <c r="AB4" t="s">
         <v>37</v>
       </c>
       <c r="AC4" t="s">
         <v>37</v>
       </c>
       <c r="AD4" t="s">
         <v>37</v>
       </c>
       <c r="AE4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>37</v>
       </c>
       <c r="L5" t="s">
         <v>37</v>
       </c>
       <c r="Y5" t="s">
         <v>37</v>
       </c>
       <c r="Z5" t="s">
         <v>37</v>
       </c>
       <c r="AC5" t="s">
         <v>37</v>
       </c>
       <c r="AE5" t="s">
         <v>37</v>
       </c>
       <c r="AF5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
-      <c r="A6" t="s">
+      <c r="B6" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
       <c r="F6" t="s">
         <v>37</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="L6" t="s">
         <v>37</v>
       </c>
       <c r="Z6" t="s">
         <v>37</v>
       </c>
       <c r="AA6" t="s">
         <v>37</v>
       </c>
       <c r="AB6" t="s">
         <v>37</v>
       </c>
       <c r="AC6" t="s">
         <v>37</v>
       </c>
       <c r="AF6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="B7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:35">
+      <c r="B8" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="C7" t="s">
+      <c r="C8" t="s">
         <v>51</v>
-      </c>
-[...39 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="H8" t="s">
         <v>37</v>
       </c>
       <c r="I8" t="s">
         <v>37</v>
       </c>
       <c r="K8" t="s">
         <v>37</v>
       </c>
       <c r="Q8" t="s">
         <v>37</v>
       </c>
       <c r="Z8" t="s">
         <v>37</v>
       </c>
       <c r="AA8" t="s">
         <v>37</v>
       </c>
       <c r="AB8" t="s">
         <v>37</v>
       </c>
       <c r="AC8" t="s">
         <v>37</v>
       </c>
       <c r="AD8" t="s">
         <v>37</v>
       </c>
       <c r="AH8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
+        <v>37</v>
+      </c>
+      <c r="S9" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG9" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
+      <c r="B10" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C10" t="s">
         <v>56</v>
-      </c>
-[...48 lines deleted...]
-        <v>60</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="G10" t="s">
         <v>37</v>
       </c>
       <c r="L10" t="s">
         <v>37</v>
       </c>
       <c r="N10" t="s">
         <v>37</v>
       </c>
       <c r="Z10" t="s">
         <v>37</v>
       </c>
       <c r="AA10" t="s">
         <v>37</v>
       </c>
       <c r="AB10" t="s">
         <v>37</v>
       </c>
       <c r="AC10" t="s">
         <v>37</v>
       </c>
       <c r="AD10" t="s">
         <v>37</v>
       </c>
       <c r="AF10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="B11" s="1" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="G11" t="s">
         <v>37</v>
       </c>
       <c r="I11" t="s">
         <v>37</v>
       </c>
       <c r="J11" t="s">
         <v>37</v>
       </c>
       <c r="R11" t="s">
         <v>37</v>
       </c>
       <c r="Z11" t="s">
         <v>37</v>
       </c>
       <c r="AA11" t="s">
         <v>37</v>
       </c>
       <c r="AB11" t="s">
         <v>37</v>
       </c>
       <c r="AC11" t="s">
         <v>37</v>
       </c>
       <c r="AD11" t="s">
         <v>37</v>
       </c>
       <c r="AF11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
       <c r="J12" t="s">
         <v>37</v>
       </c>
       <c r="R12" t="s">
         <v>37</v>
       </c>
       <c r="Z12" t="s">
         <v>37</v>
       </c>
       <c r="AA12" t="s">
         <v>37</v>
       </c>
       <c r="AC12" t="s">
         <v>37</v>
       </c>
       <c r="AF12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
-      <c r="A13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B13" s="1" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="C13" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
         <v>37</v>
       </c>
       <c r="U13" t="s">
         <v>37</v>
       </c>
       <c r="Z13" t="s">
         <v>37</v>
       </c>
       <c r="AA13" t="s">
         <v>37</v>
       </c>
       <c r="AB13" t="s">
         <v>37</v>
       </c>
       <c r="AC13" t="s">
         <v>37</v>
       </c>
       <c r="AE13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" t="s">
+        <v>37</v>
+      </c>
+      <c r="G14" t="s">
+        <v>37</v>
+      </c>
+      <c r="O14" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35">
+      <c r="B15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D15" t="s">
+        <v>4</v>
+      </c>
+      <c r="E15" t="s">
+        <v>37</v>
+      </c>
+      <c r="G15" t="s">
+        <v>37</v>
+      </c>
+      <c r="V15" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="16" spans="1:35">
+      <c r="B16" s="1" t="s">
         <v>69</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C16" t="s">
         <v>70</v>
       </c>
-      <c r="C14" t="s">
-[...77 lines deleted...]
-      </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
-      <c r="G16" t="s">
-[...8 lines deleted...]
-      <c r="AA16" t="s">
+      <c r="H16" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" t="s">
+        <v>37</v>
+      </c>
+      <c r="P16" t="s">
         <v>37</v>
       </c>
       <c r="AC16" t="s">
         <v>37</v>
       </c>
-      <c r="AE16" t="s">
+      <c r="AF16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
+        <v>37</v>
+      </c>
+      <c r="G17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35">
+      <c r="B18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" t="s">
+        <v>4</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="G18" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" t="s">
+        <v>37</v>
+      </c>
+      <c r="U18" t="s">
+        <v>37</v>
+      </c>
+      <c r="W18" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35">
+      <c r="A19" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" t="s">
         <v>78</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E19" t="s">
+        <v>37</v>
+      </c>
+      <c r="G19" t="s">
+        <v>37</v>
+      </c>
+      <c r="R19" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35">
+      <c r="B20" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C20" t="s">
         <v>80</v>
       </c>
-      <c r="D17" t="s">
-[...22 lines deleted...]
-      <c r="A18" t="s">
+      <c r="D20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
+      <c r="G20" t="s">
+        <v>37</v>
+      </c>
+      <c r="S20" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG20" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35">
+      <c r="B21" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C21" t="s">
         <v>82</v>
       </c>
-      <c r="C18" t="s">
-[...112 lines deleted...]
-      </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
       </c>
-      <c r="G21" t="s">
-[...2 lines deleted...]
-      <c r="S21" t="s">
+      <c r="H21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>37</v>
+      </c>
+      <c r="N21" t="s">
         <v>37</v>
       </c>
       <c r="Z21" t="s">
         <v>37</v>
       </c>
       <c r="AA21" t="s">
         <v>37</v>
       </c>
       <c r="AB21" t="s">
         <v>37</v>
       </c>
       <c r="AC21" t="s">
         <v>37</v>
       </c>
       <c r="AD21" t="s">
         <v>37</v>
       </c>
-      <c r="AG21" t="s">
+      <c r="AF21" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="B22" s="1" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="C22" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
       </c>
       <c r="H22" t="s">
         <v>37</v>
       </c>
-      <c r="L22" t="s">
-[...2 lines deleted...]
-      <c r="N22" t="s">
+      <c r="M22" t="s">
+        <v>37</v>
+      </c>
+      <c r="R22" t="s">
         <v>37</v>
       </c>
       <c r="Z22" t="s">
         <v>37</v>
       </c>
       <c r="AA22" t="s">
         <v>37</v>
       </c>
       <c r="AB22" t="s">
         <v>37</v>
       </c>
       <c r="AC22" t="s">
         <v>37</v>
       </c>
       <c r="AD22" t="s">
         <v>37</v>
       </c>
-      <c r="AF22" t="s">
+      <c r="AE22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="C23" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
         <v>37</v>
       </c>
-      <c r="H23" t="s">
-[...5 lines deleted...]
-      <c r="R23" t="s">
+      <c r="G23" t="s">
+        <v>37</v>
+      </c>
+      <c r="N23" t="s">
         <v>37</v>
       </c>
       <c r="Z23" t="s">
         <v>37</v>
       </c>
       <c r="AA23" t="s">
         <v>37</v>
       </c>
       <c r="AB23" t="s">
         <v>37</v>
       </c>
       <c r="AC23" t="s">
         <v>37</v>
       </c>
       <c r="AD23" t="s">
         <v>37</v>
       </c>
-      <c r="AE23" t="s">
+      <c r="AG23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:35">
-      <c r="A24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B24" s="1" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="C24" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
         <v>37</v>
       </c>
       <c r="G24" t="s">
         <v>37</v>
       </c>
-      <c r="N24" t="s">
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q24" t="s">
         <v>37</v>
       </c>
       <c r="Z24" t="s">
         <v>37</v>
       </c>
       <c r="AA24" t="s">
         <v>37</v>
       </c>
       <c r="AB24" t="s">
         <v>37</v>
       </c>
       <c r="AC24" t="s">
         <v>37</v>
       </c>
       <c r="AD24" t="s">
         <v>37</v>
       </c>
-      <c r="AG24" t="s">
+      <c r="AE24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH24" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:35">
+      <c r="A25" t="s">
+        <v>90</v>
+      </c>
       <c r="B25" s="1" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>37</v>
       </c>
-      <c r="G25" t="s">
-[...5 lines deleted...]
-      <c r="Q25" t="s">
+      <c r="H25" t="s">
+        <v>37</v>
+      </c>
+      <c r="L25" t="s">
+        <v>37</v>
+      </c>
+      <c r="W25" t="s">
         <v>37</v>
       </c>
       <c r="Z25" t="s">
         <v>37</v>
       </c>
       <c r="AA25" t="s">
         <v>37</v>
       </c>
-      <c r="AB25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC25" t="s">
         <v>37</v>
       </c>
-      <c r="AD25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE25" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AH25" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="A26" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>103</v>
+        <v>94</v>
       </c>
       <c r="C26" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
         <v>37</v>
       </c>
       <c r="G26" t="s">
         <v>37</v>
       </c>
-      <c r="S26" t="s">
+      <c r="W26" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA26" t="s">
         <v>37</v>
       </c>
       <c r="AC26" t="s">
         <v>37</v>
       </c>
-      <c r="AG26" t="s">
+      <c r="AF26" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:35">
       <c r="A27" t="s">
-        <v>105</v>
+        <v>96</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="C27" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
         <v>37</v>
       </c>
       <c r="H27" t="s">
         <v>37</v>
       </c>
-      <c r="L27" t="s">
-[...2 lines deleted...]
-      <c r="W27" t="s">
+      <c r="N27" t="s">
         <v>37</v>
       </c>
       <c r="Z27" t="s">
         <v>37</v>
       </c>
       <c r="AA27" t="s">
         <v>37</v>
       </c>
       <c r="AC27" t="s">
         <v>37</v>
       </c>
-      <c r="AE27" t="s">
+      <c r="AG27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:35">
-      <c r="A28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B28" s="1" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
         <v>37</v>
       </c>
-      <c r="G28" t="s">
-[...2 lines deleted...]
-      <c r="W28" t="s">
+      <c r="H28" t="s">
+        <v>37</v>
+      </c>
+      <c r="I28" t="s">
+        <v>37</v>
+      </c>
+      <c r="J28" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y28" t="s">
         <v>37</v>
       </c>
       <c r="Z28" t="s">
         <v>37</v>
       </c>
-      <c r="AA28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC28" t="s">
         <v>37</v>
       </c>
-      <c r="AF28" t="s">
+      <c r="AE28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH28" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:35">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>101</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>112</v>
+        <v>102</v>
       </c>
       <c r="C29" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
       <c r="E29" t="s">
         <v>37</v>
       </c>
       <c r="H29" t="s">
         <v>37</v>
       </c>
-      <c r="N29" t="s">
+      <c r="O29" t="s">
         <v>37</v>
       </c>
       <c r="Z29" t="s">
         <v>37</v>
       </c>
       <c r="AA29" t="s">
         <v>37</v>
       </c>
+      <c r="AB29" t="s">
+        <v>37</v>
+      </c>
       <c r="AC29" t="s">
         <v>37</v>
       </c>
-      <c r="AG29" t="s">
+      <c r="AD29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF29" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:35">
       <c r="B30" s="1" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="C30" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
         <v>37</v>
       </c>
       <c r="H30" t="s">
         <v>37</v>
       </c>
-      <c r="I30" t="s">
-[...5 lines deleted...]
-      <c r="Y30" t="s">
+      <c r="L30" t="s">
         <v>37</v>
       </c>
       <c r="Z30" t="s">
         <v>37</v>
       </c>
+      <c r="AA30" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>37</v>
+      </c>
       <c r="AC30" t="s">
         <v>37</v>
       </c>
+      <c r="AD30" t="s">
+        <v>37</v>
+      </c>
       <c r="AE30" t="s">
         <v>37</v>
       </c>
-      <c r="AG30" t="s">
-[...2 lines deleted...]
-      <c r="AH30" t="s">
+      <c r="AF30" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:35">
-      <c r="A31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B31" s="1" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="C31" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
         <v>37</v>
       </c>
       <c r="H31" t="s">
         <v>37</v>
       </c>
-      <c r="O31" t="s">
+      <c r="I31" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" t="s">
         <v>37</v>
       </c>
       <c r="Z31" t="s">
         <v>37</v>
       </c>
       <c r="AA31" t="s">
         <v>37</v>
       </c>
-      <c r="AB31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC31" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AD31" t="s">
         <v>37</v>
       </c>
       <c r="AF31" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:35">
       <c r="B32" s="1" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="C32" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
         <v>37</v>
       </c>
-      <c r="H32" t="s">
-[...2 lines deleted...]
-      <c r="L32" t="s">
+      <c r="G32" t="s">
+        <v>37</v>
+      </c>
+      <c r="I32" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y32" t="s">
         <v>37</v>
       </c>
       <c r="Z32" t="s">
         <v>37</v>
       </c>
-      <c r="AA32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC32" t="s">
         <v>37</v>
       </c>
-      <c r="AD32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE32" t="s">
         <v>37</v>
       </c>
-      <c r="AF32" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="33" spans="1:35">
+      <c r="A33" t="s">
+        <v>110</v>
+      </c>
       <c r="B33" s="1" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="C33" t="s">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>37</v>
       </c>
       <c r="H33" t="s">
         <v>37</v>
       </c>
       <c r="I33" t="s">
         <v>37</v>
       </c>
       <c r="J33" t="s">
         <v>37</v>
       </c>
+      <c r="M33" t="s">
+        <v>37</v>
+      </c>
       <c r="Z33" t="s">
         <v>37</v>
       </c>
       <c r="AA33" t="s">
         <v>37</v>
       </c>
       <c r="AC33" t="s">
         <v>37</v>
       </c>
       <c r="AF33" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:35">
+      <c r="A34" t="s">
+        <v>113</v>
+      </c>
       <c r="B34" s="1" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="C34" t="s">
-        <v>124</v>
+        <v>115</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
         <v>37</v>
       </c>
       <c r="G34" t="s">
         <v>37</v>
       </c>
-      <c r="I34" t="s">
-[...5 lines deleted...]
-      <c r="Y34" t="s">
+      <c r="L34" t="s">
+        <v>37</v>
+      </c>
+      <c r="W34" t="s">
         <v>37</v>
       </c>
       <c r="Z34" t="s">
         <v>37</v>
       </c>
+      <c r="AA34" t="s">
+        <v>37</v>
+      </c>
       <c r="AC34" t="s">
         <v>37</v>
       </c>
-      <c r="AE34" t="s">
+      <c r="AF34" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:35">
-      <c r="A35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B35" s="1" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="C35" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35" t="s">
         <v>37</v>
       </c>
       <c r="H35" t="s">
         <v>37</v>
       </c>
       <c r="I35" t="s">
         <v>37</v>
       </c>
       <c r="J35" t="s">
         <v>37</v>
       </c>
-      <c r="M35" t="s">
+      <c r="Y35" t="s">
         <v>37</v>
       </c>
       <c r="Z35" t="s">
         <v>37</v>
       </c>
       <c r="AA35" t="s">
         <v>37</v>
       </c>
+      <c r="AB35" t="s">
+        <v>37</v>
+      </c>
       <c r="AC35" t="s">
         <v>37</v>
       </c>
-      <c r="AF35" t="s">
+      <c r="AD35" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE35" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:35">
       <c r="A36" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="C36" t="s">
-        <v>130</v>
+        <v>120</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
       <c r="E36" t="s">
         <v>37</v>
       </c>
-      <c r="G36" t="s">
-[...5 lines deleted...]
-      <c r="W36" t="s">
+      <c r="H36" t="s">
+        <v>37</v>
+      </c>
+      <c r="U36" t="s">
         <v>37</v>
       </c>
       <c r="Z36" t="s">
         <v>37</v>
       </c>
       <c r="AA36" t="s">
         <v>37</v>
       </c>
       <c r="AC36" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE36" t="s">
         <v>37</v>
       </c>
       <c r="AF36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:35">
       <c r="B37" s="1" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="C37" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37" t="s">
         <v>37</v>
       </c>
       <c r="H37" t="s">
         <v>37</v>
       </c>
-      <c r="I37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J37" t="s">
         <v>37</v>
       </c>
-      <c r="Y37" t="s">
+      <c r="R37" t="s">
+        <v>37</v>
+      </c>
+      <c r="T37" t="s">
         <v>37</v>
       </c>
       <c r="Z37" t="s">
         <v>37</v>
       </c>
       <c r="AA37" t="s">
         <v>37</v>
       </c>
-      <c r="AB37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC37" t="s">
         <v>37</v>
       </c>
-      <c r="AD37" t="s">
-[...139 lines deleted...]
-      <c r="AF41" t="s">
+      <c r="AF37" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
-    <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
-[...2 lines deleted...]
-    <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>