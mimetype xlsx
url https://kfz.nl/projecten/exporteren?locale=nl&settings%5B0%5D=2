--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,405 +119,297 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
+    <t>Conceptualisatie literatuuronderzoek leef- en leerklimaat</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is onder andere om inzicht te krijgen in het concept klimaat zoals dit in de literatuur en in de praktijk wordt gehanteerd in verschillende werkvelden en settingen.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
     <t>2024-210</t>
   </si>
   <si>
     <t>Elkaar goed begrijpen in de Forensische Zorg</t>
   </si>
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
-    <t>x</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-217</t>
   </si>
   <si>
     <t>Evaluatieonderzoek implementatie Waaiermodel</t>
   </si>
   <si>
     <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
     <t>BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>Het BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>2023-201</t>
   </si>
   <si>
     <t>Succesvol samenwerken met vrijwilligers in de BW/MO</t>
   </si>
   <si>
     <t>Hoe werk je succesvol samen met vrijwilligers in het beschermd wonen en de maatschappelijke opvang? Hoe kan dit het beste georganiseerd worden? En wat is de meerwaarde? Op deze vragen geeft dit project een antwoord.</t>
   </si>
   <si>
-    <t>2023-172</t>
-[...7 lines deleted...]
-  <si>
     <t>2023-205</t>
   </si>
   <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
     <t>2023-190</t>
   </si>
   <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-137</t>
-[...7 lines deleted...]
-  <si>
     <t>2022-183</t>
   </si>
   <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-168</t>
-[...32 lines deleted...]
-    <t>Het verbeteren van online (gespreks)vaardigheden bij de reclassering</t>
+    <t>Kwaliteitsnetwerken</t>
+  </si>
+  <si>
+    <t>Kwaliteitsnetwerken brengen professionals uit de forensische zorg samen om kennis en ervaring te delen. Zo wordt gezamenlijk gewerkt aan het verbeteren van kwaliteit en vakmanschap in de praktijk.</t>
+  </si>
+  <si>
+    <t>Seksualiteitsbeleid bij forensische cliënten</t>
+  </si>
+  <si>
+    <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2020-132</t>
   </si>
   <si>
     <t>Forensische best practices in BW/MO instellingen</t>
   </si>
   <si>
     <t>In dit project is in kaart gebracht wat de forensische best practices zijn binnen de BW/MO instellingen. Waar worden positieve ervaringen opgedaan en waar zit de relevante kennis?</t>
   </si>
   <si>
-    <t>2020-130</t>
-[...7 lines deleted...]
-  <si>
     <t>2019-100</t>
   </si>
   <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
-    <t>2020-129</t>
-[...7 lines deleted...]
-  <si>
     <t>2020-127</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling e-modules psycho-educatie</t>
   </si>
   <si>
     <t>Het doel van dit huidige project is het doen van ‘onderzoek’ om te achterhalen wat er nodig is aan doorontwikkeling zodat het product technisch gezien door (vrijwel) alle ambulante forensische instellingen gebruikt kan worden en het aanbod in voldoende mate voldoet aan de behoeften van de behandelaars en cliënten.</t>
   </si>
   <si>
-    <t>2020-135</t>
-[...1 lines deleted...]
-  <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
-    <t>Best practices en concrete do’s en don’ts voor het werken op afstand met reclasseringscliënten.</t>
+    <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
     <t>2020-125</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling "Goed Ernaast"</t>
   </si>
   <si>
     <t>Op welk niveau bevindt het KFZ product "Goed ernaast" zich nu en wat is er nodig voor een doorontwikkeling?</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
     <t>2018-96</t>
   </si>
   <si>
     <t>Gezinsbenadering in de (forensische) zorg: een eerste verkenning</t>
   </si>
   <si>
     <t>Een handreiking voor gezinsbenadering volgens een levensloopperspectief voor hulpverleners in de BW/MO setting</t>
   </si>
   <si>
-    <t>2019-115</t>
-[...5 lines deleted...]
-    <t>In dit project worden concrete en toegankelijke informatie-uitwisselingsproducten ontwikkeld voor de BW/MO instellingen en getoetst op de toepasbaarheid in een pilot.</t>
+    <t>BW/MO cliënt op de juiste plek</t>
+  </si>
+  <si>
+    <t>Passende zorg begint met de juiste plaatsing. Deze projecten richten zich op het verbeteren van informatie‑uitwisseling tussen plaatser en woonvoorziening bij forensische cliënten.</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
     <t>2019-97</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
-    <t>2018-95</t>
-[...7 lines deleted...]
-  <si>
     <t>2018-84</t>
   </si>
   <si>
     <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
-    <t>2018-79</t>
-[...5 lines deleted...]
-    <t>Deze pre-call inventariseert de behoeften van professionals en patiënten in de forensische zorg met betrekking tot continuïteit van zorg en de levensloop.</t>
+    <t>Mind the Gap</t>
+  </si>
+  <si>
+    <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
     <t>2016-47</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid in de forensische psychiatrie</t>
   </si>
   <si>
     <t>Het belang en mogelijkheden van ervaringsdeskundigen binnen de forensische psychiatrie zijn hier in kaart gebracht, met het oog op praktische toepassingsmogelijkheden en beperkingen die in deze specifieke sector een rol spelen.</t>
   </si>
   <si>
-    <t>2016-61</t>
-[...1 lines deleted...]
-  <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
-    <t>2015-40</t>
-[...10 lines deleted...]
-  <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
-    <t>Dit betreft een kennisdocument met aanbevelingen en handvatten voor het verbeteren van de objectieve en subjectieve kwaliteit van leven van forensisch psychiatrische patiënten. Het doel is om meer aandacht creëren voor kwaliteit van leven in de forensische context, waar de primaire focus logischerwijs op beveiliging ligt.</t>
-[...44 lines deleted...]
-    <t>In dit project is gekeken naar succesfactoren en knelpunten in de samenwerking bij cliënten in de forensische opvang. Aan de hand hiervan is een handreiking ontwikkeld die professionals kunnen gebruiken als leidraad.</t>
+    <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
+  </si>
+  <si>
+    <t>Krachtgericht werken binnen de maatschappelijke opvang en beschermd wonen</t>
+  </si>
+  <si>
+    <t>Binnen deze projecten is gewerkt aan het versterken van veiligheid in opvang- en zorgvoorzieningen. De projecten richten zich op hoe medewerkers en cliënten gezamenlijk kunnen bijdragen aan een veilig leef- en werkklimaat.</t>
+  </si>
+  <si>
+    <t>GRIP-app</t>
+  </si>
+  <si>
+    <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
+  </si>
+  <si>
+    <t>De Proactieve Agressiehantering voor Opvangvoorzieningen (PAvO)</t>
+  </si>
+  <si>
+    <t>De PAVO‑methodiek richt zich op het proactief omgaan met agressie binnen opvangvoorzieningen. Het project biedt handvatten om agressie te signaleren, te voorkomen en op een professionele manier te hanteren.</t>
+  </si>
+  <si>
+    <t>Samenwerking in de forensische keten</t>
+  </si>
+  <si>
+    <t>Goede samenwerking is essentieel wanneer forensische cliënten in de maatschappelijke opvang terechtkomen. Binnen dit thema is onderzocht hoe betrokken organisaties beter kunnen samenwerken rondom taken, verantwoordelijkheden en overdracht.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -823,62 +715,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-checklist-en-interviewprotocol-voor-intake" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatiestudie-omgaan-met-de-spagaat-krachtgericht-werken-binnen-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-theoretisch-kader-voor-de-forensische-kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteit-bij-forensisch-clienten-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn-beheer-behoud-en-implementatie" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-en-training-werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-vertaling-kfz-calls-producten-naar-mogelijkheden-doorontwikkeling-forensische-leerlijn-call-2020-130" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-naar-de-bruikbaarheid-en-effecten-van-kwaliteitstoetsingsmethoden-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-forensische-client-op-de-juiste-plek-naar-passende-zorg-door-een-goede-informatie-uitwisseling-tussen-plaatser-en-woonvoorziening-call-2019-115" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/omgaan-met-de-spagaat-van-het-krachtgericht-werken-met-forensische-clienten-binnen-de-opvang" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap-continuiteit-in-de-forensische-keten-precall-2018-79" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2015-40" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-46" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-54" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2014-22" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-3" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-55" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-56" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/bwmo-client-op-de-juiste-plek" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/samenwerking-in-de-forensische-keten" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI41"/>
+  <dimension ref="A1:AI33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B41" sqref="B41"/>
+      <selection activeCell="B33" sqref="B33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -947,1647 +839,1311 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
-      <c r="A2" t="s">
+      <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>37</v>
       </c>
       <c r="Z2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB2" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
       </c>
       <c r="Z3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB3" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>37</v>
       </c>
       <c r="AD3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
       <c r="B4" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I4" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>37</v>
       </c>
       <c r="AB4" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD4" t="s">
+        <v>37</v>
       </c>
       <c r="AE4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>5</v>
+      </c>
+      <c r="F5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="U5" t="s">
+        <v>37</v>
       </c>
       <c r="AB5" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>48</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
       </c>
       <c r="I6" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="V6" t="s">
+        <v>37</v>
       </c>
       <c r="AB6" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
       <c r="F7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>54</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E8" t="s">
+        <v>37</v>
+      </c>
+      <c r="H8" t="s">
+        <v>37</v>
       </c>
       <c r="I8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="K8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Q8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AH8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" t="s">
         <v>57</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="S9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" t="s">
         <v>60</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="G10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="B11" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="D10" t="s">
-[...25 lines deleted...]
-      <c r="A11" t="s">
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="D11" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>37</v>
+      </c>
+      <c r="S11" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="12" spans="1:35">
+      <c r="B12" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
+      <c r="C12" t="s">
         <v>64</v>
       </c>
-      <c r="D11" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G12" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" t="s">
+        <v>37</v>
+      </c>
+      <c r="R12" t="s">
+        <v>37</v>
       </c>
       <c r="Z12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB12" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H13" t="s">
+        <v>37</v>
       </c>
       <c r="I13" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>37</v>
       </c>
       <c r="AB13" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L14" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="U14" t="s">
+        <v>37</v>
       </c>
       <c r="Z14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC14" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D15" t="s">
+        <v>4</v>
+      </c>
+      <c r="E15" t="s">
+        <v>37</v>
+      </c>
+      <c r="G15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="16" spans="1:35">
+      <c r="B16" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C16" t="s">
         <v>75</v>
       </c>
-      <c r="C15" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I16" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>37</v>
       </c>
       <c r="AB16" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG16" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C17" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H17" t="s">
+        <v>37</v>
+      </c>
+      <c r="V17" t="s">
+        <v>37</v>
       </c>
       <c r="Z17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB17" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="A18" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="C18" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G18" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="O18" t="s">
+        <v>37</v>
       </c>
       <c r="Z18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC18" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:35">
       <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C19" t="s">
+        <v>84</v>
+      </c>
+      <c r="D19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E19" t="s">
+        <v>37</v>
+      </c>
+      <c r="G19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>37</v>
+      </c>
+      <c r="V19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35">
+      <c r="B20" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C20" t="s">
         <v>86</v>
       </c>
-      <c r="B19" s="1" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H20" t="s">
+        <v>37</v>
+      </c>
+      <c r="K20" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>37</v>
       </c>
       <c r="AB20" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AH20" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:35">
       <c r="A21" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="C21" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G21" t="s">
+        <v>37</v>
+      </c>
+      <c r="R21" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>37</v>
       </c>
       <c r="AA21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB21" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>37</v>
       </c>
       <c r="AG21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="C22" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G22" t="s">
+        <v>37</v>
+      </c>
+      <c r="S22" t="s">
+        <v>37</v>
       </c>
       <c r="Z22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB22" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:35">
-      <c r="A23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B23" s="1" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>37</v>
+      </c>
+      <c r="N23" t="s">
+        <v>37</v>
       </c>
       <c r="Z23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H24" t="s">
+        <v>37</v>
+      </c>
+      <c r="M24" t="s">
+        <v>37</v>
+      </c>
+      <c r="R24" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>37</v>
       </c>
       <c r="AB24" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>37</v>
       </c>
       <c r="AE24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="A25" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G25" t="s">
+        <v>37</v>
+      </c>
+      <c r="N25" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>37</v>
       </c>
       <c r="AB25" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG25" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:35">
-      <c r="A26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B26" s="1" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="K26" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>37</v>
       </c>
       <c r="Z26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH26" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:35">
       <c r="A27" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="C27" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H27" t="s">
+        <v>37</v>
+      </c>
+      <c r="O27" t="s">
+        <v>37</v>
       </c>
       <c r="Z27" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA27" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB27" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC27" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD27" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF27" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:35">
       <c r="B28" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C28" t="s">
+        <v>107</v>
+      </c>
+      <c r="D28" t="s">
+        <v>4</v>
+      </c>
+      <c r="E28" t="s">
+        <v>37</v>
+      </c>
+      <c r="H28" t="s">
+        <v>37</v>
+      </c>
+      <c r="L28" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF28" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="29" spans="1:35">
+      <c r="B29" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C29" t="s">
+        <v>109</v>
+      </c>
+      <c r="D29" t="s">
+        <v>4</v>
+      </c>
+      <c r="E29" t="s">
+        <v>37</v>
+      </c>
+      <c r="H29" t="s">
+        <v>37</v>
+      </c>
+      <c r="I29" t="s">
+        <v>37</v>
+      </c>
+      <c r="J29" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE29" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="30" spans="1:35">
+      <c r="B30" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C30" t="s">
+        <v>111</v>
+      </c>
+      <c r="D30" t="s">
+        <v>4</v>
+      </c>
+      <c r="E30" t="s">
+        <v>37</v>
+      </c>
+      <c r="H30" t="s">
+        <v>37</v>
+      </c>
+      <c r="I30" t="s">
+        <v>37</v>
+      </c>
+      <c r="L30" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE30" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="31" spans="1:35">
+      <c r="B31" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C31" t="s">
         <v>113</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D31" t="s">
+        <v>4</v>
+      </c>
+      <c r="E31" t="s">
+        <v>37</v>
+      </c>
+      <c r="H31" t="s">
+        <v>37</v>
+      </c>
+      <c r="I31" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" t="s">
+        <v>37</v>
+      </c>
+      <c r="N31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF31" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="32" spans="1:35">
+      <c r="B32" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="D28" t="s">
-[...34 lines deleted...]
-      <c r="A29" t="s">
+      <c r="C32" t="s">
         <v>115</v>
       </c>
-      <c r="B29" s="1" t="s">
+      <c r="D32" t="s">
+        <v>4</v>
+      </c>
+      <c r="E32" t="s">
+        <v>37</v>
+      </c>
+      <c r="H32" t="s">
+        <v>37</v>
+      </c>
+      <c r="I32" t="s">
+        <v>37</v>
+      </c>
+      <c r="L32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="33" spans="1:35">
+      <c r="B33" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C29" t="s">
+      <c r="C33" t="s">
         <v>117</v>
       </c>
-      <c r="D29" t="s">
-[...162 lines deleted...]
-      </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H33" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="K33" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>37</v>
       </c>
       <c r="AB33" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF33" t="s">
-        <v>38</v>
-[...318 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AH33" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
-    <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
-[...6 lines deleted...]
-    <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>