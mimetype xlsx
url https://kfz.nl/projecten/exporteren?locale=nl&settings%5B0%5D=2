--- v1 (2026-02-03)
+++ v2 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -128,225 +128,192 @@
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>Conceptualisatie literatuuronderzoek leef- en leerklimaat</t>
   </si>
   <si>
     <t>Het doel van dit project is onder andere om inzicht te krijgen in het concept klimaat zoals dit in de literatuur en in de praktijk wordt gehanteerd in verschillende werkvelden en settingen.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>2024-210</t>
-[...1 lines deleted...]
-  <si>
     <t>Elkaar goed begrijpen in de Forensische Zorg</t>
   </si>
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
-    <t>2024-217</t>
-[...1 lines deleted...]
-  <si>
     <t>Evaluatieonderzoek implementatie Waaiermodel</t>
   </si>
   <si>
     <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
     <t>BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>Het BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
-    <t>2023-201</t>
-[...1 lines deleted...]
-  <si>
     <t>Succesvol samenwerken met vrijwilligers in de BW/MO</t>
   </si>
   <si>
     <t>Hoe werk je succesvol samen met vrijwilligers in het beschermd wonen en de maatschappelijke opvang? Hoe kan dit het beste georganiseerd worden? En wat is de meerwaarde? Op deze vragen geeft dit project een antwoord.</t>
   </si>
   <si>
-    <t>2023-205</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
-    <t>2023-190</t>
-[...1 lines deleted...]
-  <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-183</t>
-[...1 lines deleted...]
-  <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
     <t>Kwaliteitsnetwerken</t>
   </si>
   <si>
     <t>Kwaliteitsnetwerken brengen professionals uit de forensische zorg samen om kennis en ervaring te delen. Zo wordt gezamenlijk gewerkt aan het verbeteren van kwaliteit en vakmanschap in de praktijk.</t>
   </si>
   <si>
     <t>Seksualiteitsbeleid bij forensische cliënten</t>
   </si>
   <si>
     <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
-    <t>2020-132</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische best practices in BW/MO instellingen</t>
   </si>
   <si>
     <t>In dit project is in kaart gebracht wat de forensische best practices zijn binnen de BW/MO instellingen. Waar worden positieve ervaringen opgedaan en waar zit de relevante kennis?</t>
   </si>
   <si>
-    <t>2019-100</t>
-[...1 lines deleted...]
-  <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
     <t>2020-127</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling e-modules psycho-educatie</t>
   </si>
   <si>
     <t>Het doel van dit huidige project is het doen van ‘onderzoek’ om te achterhalen wat er nodig is aan doorontwikkeling zodat het product technisch gezien door (vrijwel) alle ambulante forensische instellingen gebruikt kan worden en het aanbod in voldoende mate voldoet aan de behoeften van de behandelaars en cliënten.</t>
   </si>
   <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
     <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
     <t>2020-125</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling "Goed Ernaast"</t>
   </si>
   <si>
     <t>Op welk niveau bevindt het KFZ product "Goed ernaast" zich nu en wat is er nodig voor een doorontwikkeling?</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
-    <t>2018-96</t>
-[...1 lines deleted...]
-  <si>
     <t>Gezinsbenadering in de (forensische) zorg: een eerste verkenning</t>
   </si>
   <si>
     <t>Een handreiking voor gezinsbenadering volgens een levensloopperspectief voor hulpverleners in de BW/MO setting</t>
   </si>
   <si>
     <t>BW/MO cliënt op de juiste plek</t>
   </si>
   <si>
     <t>Passende zorg begint met de juiste plaatsing. Deze projecten richten zich op het verbeteren van informatie‑uitwisseling tussen plaatser en woonvoorziening bij forensische cliënten.</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
-    <t>2019-97</t>
-[...1 lines deleted...]
-  <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
-    <t>2018-84</t>
-[...2 lines deleted...]
-    <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
+    <t>Handreiking indicatiestelling forensische zorg voor LVB</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
     <t>Mind the Gap</t>
   </si>
   <si>
     <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
     <t>2016-47</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid in de forensische psychiatrie</t>
   </si>
@@ -871,1219 +838,1186 @@
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>37</v>
       </c>
       <c r="G2" t="s">
         <v>37</v>
       </c>
       <c r="Y2" t="s">
         <v>37</v>
       </c>
       <c r="Z2" t="s">
         <v>37</v>
       </c>
       <c r="AA2" t="s">
         <v>37</v>
       </c>
       <c r="AB2" t="s">
         <v>37</v>
       </c>
       <c r="AG2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
-      <c r="A3" t="s">
+      <c r="B3" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="Z3" t="s">
         <v>37</v>
       </c>
       <c r="AA3" t="s">
         <v>37</v>
       </c>
       <c r="AB3" t="s">
         <v>37</v>
       </c>
       <c r="AC3" t="s">
         <v>37</v>
       </c>
       <c r="AD3" t="s">
         <v>37</v>
       </c>
       <c r="AE3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>37</v>
       </c>
       <c r="I4" t="s">
         <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>37</v>
       </c>
       <c r="Z4" t="s">
         <v>37</v>
       </c>
       <c r="AA4" t="s">
         <v>37</v>
       </c>
       <c r="AB4" t="s">
         <v>37</v>
       </c>
       <c r="AD4" t="s">
         <v>37</v>
       </c>
       <c r="AE4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="B5" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>37</v>
       </c>
       <c r="I5" t="s">
         <v>37</v>
       </c>
       <c r="U5" t="s">
         <v>37</v>
       </c>
       <c r="AB5" t="s">
         <v>37</v>
       </c>
       <c r="AE5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
-      <c r="A6" t="s">
+      <c r="B6" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" t="s">
+        <v>37</v>
+      </c>
+      <c r="V6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:35">
+      <c r="B7" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C7" t="s">
         <v>47</v>
-      </c>
-[...36 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="L7" t="s">
         <v>37</v>
       </c>
       <c r="Z7" t="s">
         <v>37</v>
       </c>
       <c r="AA7" t="s">
         <v>37</v>
       </c>
       <c r="AB7" t="s">
         <v>37</v>
       </c>
       <c r="AC7" t="s">
         <v>37</v>
       </c>
       <c r="AF7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" s="1" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="H8" t="s">
         <v>37</v>
       </c>
       <c r="I8" t="s">
         <v>37</v>
       </c>
       <c r="K8" t="s">
         <v>37</v>
       </c>
       <c r="Q8" t="s">
         <v>37</v>
       </c>
       <c r="Z8" t="s">
         <v>37</v>
       </c>
       <c r="AA8" t="s">
         <v>37</v>
       </c>
       <c r="AB8" t="s">
         <v>37</v>
       </c>
       <c r="AC8" t="s">
         <v>37</v>
       </c>
       <c r="AD8" t="s">
         <v>37</v>
       </c>
       <c r="AH8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>37</v>
       </c>
       <c r="H9" t="s">
         <v>37</v>
       </c>
       <c r="L9" t="s">
         <v>37</v>
       </c>
       <c r="N9" t="s">
         <v>37</v>
       </c>
       <c r="S9" t="s">
         <v>37</v>
       </c>
       <c r="Z9" t="s">
         <v>37</v>
       </c>
       <c r="AA9" t="s">
         <v>37</v>
       </c>
       <c r="AB9" t="s">
         <v>37</v>
       </c>
       <c r="AC9" t="s">
         <v>37</v>
       </c>
       <c r="AD9" t="s">
         <v>37</v>
       </c>
       <c r="AG9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" s="1" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="G10" t="s">
         <v>37</v>
       </c>
       <c r="L10" t="s">
         <v>37</v>
       </c>
       <c r="N10" t="s">
         <v>37</v>
       </c>
       <c r="Z10" t="s">
         <v>37</v>
       </c>
       <c r="AA10" t="s">
         <v>37</v>
       </c>
       <c r="AB10" t="s">
         <v>37</v>
       </c>
       <c r="AC10" t="s">
         <v>37</v>
       </c>
       <c r="AD10" t="s">
         <v>37</v>
       </c>
       <c r="AF10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="B11" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="G11" t="s">
         <v>37</v>
       </c>
       <c r="L11" t="s">
         <v>37</v>
       </c>
       <c r="S11" t="s">
         <v>37</v>
       </c>
       <c r="Z11" t="s">
         <v>37</v>
       </c>
       <c r="AA11" t="s">
         <v>37</v>
       </c>
       <c r="AB11" t="s">
         <v>37</v>
       </c>
       <c r="AH11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="B12" s="1" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="C12" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
       <c r="I12" t="s">
         <v>37</v>
       </c>
       <c r="J12" t="s">
         <v>37</v>
       </c>
       <c r="R12" t="s">
         <v>37</v>
       </c>
       <c r="Z12" t="s">
         <v>37</v>
       </c>
       <c r="AA12" t="s">
         <v>37</v>
       </c>
       <c r="AB12" t="s">
         <v>37</v>
       </c>
       <c r="AC12" t="s">
         <v>37</v>
       </c>
       <c r="AD12" t="s">
         <v>37</v>
       </c>
       <c r="AF12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
-      <c r="A13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B13" s="1" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="H13" t="s">
         <v>37</v>
       </c>
       <c r="I13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
         <v>37</v>
       </c>
       <c r="AB13" t="s">
         <v>37</v>
       </c>
       <c r="AE13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
-      <c r="A14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B14" s="1" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="C14" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>37</v>
       </c>
       <c r="L14" t="s">
         <v>37</v>
       </c>
       <c r="U14" t="s">
         <v>37</v>
       </c>
       <c r="Z14" t="s">
         <v>37</v>
       </c>
       <c r="AA14" t="s">
         <v>37</v>
       </c>
       <c r="AB14" t="s">
         <v>37</v>
       </c>
       <c r="AC14" t="s">
         <v>37</v>
       </c>
       <c r="AE14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="G15" t="s">
         <v>37</v>
       </c>
       <c r="N15" t="s">
         <v>37</v>
       </c>
       <c r="Z15" t="s">
         <v>37</v>
       </c>
       <c r="AA15" t="s">
         <v>37</v>
       </c>
       <c r="AB15" t="s">
         <v>37</v>
       </c>
       <c r="AF15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="B16" s="1" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="C16" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="H16" t="s">
         <v>37</v>
       </c>
       <c r="I16" t="s">
         <v>37</v>
       </c>
       <c r="N16" t="s">
         <v>37</v>
       </c>
       <c r="AA16" t="s">
         <v>37</v>
       </c>
       <c r="AB16" t="s">
         <v>37</v>
       </c>
       <c r="AD16" t="s">
         <v>37</v>
       </c>
       <c r="AG16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="H17" t="s">
         <v>37</v>
       </c>
       <c r="V17" t="s">
         <v>37</v>
       </c>
       <c r="Z17" t="s">
         <v>37</v>
       </c>
       <c r="AA17" t="s">
         <v>37</v>
       </c>
       <c r="AB17" t="s">
         <v>37</v>
       </c>
       <c r="AE17" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
         <v>37</v>
       </c>
       <c r="G18" t="s">
         <v>37</v>
       </c>
       <c r="O18" t="s">
         <v>37</v>
       </c>
       <c r="Z18" t="s">
         <v>37</v>
       </c>
       <c r="AA18" t="s">
         <v>37</v>
       </c>
       <c r="AB18" t="s">
         <v>37</v>
       </c>
       <c r="AC18" t="s">
         <v>37</v>
       </c>
       <c r="AD18" t="s">
         <v>37</v>
       </c>
       <c r="AF18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:35">
-      <c r="A19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B19" s="1" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
         <v>37</v>
       </c>
       <c r="G19" t="s">
         <v>37</v>
       </c>
       <c r="L19" t="s">
         <v>37</v>
       </c>
       <c r="V19" t="s">
         <v>37</v>
       </c>
       <c r="AB19" t="s">
         <v>37</v>
       </c>
       <c r="AE19" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="B20" s="1" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="C20" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
       <c r="H20" t="s">
         <v>37</v>
       </c>
       <c r="K20" t="s">
         <v>37</v>
       </c>
       <c r="Q20" t="s">
         <v>37</v>
       </c>
       <c r="AB20" t="s">
         <v>37</v>
       </c>
       <c r="AH20" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:35">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="C21" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
       </c>
       <c r="G21" t="s">
         <v>37</v>
       </c>
       <c r="R21" t="s">
         <v>37</v>
       </c>
       <c r="Z21" t="s">
         <v>37</v>
       </c>
       <c r="AA21" t="s">
         <v>37</v>
       </c>
       <c r="AB21" t="s">
         <v>37</v>
       </c>
       <c r="AC21" t="s">
         <v>37</v>
       </c>
       <c r="AG21" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:35">
-      <c r="A22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B22" s="1" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="C22" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
       </c>
       <c r="G22" t="s">
         <v>37</v>
       </c>
       <c r="S22" t="s">
         <v>37</v>
       </c>
       <c r="Z22" t="s">
         <v>37</v>
       </c>
       <c r="AA22" t="s">
         <v>37</v>
       </c>
       <c r="AB22" t="s">
         <v>37</v>
       </c>
       <c r="AC22" t="s">
         <v>37</v>
       </c>
       <c r="AD22" t="s">
         <v>37</v>
       </c>
       <c r="AG22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="B23" s="1" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="C23" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
         <v>37</v>
       </c>
       <c r="H23" t="s">
         <v>37</v>
       </c>
       <c r="L23" t="s">
         <v>37</v>
       </c>
       <c r="N23" t="s">
         <v>37</v>
       </c>
       <c r="Z23" t="s">
         <v>37</v>
       </c>
       <c r="AA23" t="s">
         <v>37</v>
       </c>
       <c r="AB23" t="s">
         <v>37</v>
       </c>
       <c r="AC23" t="s">
         <v>37</v>
       </c>
       <c r="AD23" t="s">
         <v>37</v>
       </c>
       <c r="AF23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:35">
-      <c r="A24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B24" s="1" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="C24" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
         <v>37</v>
       </c>
       <c r="H24" t="s">
         <v>37</v>
       </c>
       <c r="M24" t="s">
         <v>37</v>
       </c>
       <c r="R24" t="s">
         <v>37</v>
       </c>
       <c r="Z24" t="s">
         <v>37</v>
       </c>
       <c r="AA24" t="s">
         <v>37</v>
       </c>
       <c r="AB24" t="s">
         <v>37</v>
       </c>
       <c r="AC24" t="s">
         <v>37</v>
       </c>
       <c r="AD24" t="s">
         <v>37</v>
       </c>
       <c r="AE24" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="A25" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="C25" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>37</v>
       </c>
       <c r="G25" t="s">
         <v>37</v>
       </c>
       <c r="N25" t="s">
         <v>37</v>
       </c>
       <c r="Z25" t="s">
         <v>37</v>
       </c>
       <c r="AA25" t="s">
         <v>37</v>
       </c>
       <c r="AB25" t="s">
         <v>37</v>
       </c>
       <c r="AC25" t="s">
         <v>37</v>
       </c>
       <c r="AD25" t="s">
         <v>37</v>
       </c>
       <c r="AG25" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="B26" s="1" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="C26" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
         <v>37</v>
       </c>
       <c r="G26" t="s">
         <v>37</v>
       </c>
       <c r="K26" t="s">
         <v>37</v>
       </c>
       <c r="Q26" t="s">
         <v>37</v>
       </c>
       <c r="Z26" t="s">
         <v>37</v>
       </c>
       <c r="AA26" t="s">
         <v>37</v>
       </c>
       <c r="AB26" t="s">
         <v>37</v>
       </c>
       <c r="AC26" t="s">
         <v>37</v>
       </c>
       <c r="AD26" t="s">
         <v>37</v>
       </c>
       <c r="AE26" t="s">
         <v>37</v>
       </c>
       <c r="AH26" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:35">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="C27" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
         <v>37</v>
       </c>
       <c r="H27" t="s">
         <v>37</v>
       </c>
       <c r="O27" t="s">
         <v>37</v>
       </c>
       <c r="Z27" t="s">
         <v>37</v>
       </c>
       <c r="AA27" t="s">
         <v>37</v>
       </c>
       <c r="AB27" t="s">
         <v>37</v>
       </c>
       <c r="AC27" t="s">
         <v>37</v>
       </c>
       <c r="AD27" t="s">
         <v>37</v>
       </c>
       <c r="AF27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:35">
       <c r="B28" s="1" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
         <v>37</v>
       </c>
       <c r="H28" t="s">
         <v>37</v>
       </c>
       <c r="L28" t="s">
         <v>37</v>
       </c>
       <c r="Z28" t="s">
         <v>37</v>
       </c>
       <c r="AA28" t="s">
         <v>37</v>
       </c>
       <c r="AB28" t="s">
         <v>37</v>
       </c>
       <c r="AC28" t="s">
         <v>37</v>
       </c>
       <c r="AD28" t="s">
         <v>37</v>
       </c>
       <c r="AE28" t="s">
         <v>37</v>
       </c>
       <c r="AF28" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:35">
       <c r="B29" s="1" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C29" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
       <c r="E29" t="s">
         <v>37</v>
       </c>
       <c r="H29" t="s">
         <v>37</v>
       </c>
       <c r="I29" t="s">
         <v>37</v>
       </c>
       <c r="J29" t="s">
         <v>37</v>
       </c>
       <c r="Y29" t="s">
         <v>37</v>
       </c>
       <c r="Z29" t="s">
         <v>37</v>
       </c>
       <c r="AA29" t="s">
         <v>37</v>
       </c>
       <c r="AB29" t="s">
         <v>37</v>
       </c>
       <c r="AC29" t="s">
         <v>37</v>
       </c>
       <c r="AD29" t="s">
         <v>37</v>
       </c>
       <c r="AE29" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:35">
       <c r="B30" s="1" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="C30" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
         <v>37</v>
       </c>
       <c r="H30" t="s">
         <v>37</v>
       </c>
       <c r="I30" t="s">
         <v>37</v>
       </c>
       <c r="L30" t="s">
         <v>37</v>
       </c>
       <c r="Y30" t="s">
         <v>37</v>
       </c>
       <c r="AA30" t="s">
         <v>37</v>
       </c>
       <c r="AB30" t="s">
         <v>37</v>
       </c>
       <c r="AE30" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:35">
       <c r="B31" s="1" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="C31" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
         <v>37</v>
       </c>
       <c r="H31" t="s">
         <v>37</v>
       </c>
       <c r="I31" t="s">
         <v>37</v>
       </c>
       <c r="J31" t="s">
         <v>37</v>
       </c>
       <c r="N31" t="s">
         <v>37</v>
       </c>
       <c r="AA31" t="s">
         <v>37</v>
       </c>
       <c r="AB31" t="s">
         <v>37</v>
       </c>
       <c r="AD31" t="s">
         <v>37</v>
       </c>
       <c r="AE31" t="s">
         <v>37</v>
       </c>
       <c r="AF31" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:35">
       <c r="B32" s="1" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="C32" t="s">
-        <v>115</v>
+        <v>104</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
         <v>37</v>
       </c>
       <c r="H32" t="s">
         <v>37</v>
       </c>
       <c r="I32" t="s">
         <v>37</v>
       </c>
       <c r="L32" t="s">
         <v>37</v>
       </c>
       <c r="AA32" t="s">
         <v>37</v>
       </c>
       <c r="AB32" t="s">
         <v>37</v>
       </c>
       <c r="AE32" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:35">
       <c r="B33" s="1" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="C33" t="s">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>37</v>
       </c>
       <c r="H33" t="s">
         <v>37</v>
       </c>
       <c r="K33" t="s">
         <v>37</v>
       </c>
       <c r="Q33" t="s">
         <v>37</v>
       </c>
       <c r="AB33" t="s">
         <v>37</v>
       </c>
       <c r="AF33" t="s">
         <v>37</v>
       </c>
       <c r="AH33" t="s">
         <v>37</v>
       </c>