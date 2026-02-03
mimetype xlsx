--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,933 +119,687 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
+    <t>Conceptualisatie literatuuronderzoek leef- en leerklimaat</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is onder andere om inzicht te krijgen in het concept klimaat zoals dit in de literatuur en in de praktijk wordt gehanteerd in verschillende werkvelden en settingen.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>2013-1</t>
+  </si>
+  <si>
+    <t>Leefstijltraining Justitiabelen i.c.m. contingency management</t>
+  </si>
+  <si>
+    <t>Dit betreft een protocol over de bruikbaarheid en toepasbaarheid van contingency management gecombineerd met cognitieve gedragstherapie voor middelengebruik in de ambulante forensische (verslavings)zorg.</t>
+  </si>
+  <si>
     <t>2024-212</t>
   </si>
   <si>
     <t>In- en uitstroom in zorgketen forensische cliënten/patiënten met een LVB</t>
   </si>
   <si>
     <t>In kaart brengen van knelpunten en succesfactoren met betrekking tot overplaatsing en overdracht vanuit een Borginstelling naar een vervolgvoorziening, om de continuïteit in de ketenzorg te verbeteren.</t>
   </si>
   <si>
-    <t>x</t>
-[...1 lines deleted...]
-  <si>
     <t>2024-210</t>
   </si>
   <si>
     <t>Elkaar goed begrijpen in de Forensische Zorg</t>
   </si>
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
     <t>2024-217</t>
   </si>
   <si>
     <t>Evaluatieonderzoek implementatie Waaiermodel</t>
   </si>
   <si>
     <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
     <t>2021-157</t>
   </si>
   <si>
     <t>De effectiviteitspuzzel van eHealth</t>
   </si>
   <si>
     <t>Wat is de toegevoegde waarde van online modules voor behandelingen in de forensische zorg?</t>
   </si>
   <si>
-    <t>2020-139</t>
-[...7 lines deleted...]
-  <si>
     <t>2023-205</t>
   </si>
   <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
-    <t>2023-189</t>
-[...1 lines deleted...]
-  <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
-    <t>Dit project richt zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
+    <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
     <t>2023-190</t>
   </si>
   <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-178</t>
-[...16 lines deleted...]
-  <si>
     <t>2022-183</t>
   </si>
   <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
     <t>2022-180</t>
   </si>
   <si>
     <t>Meten is weten: een pilotstudie naar de inzet van wearables ter ondersteuning van agressieregulatietherapie</t>
   </si>
   <si>
     <t>Het in kaart brengen van hoe wearables ingezet kunnen worden in ambulant aangeboden ARopMaat behandelingen</t>
   </si>
   <si>
-    <t>2022-168</t>
-[...5 lines deleted...]
-    <t>Het ontwikkelen van een theoretisch kader voor de forensische kwaliteitsnetwerken, dat duidelijk maakt welke aanpak en welke werkzame factoren tot welke doelen leiden.</t>
+    <t>Kwaliteitsnetwerken</t>
+  </si>
+  <si>
+    <t>Kwaliteitsnetwerken brengen professionals uit de forensische zorg samen om kennis en ervaring te delen. Zo wordt gezamenlijk gewerkt aan het verbeteren van kwaliteit en vakmanschap in de praktijk.</t>
   </si>
   <si>
     <t>2022-186</t>
   </si>
   <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
     <t>2022-153</t>
   </si>
   <si>
     <t>Werkingsmechanismen en interventies van vaktherapie in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van dit project is kennis- en kwaliteitsontwikkeling en professionalisering van vaktherapie in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-181</t>
-[...5 lines deleted...]
-    <t>In dit project wordt kennis uit literatuur en attitudes en vaardigheden van professionals omgezet in praktische handvatten t.a.v. seksualiteit bij LVB-cliënten.</t>
+    <t>Seksualiteitsbeleid bij forensische cliënten</t>
+  </si>
+  <si>
+    <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2022-179</t>
   </si>
   <si>
     <t>Rapid realist review naar effectiviteit van forensische zorg voor personen met een LVB</t>
   </si>
   <si>
     <t>Een literatuurstudie naar hoe forensische behandelingen dienen te worden ingericht om optimaal effectief te zijn voor de LVB-populatie.</t>
   </si>
   <si>
     <t>2021-152</t>
   </si>
   <si>
     <t>Doorontwikkeling Helpers en Helden</t>
   </si>
   <si>
     <t>Binnen dit project wordt de interventie Helpers en Helden (SFT voor LVB) doorontwikkeld.</t>
   </si>
   <si>
-    <t>2022-173</t>
-[...7 lines deleted...]
-  <si>
     <t>2021-159</t>
   </si>
   <si>
     <t>Doorontwikkeling e-Health modules psycho-educatie</t>
   </si>
   <si>
     <t>Doorontwikkeling e-Health modules psycho-educatie voor forensische ambulante instellingen.</t>
   </si>
   <si>
-    <t>2021-154</t>
-[...7 lines deleted...]
-  <si>
     <t>2021-149</t>
   </si>
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
-    <t>2021-155</t>
-[...16 lines deleted...]
-  <si>
     <t>2021-141</t>
   </si>
   <si>
     <t>Doorontwikkeling verdiepingsdiagnostiek</t>
   </si>
   <si>
     <t>De doorontwikkeling van het product verdiepingsdiagnostiek heeft betrekking op de verdere implementatie van het product.</t>
   </si>
   <si>
-    <t>2020-130</t>
-[...7 lines deleted...]
-  <si>
     <t>2018-89</t>
   </si>
   <si>
     <t>Responsiviteit ASS</t>
   </si>
   <si>
     <t>Dit project zal een overzicht opleveren van de neurocognitieve problemen en leerstijl van mensen met ASS en de invloed die dat heeft op de responsiviteit in gangbare interventies.</t>
   </si>
   <si>
     <t>2019-100</t>
   </si>
   <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
     <t>2020-131</t>
   </si>
   <si>
     <t>Literatuuronderzoek en operationalisatie van behandelvoortgang binnen de forensische zorg</t>
   </si>
   <si>
     <t>Het ontwikkelen van een multidimensionaal conceptueel model voor de operationalisatie van behandelvoortgang dat toepasbaar is binnen de gehele forensische zorg.</t>
   </si>
   <si>
     <t>2020-123</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling SFT bij LVB</t>
   </si>
   <si>
     <t>In dit project wordt de eventuele doorontwikkeling van de module Helpers &amp; Helden onderzocht.</t>
   </si>
   <si>
-    <t>2020-129</t>
-[...7 lines deleted...]
-  <si>
     <t>2020-127</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling e-modules psycho-educatie</t>
   </si>
   <si>
     <t>Het doel van dit huidige project is het doen van ‘onderzoek’ om te achterhalen wat er nodig is aan doorontwikkeling zodat het product technisch gezien door (vrijwel) alle ambulante forensische instellingen gebruikt kan worden en het aanbod in voldoende mate voldoet aan de behoeften van de behandelaars en cliënten.</t>
   </si>
   <si>
-    <t>2020-135</t>
-[...1 lines deleted...]
-  <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
-    <t>Best practices en concrete do’s en don’ts voor het werken op afstand met reclasseringscliënten.</t>
+    <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
     <t>2018-86</t>
   </si>
   <si>
     <t>Cliëntprofielen Forensische Verslavingszorg</t>
   </si>
   <si>
     <t>Een beschrijving van bestaande cliëntprofielen vanuit wetenschap, databases en de betekenis die dit zou moeten hebben voor de zorg (inhoud, duur, kosten).</t>
   </si>
   <si>
     <t>2020-125</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling "Goed Ernaast"</t>
   </si>
   <si>
     <t>Op welk niveau bevindt het KFZ product "Goed ernaast" zich nu en wat is er nodig voor een doorontwikkeling?</t>
   </si>
   <si>
-    <t>2018-88</t>
-[...5 lines deleted...]
-    <t>Onderzoek van de leerstijl van mensen met ADHD.</t>
+    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten met ADHD</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
     <t>2018-78</t>
   </si>
   <si>
     <t>Behoefteninventarisatie betrekken familie en andere naasten bij de forensische zorg</t>
   </si>
   <si>
     <t>In deze pre-call zal de behoeften en ervaringen van naasten, cliënten en behandelaars geïnventariseerd worden op het gebied van betrekken van naasten in de forensische zorg.</t>
   </si>
   <si>
     <t>2019-103</t>
   </si>
   <si>
     <t>Evidence gap map vaktherapie: de ontwikkeling van een evicende gap map voor vaktherapie in de forensische GGZ</t>
   </si>
   <si>
     <t>Het doel van dit project is om de kennislancune op basis van wetenschappelijk gepubliceerde en niet gepubliceerde literatuur te achterhalen; behoeften naar nieuw onderzoek op te halen bij vaktherapeuten, onderzoekers, verwijzers en ervaringsdeskundigen/patiënten; onderzoeken te prioriteren op basis van praktijk en wetenschap.</t>
   </si>
   <si>
-    <t>2019-102</t>
-[...14 lines deleted...]
-    <t>De module ‘delictanalyse’ is in zijn uitgebreide vorm niet in alle settingen even bruikbaar. Daarom is er een handleiding voor een verkorte delictanalyse (VDA) ontwikkeld, om zo inzicht te krijgen in de delictfactoren van de deelnemer.</t>
+    <t>Niet-aangeboren hersenletsel (NAH)</t>
+  </si>
+  <si>
+    <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
-    <t>2019-117</t>
-[...7 lines deleted...]
-  <si>
     <t>2019-97</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
-    <t>2019-109</t>
-[...25 lines deleted...]
-  <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
-    <t>2018-90</t>
-[...7 lines deleted...]
-  <si>
     <t>2018-84</t>
   </si>
   <si>
     <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
-    <t>2018-79</t>
-[...5 lines deleted...]
-    <t>Deze pre-call inventariseert de behoeften van professionals en patiënten in de forensische zorg met betrekking tot continuïteit van zorg en de levensloop.</t>
+    <t>Mind the Gap</t>
+  </si>
+  <si>
+    <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
     <t>2017-68</t>
   </si>
   <si>
     <t>Transcranial Direct Current Stimulation (tDCS) als nieuwe interventie voor het reduceren van gewelddadige recidive</t>
   </si>
   <si>
     <t>In deze studie wordt onderzocht in hoeverre de methodiek tDCS een succesvolle interventie kan zijn om gewelddadig delictgedrag bij verslaafden justitiabelen in de toekomst te voorkomen.</t>
   </si>
   <si>
-    <t>2017-70</t>
-[...5 lines deleted...]
-    <t>In dit project is er een LVB-variant als addendum van SeSa ontwikkeld voor de behandeling van traumagerelateerde klachten/stoornissen en verslaving in de forensische psychiatrie en verslavingszorg.</t>
+    <t>Seeking Safety</t>
+  </si>
+  <si>
+    <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
   </si>
   <si>
     <t>2017-71</t>
   </si>
   <si>
     <t>Het ontwikkelen van de DROS 2.0</t>
   </si>
   <si>
     <t>In dit project wordt het instrument de DROS (Dynamic Risk Outcome Scales) herzien en gevalideerd, zodat het in de toekomst onderbouwd zowel als ROM-instrument als risicotaxatie-instrument ingezet kan worden.</t>
   </si>
   <si>
     <t>2016-51</t>
   </si>
   <si>
     <t>Cognitieve profielen</t>
   </si>
   <si>
     <t>Dit project richt zich op het verhelderen van de relatie tussen antisociaal gedrag en problematisch middelengebruik door het gebruik van cognitieve profielen, zodat men in de behandeling de juiste primaire focus heeft.</t>
   </si>
   <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
   </si>
   <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
     <t>2014-18</t>
   </si>
   <si>
     <t>Cognitieve vervormingen bij zedendelinquenten</t>
   </si>
   <si>
     <t>Hier staat (neuro-)cognitief onderzoek onder zedendelinquenten centraal. Door het meten van cognitieve vervormingen bij zedendelinquenten te verbeteren, kan de behandeling hiervan aangescherpt en verbeterd worden.</t>
   </si>
   <si>
-    <t>2014-20</t>
-[...5 lines deleted...]
-    <t>In dit rapport wordt het verband tussen middelengebruik en criminaliteit uitgediept, specifiek voor de reclasseringscontext. Focus hierbij is de aard en sterkte van dit verband, beïnvloedende factoren en de toepasbaarheid voor de reclassering.</t>
+    <t>Middelengebruik in reclasseringscontext</t>
+  </si>
+  <si>
+    <t>Binnen het thema middelengebruik in de reclasseringscontext wordt onderzocht hoe middelengebruik samenhangt met toezicht, begeleiding en risico’s, en wat dit betekent voor professioneel handelen.</t>
   </si>
   <si>
     <t>2014-23</t>
   </si>
   <si>
     <t>Subgroepen brandstichters</t>
   </si>
   <si>
     <t>De dadergroep brandstichters kan in verschillende subtypen worden onderscheiden. Die subtypen beïnvloeden de opsporingsrelevante kenmerken voor politie maar zijn ook van invloed op behandeling van deze groep forensische patiënten.</t>
   </si>
   <si>
     <t>2014-26</t>
   </si>
   <si>
     <t>Do's &amp; Don'ts e-Health</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken welke e-health toepassingen uit de algemene zorgsector wel of niet succesvol zijn in de praktijk, wat hiervoor de redenen zijn en wat de forensische zorgsector hiervan kan leren voor eigen e-health toepassingen.</t>
   </si>
   <si>
-    <t>2014-27</t>
-[...1 lines deleted...]
-  <si>
     <t>Blended module voor relationeel geweld</t>
   </si>
   <si>
     <t>Een online module gericht op het verkrijgen van praktisch inzicht in en het voorkomen van geweld in relaties. De module kan flexibel ingezet worden in het geheel van de forensische behandeling.</t>
   </si>
   <si>
     <t>2014-28</t>
   </si>
   <si>
     <t>E-health psycho-educatie</t>
   </si>
   <si>
     <t>In dit project zijn psycho-educatie modules opgesteld die voor verschillende patiëntgroepen in de (ambulante) forensische zorg te gebruiken zijn. Focus is geven van inzicht in de specifieke stoornis en bespreken van behandelmogelijkheden.</t>
   </si>
   <si>
     <t>2014-34</t>
   </si>
   <si>
     <t>Behandelvoortgang persoonlijkheids stoornissen</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een persoonlijkheidsstoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
     <t>2014-35</t>
   </si>
   <si>
     <t>Behandelvoortgang seksuele stoornissen (Call 2014-35)</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een seksuele stoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
-    <t>2015-41</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische FACT LVB</t>
   </si>
   <si>
     <t>De Borg-instellingen werken samen aan de implementatie van het forensische FACT-team voor de LVB-doelgroep. Ze hebben de resultaten hiervan onderzocht en stimuleren de landelijke ontwikkeling van de For (F)ACT LVB.</t>
   </si>
   <si>
-    <t>2015-43</t>
-[...1 lines deleted...]
-  <si>
     <t>Behandeling van seksueel grensoverschrijdend gedrag bij cliënten met een LVB</t>
   </si>
   <si>
     <t>Deze behandelinterventie is gericht op de dynamische criminogene factoren die van invloed zijn op seksueel grensoverschrijdend gedrag bij cliënten met een LVB, met als doel dit gedrag te reduceren en in de toekomst te voorkomen.</t>
   </si>
   <si>
     <t>2016-47</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid in de forensische psychiatrie</t>
   </si>
   <si>
     <t>Het belang en mogelijkheden van ervaringsdeskundigen binnen de forensische psychiatrie zijn hier in kaart gebracht, met het oog op praktische toepassingsmogelijkheden en beperkingen die in deze specifieke sector een rol spelen.</t>
   </si>
   <si>
-    <t>2016-61</t>
-[...1 lines deleted...]
-  <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
     <t>Schema Focused Therapy (SFT)</t>
   </si>
   <si>
     <t>Deze variant van Schema Focused Therapy is gericht op de forensische doelgroep. Binnen SFT worden disfunctionele schema's waar mogelijk aangepast naar nieuwe, functionele schema's om zo onder andere delictgedrag te voorkomen.</t>
   </si>
   <si>
     <t>2013-7</t>
   </si>
   <si>
     <t>Zedendelinquenten onderscheiden</t>
   </si>
   <si>
     <t>Binnen dit project is gekeken naar onderscheidende factoren tussen verschillende soorten daders binnen de groep van zedendelinquenten. Op basis hiervan zijn drie vervolgcalls uitgezet ter verdieping van deze eerste conclusies.</t>
   </si>
   <si>
     <t>2015-21</t>
   </si>
   <si>
     <t>Protocol voor middelencontrole in reclasseringscontext</t>
   </si>
   <si>
     <t>Ontwikkeling van een handelingsprotocol om de controle op middelengebruik te professionaliseren en te standaardiseren. Deze kan ingezet worden in de ambulante setting voor cliënten met middelenproblematiek.</t>
   </si>
   <si>
     <t>2014-25</t>
   </si>
   <si>
     <t>Helpers en Helden: SFT voor LVB</t>
   </si>
   <si>
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
-    <t>2014-38</t>
-[...32 lines deleted...]
-    <t>In dit project is de module 'Weet Wat Je Kan', gericht op psycho-educatie van de LVB-doelgroep, vertaald naar een e-module. Er is ook een online instructiefilm gemaakt om de scholing in de module voor trainers te bevorderen.</t>
+    <t>Ambulante risicotaxatie-instrument FARE</t>
+  </si>
+  <si>
+    <t>Voor ambulante settings in de forensische zorg is een instrument ontwikkeld dat risicotaxatie ondersteunt en versterkt. Op deze pagina lees je meer over het ambulant risicotaxatie‑instrument FARE.</t>
   </si>
   <si>
     <t>2017-52</t>
   </si>
   <si>
     <t>Doorontwikkeling handelingsprotocol middelengebruik (Toolbox)</t>
   </si>
   <si>
     <t>Dit betreft de doorontwikkeling van de handreiking over middelengebruik in forensisch klinische context. Hier wordt toegewerkt naar een handelingsprotocol dat meer praktische handvatten geeft aan het dagelijkse handelen.</t>
   </si>
   <si>
-    <t>2016-62</t>
-[...7 lines deleted...]
-  <si>
     <t>2013-6</t>
   </si>
   <si>
     <t>Herstelondersteunende interventies patiënten met psychotische stoornis</t>
   </si>
   <si>
     <t>Dit onderzoek biedt een verdieping in effectieve herstelondersteunende (behandel)interventies, ter aanvulling op het Zorgprogramma Psychotische Stoornissen van het EFP.</t>
   </si>
   <si>
     <t>2014-17</t>
   </si>
   <si>
     <t>Seksuele preoccupatie bij zedendelinquenten</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar het werkende mechanisme achter seksuele preoccupatie onder zedendelinquenten. Er is gezocht naar een methode om dit correct vast te stellen, en te beïnvloeden om recidive op dit gebied te voorkomen.</t>
   </si>
   <si>
-    <t>2016-46</t>
-[...1 lines deleted...]
-  <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
-    <t>Dit betreft een kennisdocument met aanbevelingen en handvatten voor het verbeteren van de objectieve en subjectieve kwaliteit van leven van forensisch psychiatrische patiënten. Het doel is om meer aandacht creëren voor kwaliteit van leven in de forensische context, waar de primaire focus logischerwijs op beveiliging ligt.</t>
-[...2 lines deleted...]
-    <t>2016-48</t>
+    <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
   </si>
   <si>
     <t>Ontwikkelingsstoornissen</t>
   </si>
   <si>
     <t>In dit inventariserende onderzoek is gekeken naar de behoeften aan verdiepend onderzoek gericht op de specifieke doelgroep van forensisch psychiatrische patiënten met een ontwikkelingsstoornis ASS en/of ADHD.</t>
   </si>
   <si>
     <t>2016-50</t>
   </si>
   <si>
     <t>Handreiking 'LVBeeld; basis voor discussie, vertrekpunt voor herkenning'</t>
   </si>
   <si>
     <t>Dit project heeft als doel dat professionals die aan het begin van de strafrechtsketen staan, een LVB-cliënt sneller en beter herkennen. Door middel van interactieve training leert men de LVB tijdig te herkennen en te signaleren.</t>
   </si>
   <si>
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
   <si>
     <t>In dit vervolgonderzoek wordt door middel van proeftuinen (in fpc's, fpk's, fpa's, ppc's en forensische poli's) gewerkt aan een algemeen en sectorspecifiek implementatieadvies van de methode delictanalyse.</t>
   </si>
   <si>
-    <t>2016-54</t>
-[...8 lines deleted...]
-    <t>2013-15</t>
+    <t>Krachtgericht werken binnen de maatschappelijke opvang en beschermd wonen</t>
+  </si>
+  <si>
+    <t>Binnen deze projecten is gewerkt aan het versterken van veiligheid in opvang- en zorgvoorzieningen. De projecten richten zich op hoe medewerkers en cliënten gezamenlijk kunnen bijdragen aan een veilig leef- en werkklimaat.</t>
   </si>
   <si>
     <t>Agressiehantering</t>
   </si>
   <si>
     <t>Een interventie gericht op forensische patiënten met agressieproblematiek. Het betreft een specifiek zorgprogramma dat erop gericht is agressieproblematiek volgens cognitieve gedragstherapeutische technieken aan te pakken.</t>
   </si>
   <si>
-    <t>2014-22</t>
-[...14 lines deleted...]
-    <t>Er is een literatuurstudie gedaan om te achterhalen wat er tot nu toe bekend is over eventuele psychopathologie van partners van plegers van relationeel geweld, en welke mogelijke gevolgen dit kan hebben voor behandeling.</t>
+    <t>Partnergeweld</t>
+  </si>
+  <si>
+    <t>Binnen dit thema staat partnergeweld centraal. Het onderzoek richt zich op het vergroten van inzicht in aard, aanpak en preventie van partnergeweld binnen de forensische context.</t>
   </si>
   <si>
     <t>2013-5</t>
   </si>
   <si>
     <t>Verdiepingsdiagnostiek (Call 2013-5/2017-73)</t>
   </si>
   <si>
     <t>Bij psychiatrische- en of verslavingsproblematiek is er, naast het afnemen van de RISc ook verdiepingsdiagnostiek nodig. In dit onderzoek is er een gestandaardiseerd product ontwikkeld.</t>
   </si>
   <si>
     <t>2016-49</t>
   </si>
   <si>
     <t>Basiszorgprogramma ambulant</t>
   </si>
   <si>
     <t>Hier wordt een basis zorgprogramma ontworpen voor de ambulante forensische setting, met oog voor verschillen met de klinische setting (bijv. doelgroep) en verschillende werkwijzen die kenmerkend zijn voor de ambulante zorg.</t>
   </si>
   <si>
-    <t>2015-9</t>
-[...1 lines deleted...]
-  <si>
     <t>Antisociaal gedrag en problematisch middelengebruik</t>
   </si>
   <si>
     <t>In dit project is een aanzet geformuleerd voor een richtlijn over de diagnostiek en de behandeling van problematisch middelengebruik.</t>
   </si>
   <si>
-    <t>2014-30</t>
-[...14 lines deleted...]
-    <t>Bij (dreigende) agressie vallen professionals snel terug op repressie en regels, wat risico op nieuwe incidenten verhogen kan. Vanuit herstelgericht werken heeft deze call een handleiding 'Proactieve Agressiehantering voor Opvangvoorzieningen' (PAvO) opgeleverd.</t>
+    <t>GRIP-app</t>
+  </si>
+  <si>
+    <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
+  </si>
+  <si>
+    <t>De Proactieve Agressiehantering voor Opvangvoorzieningen (PAvO)</t>
+  </si>
+  <si>
+    <t>De PAVO‑methodiek richt zich op het proactief omgaan met agressie binnen opvangvoorzieningen. Het project biedt handvatten om agressie te signaleren, te voorkomen en op een professionele manier te hanteren.</t>
   </si>
   <si>
     <t>2016-60</t>
   </si>
   <si>
     <t>Handreiking slachtofferbewust werken voor forensisch maatschappelijk werkers</t>
   </si>
   <si>
     <t>Dit project betreft de implementatie en doorontwikkeling van de handreiking: Slachtofferbewust werken voor Forensisch Maatschappelijk Werkers.</t>
   </si>
   <si>
-    <t>2013-3</t>
-[...2 lines deleted...]
-    <t>Psycho-educatie module LVB 'Weet Wat Je Kan'</t>
+    <t>Weet wat je kan</t>
   </si>
   <si>
     <t>De psycho-educatie module "Weet wat je kan" is gericht op patiënten met een licht verstandelijke beperking (LVB) en is inzetbaar bij o.a. het vergroten van responsiviteit op (forensische) behandeling.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Dit project betreft een validatieonderzoek van het recent ontwikkelde risicotaxatie-instrument de FARE, voor ambulante forensische zorg. Binnen vier ambulante instellingen wordt het instrument ingezet en getoetst.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -1351,62 +1105,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse-voor-mensen-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-fare" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenningsaanvraag-seeking-safety-voor-mensen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/meten-is-weten-een-pilotstudie-naar-de-inzet-van-wearables-ter-ondersteuning-van-agressieregulatietherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-theoretisch-kader-voor-de-forensische-kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteit-bij-forensisch-clienten-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn-beheer-behoud-en-implementatie" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenning-grip-op-agressie-goa-ambulant" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-en-training-werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-seeking-safety-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-vertaling-kfz-calls-producten-naar-mogelijkheden-doorontwikkeling-forensische-leerlijn-call-2020-130" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-naar-de-bruikbaarheid-en-effecten-van-kwaliteitstoetsingsmethoden-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-bij-behandeling-van-forensische-patienten-met-adhd-call-2018-88" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/prevalentie-en-effectieve-behandeling-van-nah-in-de-forensische-populatie-call-2019-102" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verkorte-delictanalyse-call-2019-111" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/e-module-weet-wat-je-kan-evaluatie-en-doorontwikkeling-call-2019-117" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld-problematiek-in-beeld-2019-109" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie-goa-ambulant-call-2019-108" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handelingsprotocol-voor-het-verbeteren-van-de-kwaliteit-van-leven-van-patienten-in-de-forensische-psychiatrie-call-2018-90" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap-continuiteit-in-de-forensische-keten-precall-2018-79" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-70" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-51" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-20" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-38392" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2015-40" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-42" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-44" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-62" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-46" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-54" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2014-22" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-66" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-49" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-9" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-3" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-55" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-3" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-64" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/meten-is-weten-een-pilotstudie-naar-de-inzet-van-wearables-ter-ondersteuning-van-agressieregulatietherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-51" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/middelengebruik-in-reclasseringscontext" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ambulante-risicotaxatie-instrument-fare" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-49" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-9" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI100"/>
+  <dimension ref="A1:AI81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B100" sqref="B100"/>
+      <selection activeCell="B81" sqref="B81"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1475,3755 +1229,2967 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
-      <c r="A2" t="s">
+      <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>37</v>
       </c>
       <c r="Z2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" t="s">
         <v>40</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="X3" t="s">
+        <v>37</v>
       </c>
       <c r="AA3" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>37</v>
+      </c>
+      <c r="R4" t="s">
+        <v>37</v>
       </c>
       <c r="Z4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA4" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AH4" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>5</v>
+      </c>
+      <c r="F5" t="s">
+        <v>37</v>
       </c>
       <c r="G5" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>37</v>
       </c>
       <c r="Z5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>49</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>5</v>
+      </c>
+      <c r="F6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" t="s">
+        <v>37</v>
       </c>
       <c r="J6" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA6" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>37</v>
       </c>
       <c r="AE6" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>52</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>37</v>
       </c>
       <c r="Z7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA7" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA8" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>37</v>
       </c>
       <c r="AC8" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
-      <c r="A9" t="s">
+      <c r="B9" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" t="s">
+        <v>37</v>
       </c>
       <c r="I9" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>37</v>
       </c>
       <c r="Z9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA9" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC9" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H10" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I10" t="s">
+        <v>37</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>37</v>
       </c>
       <c r="Z10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD10" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AH10" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>5</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="S11" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>37</v>
       </c>
       <c r="AA11" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
         <v>66</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
-[...14 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
       </c>
       <c r="Z12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA12" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>37</v>
       </c>
       <c r="AF12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
+        <v>67</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
         <v>69</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="D13" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:35">
+      <c r="B14" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C13" t="s">
+      <c r="C14" t="s">
         <v>71</v>
       </c>
-      <c r="D13" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G14" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>37</v>
+      </c>
+      <c r="S14" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>37</v>
       </c>
       <c r="AA14" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH14" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G15" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I15" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" t="s">
+        <v>37</v>
       </c>
       <c r="L15" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="W15" t="s">
+        <v>37</v>
       </c>
       <c r="Z15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA15" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E16" t="s">
+        <v>37</v>
+      </c>
+      <c r="G16" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="1:35">
+      <c r="B17" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C17" t="s">
         <v>79</v>
       </c>
-      <c r="C16" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G17" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I17" t="s">
+        <v>37</v>
       </c>
       <c r="J17" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="R17" t="s">
+        <v>37</v>
       </c>
       <c r="Z17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA17" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>37</v>
       </c>
       <c r="AF17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="A18" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C18" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G18" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA18" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:35">
       <c r="A19" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="C19" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D19" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>5</v>
+      </c>
+      <c r="F19" t="s">
+        <v>37</v>
       </c>
       <c r="G19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA19" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="C20" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
       <c r="F20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G20" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N20" t="s">
+        <v>37</v>
       </c>
       <c r="Z20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA20" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:35">
       <c r="A21" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H21" t="s">
+        <v>37</v>
+      </c>
+      <c r="I21" t="s">
+        <v>37</v>
+      </c>
+      <c r="J21" t="s">
+        <v>37</v>
       </c>
       <c r="L21" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="X21" t="s">
+        <v>37</v>
       </c>
       <c r="Z21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA21" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C22" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D22" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E22" t="s">
+        <v>37</v>
+      </c>
+      <c r="H22" t="s">
+        <v>37</v>
+      </c>
+      <c r="M22" t="s">
+        <v>37</v>
       </c>
       <c r="AA22" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>37</v>
       </c>
       <c r="AF22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="C23" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H23" t="s">
+        <v>37</v>
+      </c>
+      <c r="L23" t="s">
+        <v>37</v>
+      </c>
+      <c r="T23" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>37</v>
       </c>
       <c r="AA23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G24" t="s">
+        <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="U24" t="s">
+        <v>37</v>
       </c>
       <c r="Z24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA24" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="A25" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="C25" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G25" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" t="s">
+        <v>37</v>
+      </c>
+      <c r="S25" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>37</v>
       </c>
       <c r="AA25" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="A26" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="C26" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D26" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E26" t="s">
+        <v>37</v>
       </c>
       <c r="G26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="P26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:35">
       <c r="A27" t="s">
+        <v>107</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C27" t="s">
+        <v>109</v>
+      </c>
+      <c r="D27" t="s">
+        <v>4</v>
+      </c>
+      <c r="E27" t="s">
+        <v>37</v>
+      </c>
+      <c r="G27" t="s">
+        <v>37</v>
+      </c>
+      <c r="N27" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF27" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="28" spans="1:35">
+      <c r="B28" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C28" t="s">
         <v>111</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H28" t="s">
+        <v>37</v>
+      </c>
+      <c r="I28" t="s">
+        <v>37</v>
+      </c>
+      <c r="N28" t="s">
+        <v>37</v>
       </c>
       <c r="AA28" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB28" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG28" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:35">
       <c r="A29" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C29" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
       <c r="E29" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G29" t="s">
+        <v>37</v>
+      </c>
+      <c r="S29" t="s">
+        <v>37</v>
       </c>
       <c r="Z29" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA29" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG29" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:35">
       <c r="A30" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C30" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H30" t="s">
+        <v>37</v>
+      </c>
+      <c r="V30" t="s">
+        <v>37</v>
       </c>
       <c r="Z30" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA30" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB30" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE30" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:35">
-      <c r="A31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B31" s="1" t="s">
-        <v>124</v>
+        <v>19</v>
       </c>
       <c r="C31" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H31" t="s">
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>37</v>
+      </c>
+      <c r="T31" t="s">
+        <v>37</v>
       </c>
       <c r="Z31" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA31" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF31" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:35">
       <c r="A32" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="C32" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G32" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="O32" t="s">
+        <v>37</v>
       </c>
       <c r="Z32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA32" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD32" t="s">
+        <v>37</v>
       </c>
       <c r="AF32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:35">
       <c r="A33" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="C33" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G33" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="V33" t="s">
+        <v>37</v>
       </c>
       <c r="Z33" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA33" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:35">
       <c r="A34" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="C34" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G34" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J34" t="s">
+        <v>37</v>
       </c>
       <c r="Z34" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA34" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>37</v>
       </c>
       <c r="AF34" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:35">
-      <c r="A35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B35" s="1" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="C35" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H35" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J35" t="s">
+        <v>37</v>
+      </c>
+      <c r="U35" t="s">
+        <v>37</v>
+      </c>
+      <c r="W35" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>37</v>
       </c>
       <c r="AA35" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF35" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:35">
       <c r="A36" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="C36" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
       <c r="E36" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G36" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="R36" t="s">
+        <v>37</v>
       </c>
       <c r="Z36" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA36" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>37</v>
       </c>
       <c r="AC36" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG36" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:35">
       <c r="A37" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
       <c r="C37" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G37" t="s">
+        <v>37</v>
+      </c>
+      <c r="S37" t="s">
+        <v>37</v>
       </c>
       <c r="Z37" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA37" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB37" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG37" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:35">
-      <c r="A38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B38" s="1" t="s">
-        <v>145</v>
+        <v>136</v>
       </c>
       <c r="C38" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
       <c r="E38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L38" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N38" t="s">
+        <v>37</v>
       </c>
       <c r="Z38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA38" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC38" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD38" t="s">
+        <v>37</v>
       </c>
       <c r="AF38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:35">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>148</v>
+        <v>139</v>
       </c>
       <c r="C39" t="s">
-        <v>149</v>
+        <v>140</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H39" t="s">
+        <v>37</v>
+      </c>
+      <c r="M39" t="s">
+        <v>37</v>
+      </c>
+      <c r="R39" t="s">
+        <v>37</v>
       </c>
       <c r="Z39" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA39" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB39" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC39" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD39" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="40" spans="1:35">
       <c r="A40" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
       <c r="C40" t="s">
-        <v>152</v>
+        <v>143</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
       <c r="E40" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G40" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N40" t="s">
+        <v>37</v>
       </c>
       <c r="Z40" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA40" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>37</v>
       </c>
       <c r="AC40" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD40" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG40" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:35">
-      <c r="A41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B41" s="1" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="C41" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="D41" t="s">
         <v>4</v>
       </c>
       <c r="E41" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G41" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>37</v>
       </c>
       <c r="Z41" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA41" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>37</v>
       </c>
       <c r="AC41" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD41" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE41" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH41" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="42" spans="1:35">
       <c r="A42" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
       <c r="C42" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="D42" t="s">
         <v>4</v>
       </c>
       <c r="E42" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G42" t="s">
+        <v>37</v>
+      </c>
+      <c r="N42" t="s">
+        <v>37</v>
+      </c>
+      <c r="P42" t="s">
+        <v>37</v>
       </c>
       <c r="Z42" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA42" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF42" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="43" spans="1:35">
-      <c r="A43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B43" s="1" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="C43" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="D43" t="s">
         <v>4</v>
       </c>
       <c r="E43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J43" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="P43" t="s">
+        <v>37</v>
+      </c>
+      <c r="R43" t="s">
+        <v>37</v>
+      </c>
+      <c r="X43" t="s">
+        <v>37</v>
       </c>
       <c r="Z43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA43" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="44" spans="1:35">
       <c r="A44" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
       <c r="C44" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
       <c r="D44" t="s">
         <v>4</v>
       </c>
       <c r="E44" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H44" t="s">
+        <v>37</v>
       </c>
       <c r="R44" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="U44" t="s">
+        <v>37</v>
       </c>
       <c r="Z44" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA44" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE44" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="45" spans="1:35">
       <c r="A45" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>166</v>
+        <v>155</v>
       </c>
       <c r="C45" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
       <c r="D45" t="s">
         <v>4</v>
       </c>
       <c r="E45" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G45" t="s">
+        <v>37</v>
+      </c>
+      <c r="L45" t="s">
+        <v>37</v>
       </c>
       <c r="Z45" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA45" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="46" spans="1:35">
-      <c r="A46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B46" s="1" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="C46" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="D46" t="s">
         <v>4</v>
       </c>
       <c r="E46" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N46" t="s">
+        <v>37</v>
+      </c>
+      <c r="V46" t="s">
+        <v>37</v>
       </c>
       <c r="Z46" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA46" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD46" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE46" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="47" spans="1:35">
       <c r="A47" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="C47" t="s">
-        <v>173</v>
+        <v>161</v>
       </c>
       <c r="D47" t="s">
         <v>4</v>
       </c>
       <c r="E47" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H47" t="s">
+        <v>37</v>
+      </c>
+      <c r="L47" t="s">
+        <v>37</v>
       </c>
       <c r="W47" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>37</v>
       </c>
       <c r="AA47" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>37</v>
       </c>
       <c r="AE47" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:35">
       <c r="A48" t="s">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>175</v>
+        <v>163</v>
       </c>
       <c r="C48" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="D48" t="s">
         <v>4</v>
       </c>
       <c r="E48" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G48" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W48" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z48" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA48" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC48" t="s">
+        <v>37</v>
       </c>
       <c r="AF48" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="49" spans="1:35">
-      <c r="A49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B49" s="1" t="s">
-        <v>178</v>
+        <v>165</v>
       </c>
       <c r="C49" t="s">
-        <v>179</v>
+        <v>166</v>
       </c>
       <c r="D49" t="s">
         <v>4</v>
       </c>
       <c r="E49" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H49" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="X49" t="s">
+        <v>37</v>
       </c>
       <c r="AA49" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD49" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF49" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="50" spans="1:35">
+      <c r="A50" t="s">
+        <v>167</v>
+      </c>
       <c r="B50" s="1" t="s">
-        <v>180</v>
+        <v>168</v>
       </c>
       <c r="C50" t="s">
-        <v>181</v>
+        <v>169</v>
       </c>
       <c r="D50" t="s">
         <v>4</v>
       </c>
       <c r="E50" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G50" t="s">
+        <v>37</v>
+      </c>
+      <c r="W50" t="s">
+        <v>37</v>
       </c>
       <c r="Z50" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA50" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF50" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:35">
       <c r="A51" t="s">
-        <v>182</v>
+        <v>170</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>183</v>
+        <v>171</v>
       </c>
       <c r="C51" t="s">
-        <v>184</v>
+        <v>172</v>
       </c>
       <c r="D51" t="s">
         <v>4</v>
       </c>
       <c r="E51" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H51" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N51" t="s">
+        <v>37</v>
       </c>
       <c r="Z51" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA51" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC51" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG51" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:35">
-      <c r="A52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B52" s="1" t="s">
-        <v>186</v>
+        <v>173</v>
       </c>
       <c r="C52" t="s">
-        <v>187</v>
+        <v>174</v>
       </c>
       <c r="D52" t="s">
         <v>4</v>
       </c>
       <c r="E52" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H52" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J52" t="s">
+        <v>37</v>
+      </c>
+      <c r="N52" t="s">
+        <v>37</v>
+      </c>
+      <c r="P52" t="s">
+        <v>37</v>
+      </c>
+      <c r="W52" t="s">
+        <v>37</v>
       </c>
       <c r="AA52" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF52" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:35">
       <c r="A53" t="s">
-        <v>188</v>
+        <v>175</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>189</v>
+        <v>176</v>
       </c>
       <c r="C53" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="D53" t="s">
         <v>4</v>
       </c>
       <c r="E53" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H53" t="s">
+        <v>37</v>
+      </c>
+      <c r="J53" t="s">
+        <v>37</v>
       </c>
       <c r="N53" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="W53" t="s">
+        <v>37</v>
       </c>
       <c r="AA53" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF53" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="54" spans="1:35">
       <c r="A54" t="s">
-        <v>191</v>
+        <v>178</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="C54" t="s">
-        <v>193</v>
+        <v>180</v>
       </c>
       <c r="D54" t="s">
         <v>4</v>
       </c>
       <c r="E54" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G54" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J54" t="s">
+        <v>37</v>
+      </c>
+      <c r="U54" t="s">
+        <v>37</v>
       </c>
       <c r="Z54" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA54" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE54" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="55" spans="1:35">
       <c r="A55" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="C55" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="D55" t="s">
         <v>4</v>
       </c>
       <c r="E55" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G55" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J55" t="s">
+        <v>37</v>
+      </c>
+      <c r="U55" t="s">
+        <v>37</v>
       </c>
       <c r="Z55" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA55" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE55" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:35">
-      <c r="A56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B56" s="1" t="s">
-        <v>198</v>
+        <v>184</v>
       </c>
       <c r="C56" t="s">
-        <v>199</v>
+        <v>185</v>
       </c>
       <c r="D56" t="s">
         <v>4</v>
       </c>
       <c r="E56" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H56" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I56" t="s">
+        <v>37</v>
       </c>
       <c r="J56" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R56" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA56" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE56" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:35">
-      <c r="A57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B57" s="1" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
       <c r="C57" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="D57" t="s">
         <v>4</v>
       </c>
       <c r="E57" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H57" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I57" t="s">
+        <v>37</v>
+      </c>
+      <c r="J57" t="s">
+        <v>37</v>
       </c>
       <c r="R57" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="W57" t="s">
+        <v>37</v>
       </c>
       <c r="AA57" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF57" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="58" spans="1:35">
       <c r="A58" t="s">
-        <v>203</v>
+        <v>188</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="C58" t="s">
-        <v>205</v>
+        <v>190</v>
       </c>
       <c r="D58" t="s">
         <v>4</v>
       </c>
       <c r="E58" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H58" t="s">
+        <v>37</v>
+      </c>
+      <c r="O58" t="s">
+        <v>37</v>
       </c>
       <c r="Z58" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA58" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC58" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD58" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF58" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="59" spans="1:35">
       <c r="B59" s="1" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="C59" t="s">
-        <v>207</v>
+        <v>192</v>
       </c>
       <c r="D59" t="s">
         <v>4</v>
       </c>
       <c r="E59" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H59" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L59" t="s">
+        <v>37</v>
       </c>
       <c r="Z59" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA59" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC59" t="s">
+        <v>37</v>
       </c>
       <c r="AD59" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE59" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF59" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:35">
-      <c r="A60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B60" s="1" t="s">
-        <v>209</v>
+        <v>193</v>
       </c>
       <c r="C60" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="D60" t="s">
         <v>4</v>
       </c>
       <c r="E60" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H60" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I60" t="s">
+        <v>37</v>
+      </c>
+      <c r="J60" t="s">
+        <v>37</v>
       </c>
       <c r="Z60" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA60" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC60" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF60" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:35">
       <c r="A61" t="s">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>212</v>
+        <v>196</v>
       </c>
       <c r="C61" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="D61" t="s">
         <v>4</v>
       </c>
       <c r="E61" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G61" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W61" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z61" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA61" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD61" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG61" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="62" spans="1:35">
       <c r="A62" t="s">
-        <v>214</v>
+        <v>198</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>215</v>
+        <v>199</v>
       </c>
       <c r="C62" t="s">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="D62" t="s">
         <v>4</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H62" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="X62" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA62" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD62" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE62" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="63" spans="1:35">
       <c r="A63" t="s">
-        <v>217</v>
+        <v>201</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>218</v>
+        <v>202</v>
       </c>
       <c r="C63" t="s">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="D63" t="s">
         <v>4</v>
       </c>
       <c r="E63" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H63" t="s">
+        <v>37</v>
+      </c>
+      <c r="I63" t="s">
+        <v>37</v>
+      </c>
+      <c r="J63" t="s">
+        <v>37</v>
+      </c>
+      <c r="M63" t="s">
+        <v>37</v>
       </c>
       <c r="Z63" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA63" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>37</v>
       </c>
       <c r="AF63" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="64" spans="1:35">
-      <c r="A64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B64" s="1" t="s">
-        <v>221</v>
+        <v>204</v>
       </c>
       <c r="C64" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
       <c r="D64" t="s">
         <v>4</v>
       </c>
       <c r="E64" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H64" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="U64" t="s">
+        <v>37</v>
       </c>
       <c r="AA64" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE64" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="65" spans="1:35">
       <c r="A65" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
       <c r="C65" t="s">
-        <v>225</v>
+        <v>208</v>
       </c>
       <c r="D65" t="s">
         <v>4</v>
       </c>
       <c r="E65" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H65" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J65" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="X65" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z65" t="s">
+        <v>37</v>
       </c>
       <c r="AA65" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF65" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="66" spans="1:35">
       <c r="A66" t="s">
-        <v>226</v>
+        <v>209</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="C66" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="D66" t="s">
         <v>4</v>
       </c>
       <c r="E66" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G66" t="s">
+        <v>37</v>
       </c>
       <c r="J66" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="S66" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z66" t="s">
+        <v>37</v>
       </c>
       <c r="AA66" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE66" t="s">
+        <v>37</v>
       </c>
       <c r="AF66" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="67" spans="1:35">
       <c r="A67" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="C67" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
       <c r="D67" t="s">
         <v>4</v>
       </c>
       <c r="E67" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G67" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L67" t="s">
+        <v>37</v>
+      </c>
+      <c r="W67" t="s">
+        <v>37</v>
       </c>
       <c r="Z67" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA67" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC67" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF67" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:35">
-      <c r="A68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B68" s="1" t="s">
-        <v>233</v>
+        <v>215</v>
       </c>
       <c r="C68" t="s">
-        <v>234</v>
+        <v>216</v>
       </c>
       <c r="D68" t="s">
         <v>4</v>
       </c>
       <c r="E68" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H68" t="s">
+        <v>37</v>
+      </c>
+      <c r="I68" t="s">
+        <v>37</v>
       </c>
       <c r="J68" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>37</v>
       </c>
       <c r="Z68" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA68" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC68" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD68" t="s">
+        <v>37</v>
       </c>
       <c r="AE68" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="69" spans="1:35">
-      <c r="A69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B69" s="1" t="s">
-        <v>236</v>
+        <v>217</v>
       </c>
       <c r="C69" t="s">
-        <v>237</v>
+        <v>218</v>
       </c>
       <c r="D69" t="s">
         <v>4</v>
       </c>
       <c r="E69" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G69" t="s">
+        <v>37</v>
+      </c>
+      <c r="L69" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>37</v>
       </c>
       <c r="AA69" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AG69" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="70" spans="1:35">
       <c r="A70" t="s">
-        <v>238</v>
+        <v>219</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>239</v>
+        <v>220</v>
       </c>
       <c r="C70" t="s">
-        <v>240</v>
+        <v>221</v>
       </c>
       <c r="D70" t="s">
         <v>4</v>
       </c>
       <c r="E70" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H70" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I70" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L70" t="s">
+        <v>37</v>
       </c>
       <c r="R70" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA70" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD70" t="s">
+        <v>37</v>
       </c>
       <c r="AF70" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:35">
       <c r="A71" t="s">
-        <v>241</v>
+        <v>222</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>242</v>
+        <v>223</v>
       </c>
       <c r="C71" t="s">
-        <v>243</v>
+        <v>224</v>
       </c>
       <c r="D71" t="s">
         <v>4</v>
       </c>
       <c r="E71" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H71" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="U71" t="s">
+        <v>37</v>
       </c>
       <c r="Z71" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA71" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC71" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE71" t="s">
+        <v>37</v>
       </c>
       <c r="AF71" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="72" spans="1:35">
-      <c r="A72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B72" s="1" t="s">
-        <v>245</v>
+        <v>225</v>
       </c>
       <c r="C72" t="s">
-        <v>246</v>
+        <v>226</v>
       </c>
       <c r="D72" t="s">
         <v>4</v>
       </c>
       <c r="E72" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H72" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I72" t="s">
+        <v>37</v>
       </c>
       <c r="L72" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>37</v>
       </c>
       <c r="AA72" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB72" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE72" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:35">
       <c r="B73" s="1" t="s">
-        <v>247</v>
+        <v>227</v>
       </c>
       <c r="C73" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="D73" t="s">
         <v>4</v>
       </c>
       <c r="E73" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H73" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J73" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z73" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA73" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC73" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF73" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="74" spans="1:35">
-      <c r="A74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B74" s="1" t="s">
-        <v>250</v>
+        <v>229</v>
       </c>
       <c r="C74" t="s">
-        <v>251</v>
+        <v>230</v>
       </c>
       <c r="D74" t="s">
         <v>4</v>
       </c>
       <c r="E74" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G74" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W74" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA74" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE74" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="75" spans="1:35">
       <c r="A75" t="s">
-        <v>252</v>
+        <v>231</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>253</v>
+        <v>232</v>
       </c>
       <c r="C75" t="s">
-        <v>254</v>
+        <v>233</v>
       </c>
       <c r="D75" t="s">
         <v>4</v>
       </c>
       <c r="E75" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H75" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="M75" t="s">
+        <v>37</v>
+      </c>
+      <c r="U75" t="s">
+        <v>37</v>
       </c>
       <c r="AA75" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD75" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF75" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="76" spans="1:35">
       <c r="A76" t="s">
-        <v>255</v>
+        <v>234</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>256</v>
+        <v>235</v>
       </c>
       <c r="C76" t="s">
-        <v>257</v>
+        <v>236</v>
       </c>
       <c r="D76" t="s">
         <v>4</v>
       </c>
       <c r="E76" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H76" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J76" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L76" t="s">
+        <v>37</v>
       </c>
       <c r="AA76" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE76" t="s">
+        <v>37</v>
       </c>
       <c r="AF76" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="77" spans="1:35">
-      <c r="A77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B77" s="1" t="s">
-        <v>259</v>
+        <v>237</v>
       </c>
       <c r="C77" t="s">
-        <v>260</v>
+        <v>238</v>
       </c>
       <c r="D77" t="s">
         <v>4</v>
       </c>
       <c r="E77" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H77" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J77" t="s">
+        <v>37</v>
+      </c>
+      <c r="M77" t="s">
+        <v>37</v>
+      </c>
+      <c r="X77" t="s">
+        <v>37</v>
       </c>
       <c r="AA77" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF77" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:35">
-      <c r="A78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B78" s="1" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="C78" t="s">
-        <v>263</v>
+        <v>240</v>
       </c>
       <c r="D78" t="s">
         <v>4</v>
       </c>
       <c r="E78" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H78" t="s">
+        <v>37</v>
+      </c>
+      <c r="I78" t="s">
+        <v>37</v>
+      </c>
+      <c r="J78" t="s">
+        <v>37</v>
+      </c>
+      <c r="N78" t="s">
+        <v>37</v>
       </c>
       <c r="AA78" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB78" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD78" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE78" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF78" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:35">
-      <c r="A79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B79" s="1" t="s">
-        <v>265</v>
+        <v>241</v>
       </c>
       <c r="C79" t="s">
-        <v>266</v>
+        <v>242</v>
       </c>
       <c r="D79" t="s">
         <v>4</v>
       </c>
       <c r="E79" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H79" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I79" t="s">
+        <v>37</v>
+      </c>
+      <c r="L79" t="s">
+        <v>37</v>
       </c>
       <c r="AA79" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB79" t="s">
+        <v>37</v>
       </c>
       <c r="AE79" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="80" spans="1:35">
       <c r="A80" t="s">
-        <v>267</v>
+        <v>243</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>268</v>
+        <v>244</v>
       </c>
       <c r="C80" t="s">
-        <v>269</v>
+        <v>245</v>
       </c>
       <c r="D80" t="s">
         <v>4</v>
       </c>
       <c r="E80" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H80" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I80" t="s">
+        <v>37</v>
       </c>
       <c r="J80" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L80" t="s">
+        <v>37</v>
       </c>
       <c r="Z80" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA80" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE80" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="81" spans="1:35">
-      <c r="A81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B81" s="1" t="s">
-        <v>271</v>
+        <v>246</v>
       </c>
       <c r="C81" t="s">
-        <v>272</v>
+        <v>247</v>
       </c>
       <c r="D81" t="s">
         <v>4</v>
       </c>
       <c r="E81" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H81" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J81" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="R81" t="s">
+        <v>37</v>
+      </c>
+      <c r="T81" t="s">
+        <v>37</v>
       </c>
       <c r="Z81" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA81" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC81" t="s">
+        <v>37</v>
       </c>
       <c r="AF81" t="s">
-        <v>38</v>
-[...712 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -5264,69 +4230,50 @@
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
-    <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
-[...17 lines deleted...]
-    <hyperlink ref="B100" r:id="rId_hyperlink_99"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>