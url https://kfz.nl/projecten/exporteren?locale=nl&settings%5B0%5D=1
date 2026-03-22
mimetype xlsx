--- v1 (2026-02-03)
+++ v2 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,164 +119,146 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
+    <t>2025-266</t>
+  </si>
+  <si>
+    <t>AI in de Forensische Zorg</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is om te onderzoeken hoe verschillende vormen van AI op een verantwoorde, effectieve en duurzame manier kunnen worden ingezet in de klinische en ambulante forensische zorg, zowel in de jeugd- als volwassenensector.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
     <t>Conceptualisatie literatuuronderzoek leef- en leerklimaat</t>
   </si>
   <si>
     <t>Het doel van dit project is onder andere om inzicht te krijgen in het concept klimaat zoals dit in de literatuur en in de praktijk wordt gehanteerd in verschillende werkvelden en settingen.</t>
   </si>
   <si>
-    <t>x</t>
-[...1 lines deleted...]
-  <si>
     <t>2013-1</t>
   </si>
   <si>
     <t>Leefstijltraining Justitiabelen i.c.m. contingency management</t>
   </si>
   <si>
     <t>Dit betreft een protocol over de bruikbaarheid en toepasbaarheid van contingency management gecombineerd met cognitieve gedragstherapie voor middelengebruik in de ambulante forensische (verslavings)zorg.</t>
   </si>
   <si>
-    <t>2024-212</t>
-[...1 lines deleted...]
-  <si>
     <t>In- en uitstroom in zorgketen forensische cliënten/patiënten met een LVB</t>
   </si>
   <si>
     <t>In kaart brengen van knelpunten en succesfactoren met betrekking tot overplaatsing en overdracht vanuit een Borginstelling naar een vervolgvoorziening, om de continuïteit in de ketenzorg te verbeteren.</t>
   </si>
   <si>
-    <t>2024-210</t>
-[...1 lines deleted...]
-  <si>
     <t>Elkaar goed begrijpen in de Forensische Zorg</t>
   </si>
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
-    <t>2024-217</t>
-[...1 lines deleted...]
-  <si>
     <t>Evaluatieonderzoek implementatie Waaiermodel</t>
   </si>
   <si>
     <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
-    <t>2021-157</t>
-[...1 lines deleted...]
-  <si>
     <t>De effectiviteitspuzzel van eHealth</t>
   </si>
   <si>
     <t>Wat is de toegevoegde waarde van online modules voor behandelingen in de forensische zorg?</t>
   </si>
   <si>
-    <t>2023-205</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
     <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
-    <t>2023-190</t>
-[...1 lines deleted...]
-  <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-183</t>
-[...1 lines deleted...]
-  <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-180</t>
-[...1 lines deleted...]
-  <si>
     <t>Meten is weten: een pilotstudie naar de inzet van wearables ter ondersteuning van agressieregulatietherapie</t>
   </si>
   <si>
     <t>Het in kaart brengen van hoe wearables ingezet kunnen worden in ambulant aangeboden ARopMaat behandelingen</t>
   </si>
   <si>
     <t>Kwaliteitsnetwerken</t>
   </si>
   <si>
     <t>Kwaliteitsnetwerken brengen professionals uit de forensische zorg samen om kennis en ervaring te delen. Zo wordt gezamenlijk gewerkt aan het verbeteren van kwaliteit en vakmanschap in de praktijk.</t>
   </si>
   <si>
-    <t>2022-186</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
     <t>2022-153</t>
   </si>
   <si>
     <t>Werkingsmechanismen en interventies van vaktherapie in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van dit project is kennis- en kwaliteitsontwikkeling en professionalisering van vaktherapie in de forensische zorg.</t>
   </si>
   <si>
     <t>Seksualiteitsbeleid bij forensische cliënten</t>
   </si>
   <si>
     <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2022-179</t>
   </si>
   <si>
     <t>Rapid realist review naar effectiviteit van forensische zorg voor personen met een LVB</t>
@@ -308,227 +290,191 @@
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
     <t>2021-141</t>
   </si>
   <si>
     <t>Doorontwikkeling verdiepingsdiagnostiek</t>
   </si>
   <si>
     <t>De doorontwikkeling van het product verdiepingsdiagnostiek heeft betrekking op de verdere implementatie van het product.</t>
   </si>
   <si>
     <t>2018-89</t>
   </si>
   <si>
     <t>Responsiviteit ASS</t>
   </si>
   <si>
     <t>Dit project zal een overzicht opleveren van de neurocognitieve problemen en leerstijl van mensen met ASS en de invloed die dat heeft op de responsiviteit in gangbare interventies.</t>
   </si>
   <si>
-    <t>2019-100</t>
-[...1 lines deleted...]
-  <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
     <t>2020-131</t>
   </si>
   <si>
     <t>Literatuuronderzoek en operationalisatie van behandelvoortgang binnen de forensische zorg</t>
   </si>
   <si>
     <t>Het ontwikkelen van een multidimensionaal conceptueel model voor de operationalisatie van behandelvoortgang dat toepasbaar is binnen de gehele forensische zorg.</t>
   </si>
   <si>
     <t>2020-123</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling SFT bij LVB</t>
   </si>
   <si>
     <t>In dit project wordt de eventuele doorontwikkeling van de module Helpers &amp; Helden onderzocht.</t>
   </si>
   <si>
     <t>2020-127</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling e-modules psycho-educatie</t>
   </si>
   <si>
     <t>Het doel van dit huidige project is het doen van ‘onderzoek’ om te achterhalen wat er nodig is aan doorontwikkeling zodat het product technisch gezien door (vrijwel) alle ambulante forensische instellingen gebruikt kan worden en het aanbod in voldoende mate voldoet aan de behoeften van de behandelaars en cliënten.</t>
   </si>
   <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
     <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
-    <t>2018-86</t>
-[...7 lines deleted...]
-  <si>
     <t>2020-125</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling "Goed Ernaast"</t>
   </si>
   <si>
     <t>Op welk niveau bevindt het KFZ product "Goed ernaast" zich nu en wat is er nodig voor een doorontwikkeling?</t>
   </si>
   <si>
-    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten met ADHD</t>
+    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
-    <t>2018-78</t>
-[...1 lines deleted...]
-  <si>
     <t>Behoefteninventarisatie betrekken familie en andere naasten bij de forensische zorg</t>
   </si>
   <si>
     <t>In deze pre-call zal de behoeften en ervaringen van naasten, cliënten en behandelaars geïnventariseerd worden op het gebied van betrekken van naasten in de forensische zorg.</t>
   </si>
   <si>
     <t>2019-103</t>
   </si>
   <si>
     <t>Evidence gap map vaktherapie: de ontwikkeling van een evicende gap map voor vaktherapie in de forensische GGZ</t>
   </si>
   <si>
     <t>Het doel van dit project is om de kennislancune op basis van wetenschappelijk gepubliceerde en niet gepubliceerde literatuur te achterhalen; behoeften naar nieuw onderzoek op te halen bij vaktherapeuten, onderzoekers, verwijzers en ervaringsdeskundigen/patiënten; onderzoeken te prioriteren op basis van praktijk en wetenschap.</t>
   </si>
   <si>
     <t>Niet-aangeboren hersenletsel (NAH)</t>
   </si>
   <si>
     <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
-    <t>2019-97</t>
-[...1 lines deleted...]
-  <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
-    <t>2018-84</t>
-[...2 lines deleted...]
-    <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
+    <t>Handreiking indicatiestelling forensische zorg voor LVB</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
     <t>Mind the Gap</t>
   </si>
   <si>
     <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
-    <t>2017-68</t>
-[...1 lines deleted...]
-  <si>
     <t>Transcranial Direct Current Stimulation (tDCS) als nieuwe interventie voor het reduceren van gewelddadige recidive</t>
   </si>
   <si>
     <t>In deze studie wordt onderzocht in hoeverre de methodiek tDCS een succesvolle interventie kan zijn om gewelddadig delictgedrag bij verslaafden justitiabelen in de toekomst te voorkomen.</t>
   </si>
   <si>
     <t>Seeking Safety</t>
   </si>
   <si>
     <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
   </si>
   <si>
-    <t>2017-71</t>
-[...1 lines deleted...]
-  <si>
     <t>Het ontwikkelen van de DROS 2.0</t>
   </si>
   <si>
     <t>In dit project wordt het instrument de DROS (Dynamic Risk Outcome Scales) herzien en gevalideerd, zodat het in de toekomst onderbouwd zowel als ROM-instrument als risicotaxatie-instrument ingezet kan worden.</t>
   </si>
   <si>
-    <t>2016-51</t>
-[...7 lines deleted...]
-  <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
   </si>
   <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
     <t>2014-18</t>
   </si>
   <si>
     <t>Cognitieve vervormingen bij zedendelinquenten</t>
   </si>
   <si>
     <t>Hier staat (neuro-)cognitief onderzoek onder zedendelinquenten centraal. Door het meten van cognitieve vervormingen bij zedendelinquenten te verbeteren, kan de behandeling hiervan aangescherpt en verbeterd worden.</t>
   </si>
   <si>
     <t>Middelengebruik in reclasseringscontext</t>
@@ -671,108 +617,78 @@
   <si>
     <t>Dit onderzoek biedt een verdieping in effectieve herstelondersteunende (behandel)interventies, ter aanvulling op het Zorgprogramma Psychotische Stoornissen van het EFP.</t>
   </si>
   <si>
     <t>2014-17</t>
   </si>
   <si>
     <t>Seksuele preoccupatie bij zedendelinquenten</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar het werkende mechanisme achter seksuele preoccupatie onder zedendelinquenten. Er is gezocht naar een methode om dit correct vast te stellen, en te beïnvloeden om recidive op dit gebied te voorkomen.</t>
   </si>
   <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
     <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
   </si>
   <si>
     <t>Ontwikkelingsstoornissen</t>
   </si>
   <si>
     <t>In dit inventariserende onderzoek is gekeken naar de behoeften aan verdiepend onderzoek gericht op de specifieke doelgroep van forensisch psychiatrische patiënten met een ontwikkelingsstoornis ASS en/of ADHD.</t>
   </si>
   <si>
-    <t>2016-50</t>
-[...7 lines deleted...]
-  <si>
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
   <si>
     <t>In dit vervolgonderzoek wordt door middel van proeftuinen (in fpc's, fpk's, fpa's, ppc's en forensische poli's) gewerkt aan een algemeen en sectorspecifiek implementatieadvies van de methode delictanalyse.</t>
   </si>
   <si>
     <t>Krachtgericht werken binnen de maatschappelijke opvang en beschermd wonen</t>
   </si>
   <si>
     <t>Binnen deze projecten is gewerkt aan het versterken van veiligheid in opvang- en zorgvoorzieningen. De projecten richten zich op hoe medewerkers en cliënten gezamenlijk kunnen bijdragen aan een veilig leef- en werkklimaat.</t>
   </si>
   <si>
-    <t>Agressiehantering</t>
-[...4 lines deleted...]
-  <si>
     <t>Partnergeweld</t>
   </si>
   <si>
     <t>Binnen dit thema staat partnergeweld centraal. Het onderzoek richt zich op het vergroten van inzicht in aard, aanpak en preventie van partnergeweld binnen de forensische context.</t>
   </si>
   <si>
     <t>2013-5</t>
   </si>
   <si>
     <t>Verdiepingsdiagnostiek (Call 2013-5/2017-73)</t>
   </si>
   <si>
     <t>Bij psychiatrische- en of verslavingsproblematiek is er, naast het afnemen van de RISc ook verdiepingsdiagnostiek nodig. In dit onderzoek is er een gestandaardiseerd product ontwikkeld.</t>
-  </si>
-[...13 lines deleted...]
-    <t>In dit project is een aanzet geformuleerd voor een richtlijn over de diagnostiek en de behandeling van problematisch middelengebruik.</t>
   </si>
   <si>
     <t>GRIP-app</t>
   </si>
   <si>
     <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
   </si>
   <si>
     <t>De Proactieve Agressiehantering voor Opvangvoorzieningen (PAvO)</t>
   </si>
   <si>
     <t>De PAVO‑methodiek richt zich op het proactief omgaan met agressie binnen opvangvoorzieningen. Het project biedt handvatten om agressie te signaleren, te voorkomen en op een professionele manier te hanteren.</t>
   </si>
   <si>
     <t>2016-60</t>
   </si>
   <si>
     <t>Handreiking slachtofferbewust werken voor forensisch maatschappelijk werkers</t>
   </si>
   <si>
     <t>Dit project betreft de implementatie en doorontwikkeling van de handreiking: Slachtofferbewust werken voor Forensisch Maatschappelijk Werkers.</t>
   </si>
   <si>
     <t>Weet wat je kan</t>
   </si>
@@ -1105,62 +1021,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/meten-is-weten-een-pilotstudie-naar-de-inzet-van-wearables-ter-ondersteuning-van-agressieregulatietherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-51" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/middelengebruik-in-reclasseringscontext" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ambulante-risicotaxatie-instrument-fare" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-49" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-9" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-1" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/meten-is-weten-een-pilotstudie-naar-de-inzet-van-wearables-ter-ondersteuning-van-agressieregulatietherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/middelengebruik-in-reclasseringscontext" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ambulante-risicotaxatie-instrument-fare" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI81"/>
+  <dimension ref="A1:AI76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B81" sqref="B81"/>
+      <selection activeCell="B76" sqref="B76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1229,2967 +1145,2753 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
       <c r="B2" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+      <c r="N2" t="s">
+        <v>38</v>
       </c>
       <c r="Z2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA2" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AG2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:35">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C3" t="s">
         <v>40</v>
       </c>
       <c r="D3" t="s">
-        <v>4</v>
-[...11 lines deleted...]
-        <v>37</v>
+        <v>5</v>
+      </c>
+      <c r="F3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>38</v>
       </c>
       <c r="AA3" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>41</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>5</v>
-[...17 lines deleted...]
-        <v>37</v>
+        <v>4</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="X4" t="s">
+        <v>38</v>
       </c>
       <c r="AA4" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="F5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>38</v>
+      </c>
+      <c r="R5" t="s">
+        <v>38</v>
       </c>
       <c r="Z5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA5" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
-      <c r="A6" t="s">
+      <c r="B6" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
       <c r="F6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>38</v>
       </c>
       <c r="Z6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB6" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>38</v>
       </c>
       <c r="AD6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AE6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
-      <c r="A7" t="s">
+      <c r="B7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="I7" t="s">
+        <v>38</v>
+      </c>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:35">
+      <c r="B8" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C8" t="s">
         <v>51</v>
       </c>
-      <c r="C7" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>4</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
       </c>
       <c r="Z8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA8" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="B9" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>5</v>
+      </c>
+      <c r="F9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
+      <c r="B10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H10" t="s">
+        <v>38</v>
+      </c>
+      <c r="I10" t="s">
+        <v>38</v>
+      </c>
+      <c r="J10" t="s">
+        <v>38</v>
+      </c>
+      <c r="L10" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="B11" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C11" t="s">
         <v>57</v>
       </c>
-      <c r="D9" t="s">
-[...86 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H11" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="I11" t="s">
+        <v>38</v>
+      </c>
+      <c r="K11" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>38</v>
       </c>
       <c r="Z11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD11" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H12" t="s">
+        <v>38</v>
       </c>
       <c r="L12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N12" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="S12" t="s">
+        <v>38</v>
       </c>
       <c r="Z12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD12" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:35">
-      <c r="A13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B13" s="1" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C13" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G13" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="L13" t="s">
+        <v>38</v>
       </c>
       <c r="N13" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>38</v>
       </c>
       <c r="AA13" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="B14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C14" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" t="s">
+        <v>38</v>
+      </c>
+      <c r="G14" t="s">
+        <v>38</v>
+      </c>
+      <c r="J14" t="s">
+        <v>38</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35">
+      <c r="B15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>4</v>
+      </c>
+      <c r="E15" t="s">
+        <v>38</v>
+      </c>
+      <c r="G15" t="s">
+        <v>38</v>
+      </c>
+      <c r="L15" t="s">
+        <v>38</v>
+      </c>
+      <c r="S15" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH15" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="16" spans="1:35">
+      <c r="B16" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E16" t="s">
+        <v>38</v>
+      </c>
+      <c r="G16" t="s">
+        <v>38</v>
+      </c>
+      <c r="I16" t="s">
+        <v>38</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="L16" t="s">
+        <v>38</v>
+      </c>
+      <c r="W16" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17" spans="1:35">
+      <c r="A17" t="s">
+        <v>69</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="C14" t="s">
+      <c r="C17" t="s">
         <v>71</v>
       </c>
-      <c r="D14" t="s">
-[...28 lines deleted...]
-      <c r="A15" t="s">
+      <c r="D17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35">
+      <c r="B18" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C18" t="s">
         <v>73</v>
       </c>
-      <c r="C15" t="s">
-[...118 lines deleted...]
-      </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G18" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="I18" t="s">
+        <v>38</v>
       </c>
       <c r="J18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z18" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA18" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:35">
       <c r="A19" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="D19" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>4</v>
+      </c>
+      <c r="E19" t="s">
+        <v>38</v>
       </c>
       <c r="G19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z19" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA19" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
       <c r="F20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G20" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="J20" t="s">
+        <v>38</v>
+      </c>
+      <c r="R20" t="s">
+        <v>38</v>
       </c>
       <c r="Z20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA20" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>38</v>
       </c>
       <c r="AF20" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:35">
       <c r="A21" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="D21" t="s">
-        <v>4</v>
-[...17 lines deleted...]
-        <v>37</v>
+        <v>5</v>
+      </c>
+      <c r="F21" t="s">
+        <v>38</v>
+      </c>
+      <c r="G21" t="s">
+        <v>38</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
       </c>
       <c r="Z21" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA21" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF21" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="A22" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="C22" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H22" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="I22" t="s">
+        <v>38</v>
+      </c>
+      <c r="J22" t="s">
+        <v>38</v>
+      </c>
+      <c r="L22" t="s">
+        <v>38</v>
+      </c>
+      <c r="X22" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>38</v>
       </c>
       <c r="AA22" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF22" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="C23" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H23" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="M23" t="s">
+        <v>38</v>
       </c>
       <c r="AA23" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>38</v>
       </c>
       <c r="AF23" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>99</v>
+        <v>90</v>
       </c>
       <c r="C24" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H24" t="s">
+        <v>38</v>
       </c>
       <c r="L24" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="T24" t="s">
+        <v>38</v>
       </c>
       <c r="Z24" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA24" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:35">
-      <c r="A25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B25" s="1" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="C25" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G25" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="L25" t="s">
+        <v>38</v>
+      </c>
+      <c r="U25" t="s">
+        <v>38</v>
       </c>
       <c r="Z25" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA25" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>38</v>
       </c>
       <c r="AE25" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="C26" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G26" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J26" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="S26" t="s">
+        <v>38</v>
       </c>
       <c r="Z26" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA26" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:35">
       <c r="A27" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="C27" t="s">
-        <v>109</v>
+        <v>99</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G27" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="J27" t="s">
+        <v>38</v>
+      </c>
+      <c r="P27" t="s">
+        <v>38</v>
+      </c>
+      <c r="R27" t="s">
+        <v>38</v>
       </c>
       <c r="Z27" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA27" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF27" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:35">
+      <c r="A28" t="s">
+        <v>100</v>
+      </c>
       <c r="B28" s="1" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="C28" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="G28" t="s">
+        <v>38</v>
       </c>
       <c r="N28" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>38</v>
       </c>
       <c r="AA28" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB28" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AF28" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:35">
-      <c r="A29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B29" s="1" t="s">
-        <v>113</v>
+        <v>103</v>
       </c>
       <c r="C29" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
       <c r="E29" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H29" t="s">
+        <v>38</v>
+      </c>
+      <c r="I29" t="s">
+        <v>38</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
       </c>
       <c r="AA29" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD29" t="s">
+        <v>38</v>
       </c>
       <c r="AG29" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:35">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="C30" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="V30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AE30" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:35">
       <c r="B31" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C31" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="T31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF31" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:35">
       <c r="A32" t="s">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>120</v>
+        <v>110</v>
       </c>
       <c r="C32" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="O32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF32" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:35">
-      <c r="A33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B33" s="1" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="C33" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="V33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AE33" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:35">
       <c r="A34" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>126</v>
+        <v>115</v>
       </c>
       <c r="C34" t="s">
-        <v>127</v>
+        <v>116</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF34" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:35">
       <c r="B35" s="1" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="C35" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="G35" t="s">
+        <v>38</v>
       </c>
       <c r="J35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="U35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="W35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:35">
       <c r="A36" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="C36" t="s">
-        <v>132</v>
+        <v>121</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
       <c r="E36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AG36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:35">
-      <c r="A37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B37" s="1" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="C37" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="S37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AG37" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:35">
       <c r="B38" s="1" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
       <c r="C38" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
       <c r="E38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF38" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:35">
-      <c r="A39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B39" s="1" t="s">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="C39" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="M39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AE39" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:35">
       <c r="A40" t="s">
-        <v>141</v>
+        <v>128</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
       <c r="C40" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
       <c r="E40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AG40" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="41" spans="1:35">
       <c r="B41" s="1" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="C41" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="D41" t="s">
         <v>4</v>
       </c>
       <c r="E41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="K41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Q41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AE41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AH41" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:35">
-      <c r="A42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B42" s="1" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
       <c r="C42" t="s">
-        <v>148</v>
+        <v>134</v>
       </c>
       <c r="D42" t="s">
         <v>4</v>
       </c>
       <c r="E42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF42" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:35">
       <c r="B43" s="1" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="C43" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
       <c r="D43" t="s">
         <v>4</v>
       </c>
       <c r="E43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="X43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AE43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF43" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:35">
-      <c r="A44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B44" s="1" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="C44" t="s">
-        <v>153</v>
+        <v>138</v>
       </c>
       <c r="D44" t="s">
         <v>4</v>
       </c>
       <c r="E44" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H44" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R44" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="U44" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z44" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA44" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AE44" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="45" spans="1:35">
-      <c r="A45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B45" s="1" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="C45" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="D45" t="s">
         <v>4</v>
       </c>
       <c r="E45" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H45" t="s">
+        <v>38</v>
+      </c>
+      <c r="N45" t="s">
+        <v>38</v>
+      </c>
+      <c r="V45" t="s">
+        <v>38</v>
       </c>
       <c r="Z45" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA45" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AD45" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE45" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:35">
+      <c r="A46" t="s">
+        <v>141</v>
+      </c>
       <c r="B46" s="1" t="s">
-        <v>157</v>
+        <v>142</v>
       </c>
       <c r="C46" t="s">
-        <v>158</v>
+        <v>143</v>
       </c>
       <c r="D46" t="s">
         <v>4</v>
       </c>
       <c r="E46" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H46" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="L46" t="s">
+        <v>38</v>
+      </c>
+      <c r="W46" t="s">
+        <v>38</v>
       </c>
       <c r="Z46" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA46" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>38</v>
       </c>
       <c r="AE46" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="47" spans="1:35">
       <c r="A47" t="s">
-        <v>159</v>
+        <v>144</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="C47" t="s">
-        <v>161</v>
+        <v>146</v>
       </c>
       <c r="D47" t="s">
         <v>4</v>
       </c>
       <c r="E47" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="G47" t="s">
+        <v>38</v>
       </c>
       <c r="W47" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z47" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA47" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC47" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AF47" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="48" spans="1:35">
-      <c r="A48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B48" s="1" t="s">
-        <v>163</v>
+        <v>147</v>
       </c>
       <c r="C48" t="s">
-        <v>164</v>
+        <v>148</v>
       </c>
       <c r="D48" t="s">
         <v>4</v>
       </c>
       <c r="E48" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H48" t="s">
+        <v>38</v>
+      </c>
+      <c r="X48" t="s">
+        <v>38</v>
       </c>
       <c r="AA48" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AD48" t="s">
+        <v>38</v>
       </c>
       <c r="AF48" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="49" spans="1:35">
+      <c r="A49" t="s">
+        <v>149</v>
+      </c>
       <c r="B49" s="1" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="C49" t="s">
-        <v>166</v>
+        <v>151</v>
       </c>
       <c r="D49" t="s">
         <v>4</v>
       </c>
       <c r="E49" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="G49" t="s">
+        <v>38</v>
+      </c>
+      <c r="W49" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>38</v>
       </c>
       <c r="AA49" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF49" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="50" spans="1:35">
       <c r="A50" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="C50" t="s">
-        <v>169</v>
+        <v>154</v>
       </c>
       <c r="D50" t="s">
         <v>4</v>
       </c>
       <c r="E50" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H50" t="s">
+        <v>38</v>
+      </c>
+      <c r="N50" t="s">
+        <v>38</v>
       </c>
       <c r="Z50" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA50" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AC50" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG50" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:35">
-      <c r="A51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B51" s="1" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
       <c r="C51" t="s">
-        <v>172</v>
+        <v>156</v>
       </c>
       <c r="D51" t="s">
         <v>4</v>
       </c>
       <c r="E51" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H51" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="J51" t="s">
+        <v>38</v>
       </c>
       <c r="N51" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="P51" t="s">
+        <v>38</v>
+      </c>
+      <c r="W51" t="s">
+        <v>38</v>
       </c>
       <c r="AA51" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AF51" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:35">
+      <c r="A52" t="s">
+        <v>157</v>
+      </c>
       <c r="B52" s="1" t="s">
-        <v>173</v>
+        <v>158</v>
       </c>
       <c r="C52" t="s">
-        <v>174</v>
+        <v>159</v>
       </c>
       <c r="D52" t="s">
         <v>4</v>
       </c>
       <c r="E52" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H52" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J52" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="N52" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="W52" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA52" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF52" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:35">
       <c r="A53" t="s">
-        <v>175</v>
+        <v>160</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>176</v>
+        <v>161</v>
       </c>
       <c r="C53" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="D53" t="s">
         <v>4</v>
       </c>
       <c r="E53" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="G53" t="s">
+        <v>38</v>
       </c>
       <c r="J53" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="U53" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z53" t="s">
+        <v>38</v>
       </c>
       <c r="AA53" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AE53" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="54" spans="1:35">
       <c r="A54" t="s">
-        <v>178</v>
+        <v>163</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>179</v>
+        <v>164</v>
       </c>
       <c r="C54" t="s">
-        <v>180</v>
+        <v>165</v>
       </c>
       <c r="D54" t="s">
         <v>4</v>
       </c>
       <c r="E54" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G54" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J54" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="U54" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="Z54" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA54" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AE54" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:35">
-      <c r="A55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B55" s="1" t="s">
-        <v>182</v>
+        <v>166</v>
       </c>
       <c r="C55" t="s">
-        <v>183</v>
+        <v>167</v>
       </c>
       <c r="D55" t="s">
         <v>4</v>
       </c>
       <c r="E55" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H55" t="s">
+        <v>38</v>
+      </c>
+      <c r="I55" t="s">
+        <v>38</v>
       </c>
       <c r="J55" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="R55" t="s">
+        <v>38</v>
       </c>
       <c r="AA55" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AE55" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:35">
       <c r="B56" s="1" t="s">
-        <v>184</v>
+        <v>168</v>
       </c>
       <c r="C56" t="s">
-        <v>185</v>
+        <v>169</v>
       </c>
       <c r="D56" t="s">
         <v>4</v>
       </c>
       <c r="E56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J56" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="R56" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="W56" t="s">
+        <v>38</v>
       </c>
       <c r="AA56" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AF56" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="57" spans="1:35">
+      <c r="A57" t="s">
+        <v>170</v>
+      </c>
       <c r="B57" s="1" t="s">
-        <v>186</v>
+        <v>171</v>
       </c>
       <c r="C57" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="D57" t="s">
         <v>4</v>
       </c>
       <c r="E57" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H57" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="O57" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>38</v>
       </c>
       <c r="AA57" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD57" t="s">
+        <v>38</v>
       </c>
       <c r="AF57" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:35">
-      <c r="A58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B58" s="1" t="s">
-        <v>189</v>
+        <v>173</v>
       </c>
       <c r="C58" t="s">
-        <v>190</v>
+        <v>174</v>
       </c>
       <c r="D58" t="s">
         <v>4</v>
       </c>
       <c r="E58" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H58" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="L58" t="s">
+        <v>38</v>
       </c>
       <c r="Z58" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA58" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AB58" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC58" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD58" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AE58" t="s">
+        <v>38</v>
       </c>
       <c r="AF58" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="59" spans="1:35">
       <c r="B59" s="1" t="s">
-        <v>191</v>
+        <v>175</v>
       </c>
       <c r="C59" t="s">
-        <v>192</v>
+        <v>176</v>
       </c>
       <c r="D59" t="s">
         <v>4</v>
       </c>
       <c r="E59" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H59" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="I59" t="s">
+        <v>38</v>
+      </c>
+      <c r="J59" t="s">
+        <v>38</v>
       </c>
       <c r="Z59" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA59" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AC59" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AF59" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:35">
+      <c r="A60" t="s">
+        <v>177</v>
+      </c>
       <c r="B60" s="1" t="s">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="C60" t="s">
-        <v>194</v>
+        <v>179</v>
       </c>
       <c r="D60" t="s">
         <v>4</v>
       </c>
       <c r="E60" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="G60" t="s">
+        <v>38</v>
+      </c>
+      <c r="W60" t="s">
+        <v>38</v>
       </c>
       <c r="Z60" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA60" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AD60" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG60" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:35">
       <c r="A61" t="s">
-        <v>195</v>
+        <v>180</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="C61" t="s">
-        <v>197</v>
+        <v>182</v>
       </c>
       <c r="D61" t="s">
         <v>4</v>
       </c>
       <c r="E61" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H61" t="s">
+        <v>38</v>
+      </c>
+      <c r="X61" t="s">
+        <v>38</v>
       </c>
       <c r="AA61" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AD61" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AE61" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="62" spans="1:35">
       <c r="A62" t="s">
-        <v>198</v>
+        <v>183</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="C62" t="s">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="D62" t="s">
         <v>4</v>
       </c>
       <c r="E62" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H62" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="I62" t="s">
+        <v>38</v>
+      </c>
+      <c r="J62" t="s">
+        <v>38</v>
+      </c>
+      <c r="M62" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>38</v>
       </c>
       <c r="AA62" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF62" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:35">
-      <c r="A63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B63" s="1" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="C63" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="D63" t="s">
         <v>4</v>
       </c>
       <c r="E63" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H63" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="U63" t="s">
+        <v>38</v>
       </c>
       <c r="AA63" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AE63" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="64" spans="1:35">
+      <c r="A64" t="s">
+        <v>188</v>
+      </c>
       <c r="B64" s="1" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="C64" t="s">
-        <v>205</v>
+        <v>190</v>
       </c>
       <c r="D64" t="s">
         <v>4</v>
       </c>
       <c r="E64" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H64" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="J64" t="s">
+        <v>38</v>
+      </c>
+      <c r="X64" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z64" t="s">
+        <v>38</v>
       </c>
       <c r="AA64" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AF64" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="65" spans="1:35">
       <c r="A65" t="s">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>207</v>
+        <v>192</v>
       </c>
       <c r="C65" t="s">
-        <v>208</v>
+        <v>193</v>
       </c>
       <c r="D65" t="s">
         <v>4</v>
       </c>
       <c r="E65" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="G65" t="s">
+        <v>38</v>
       </c>
       <c r="J65" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="S65" t="s">
+        <v>38</v>
       </c>
       <c r="Z65" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA65" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AE65" t="s">
+        <v>38</v>
       </c>
       <c r="AF65" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="66" spans="1:35">
       <c r="A66" t="s">
-        <v>209</v>
+        <v>194</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="C66" t="s">
-        <v>211</v>
+        <v>196</v>
       </c>
       <c r="D66" t="s">
         <v>4</v>
       </c>
       <c r="E66" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G66" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="L66" t="s">
+        <v>38</v>
+      </c>
+      <c r="W66" t="s">
+        <v>38</v>
       </c>
       <c r="Z66" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA66" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AC66" t="s">
+        <v>38</v>
       </c>
       <c r="AF66" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="67" spans="1:35">
-      <c r="A67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B67" s="1" t="s">
-        <v>213</v>
+        <v>197</v>
       </c>
       <c r="C67" t="s">
-        <v>214</v>
+        <v>198</v>
       </c>
       <c r="D67" t="s">
         <v>4</v>
       </c>
       <c r="E67" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H67" t="s">
+        <v>38</v>
+      </c>
+      <c r="I67" t="s">
+        <v>38</v>
+      </c>
+      <c r="J67" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y67" t="s">
+        <v>38</v>
       </c>
       <c r="Z67" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA67" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AB67" t="s">
+        <v>38</v>
       </c>
       <c r="AC67" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AD67" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE67" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="68" spans="1:35">
       <c r="B68" s="1" t="s">
-        <v>215</v>
+        <v>199</v>
       </c>
       <c r="C68" t="s">
-        <v>216</v>
+        <v>200</v>
       </c>
       <c r="D68" t="s">
         <v>4</v>
       </c>
       <c r="E68" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="G68" t="s">
+        <v>38</v>
+      </c>
+      <c r="L68" t="s">
+        <v>38</v>
       </c>
       <c r="Z68" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA68" t="s">
-        <v>37</v>
-[...11 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AG68" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="69" spans="1:35">
+      <c r="A69" t="s">
+        <v>201</v>
+      </c>
       <c r="B69" s="1" t="s">
-        <v>217</v>
+        <v>202</v>
       </c>
       <c r="C69" t="s">
-        <v>218</v>
+        <v>203</v>
       </c>
       <c r="D69" t="s">
         <v>4</v>
       </c>
       <c r="E69" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H69" t="s">
+        <v>38</v>
+      </c>
+      <c r="U69" t="s">
+        <v>38</v>
       </c>
       <c r="Z69" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AA69" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE69" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF69" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="70" spans="1:35">
-      <c r="A70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B70" s="1" t="s">
-        <v>220</v>
+        <v>204</v>
       </c>
       <c r="C70" t="s">
-        <v>221</v>
+        <v>205</v>
       </c>
       <c r="D70" t="s">
         <v>4</v>
       </c>
       <c r="E70" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H70" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I70" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L70" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>38</v>
       </c>
       <c r="AA70" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE70" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="71" spans="1:35">
-      <c r="A71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B71" s="1" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="C71" t="s">
-        <v>224</v>
+        <v>207</v>
       </c>
       <c r="D71" t="s">
         <v>4</v>
       </c>
       <c r="E71" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="G71" t="s">
+        <v>38</v>
+      </c>
+      <c r="W71" t="s">
+        <v>38</v>
       </c>
       <c r="AA71" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="AE71" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="72" spans="1:35">
+      <c r="A72" t="s">
+        <v>208</v>
+      </c>
       <c r="B72" s="1" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="C72" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="D72" t="s">
         <v>4</v>
       </c>
       <c r="E72" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H72" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="M72" t="s">
+        <v>38</v>
+      </c>
+      <c r="U72" t="s">
+        <v>38</v>
       </c>
       <c r="AA72" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AD72" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF72" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="73" spans="1:35">
       <c r="B73" s="1" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="C73" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="D73" t="s">
         <v>4</v>
       </c>
       <c r="E73" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H73" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="I73" t="s">
+        <v>38</v>
       </c>
       <c r="J73" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="N73" t="s">
+        <v>38</v>
       </c>
       <c r="AA73" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AB73" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD73" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE73" t="s">
+        <v>38</v>
       </c>
       <c r="AF73" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="74" spans="1:35">
       <c r="B74" s="1" t="s">
-        <v>229</v>
+        <v>213</v>
       </c>
       <c r="C74" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
       <c r="D74" t="s">
         <v>4</v>
       </c>
       <c r="E74" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="H74" t="s">
+        <v>38</v>
+      </c>
+      <c r="I74" t="s">
+        <v>38</v>
+      </c>
+      <c r="L74" t="s">
+        <v>38</v>
       </c>
       <c r="AA74" t="s">
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>38</v>
       </c>
       <c r="AE74" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="75" spans="1:35">
       <c r="A75" t="s">
-        <v>231</v>
+        <v>215</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>232</v>
+        <v>216</v>
       </c>
       <c r="C75" t="s">
-        <v>233</v>
+        <v>217</v>
       </c>
       <c r="D75" t="s">
         <v>4</v>
       </c>
       <c r="E75" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H75" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="I75" t="s">
+        <v>38</v>
+      </c>
+      <c r="J75" t="s">
+        <v>38</v>
+      </c>
+      <c r="L75" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z75" t="s">
+        <v>38</v>
       </c>
       <c r="AA75" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AE75" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="76" spans="1:35">
-      <c r="A76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B76" s="1" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="C76" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="D76" t="s">
         <v>4</v>
       </c>
       <c r="E76" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H76" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J76" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="R76" t="s">
+        <v>38</v>
+      </c>
+      <c r="T76" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z76" t="s">
+        <v>38</v>
       </c>
       <c r="AA76" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="AC76" t="s">
+        <v>38</v>
       </c>
       <c r="AF76" t="s">
-        <v>37</v>
-[...180 lines deleted...]
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -4225,55 +3927,50 @@
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
-    <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
-[...3 lines deleted...]
-    <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>