--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="372">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,57 +119,54 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2025-216</t>
-[...5 lines deleted...]
-    <t>Een doorontwikkeling waarin een draaiboek wordt opgesteld voor het aanbieden van de Weet Wat Je Kan-module in groepsverband.</t>
+    <t>Conceptualisatie literatuuronderzoek leef- en leerklimaat</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is onder andere om inzicht te krijgen in het concept klimaat zoals dit in de literatuur en in de praktijk wordt gehanteerd in verschillende werkvelden en settingen.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2022-185</t>
   </si>
   <si>
     <t>Doorontwikkeling Delictanalyseproducten</t>
   </si>
   <si>
     <t>2024-212</t>
   </si>
   <si>
     <t>In- en uitstroom in zorgketen forensische cliënten/patiënten met een LVB</t>
   </si>
   <si>
     <t>In kaart brengen van knelpunten en succesfactoren met betrekking tot overplaatsing en overdracht vanuit een Borginstelling naar een vervolgvoorziening, om de continuïteit in de ketenzorg te verbeteren.</t>
   </si>
   <si>
     <t>2024-215</t>
   </si>
   <si>
     <t>Zicht Op Agressie</t>
   </si>
@@ -200,975 +197,702 @@
   <si>
     <t>Van locatie veranderd: een onderzoek naar overplaatsingen in de Tbs</t>
   </si>
   <si>
     <t>Het doel van het project is om zicht te krijgen op factoren die een rol spelen bij overplaatsingen in kader van behandelstagnatie zodat er mogelijk eerder geïntervenieerd kan worden in de behandeling of gezorgd kan worden dat een dergelijke overplaatsing een minder stagnerende werking op zichzelf heeft.</t>
   </si>
   <si>
     <t>2024-217</t>
   </si>
   <si>
     <t>Evaluatieonderzoek implementatie Waaiermodel</t>
   </si>
   <si>
     <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
     <t>2021-157</t>
   </si>
   <si>
     <t>De effectiviteitspuzzel van eHealth</t>
   </si>
   <si>
     <t>Wat is de toegevoegde waarde van online modules voor behandelingen in de forensische zorg?</t>
   </si>
   <si>
-    <t>2023-208</t>
-[...7 lines deleted...]
-  <si>
     <t>2023-209</t>
   </si>
   <si>
     <t>De Diepte In: Een realist evaluation van ademhalingsinterventies in de forensische klinische zorg</t>
   </si>
   <si>
     <t>2023-207</t>
   </si>
   <si>
     <t>Gezamenlijke besluitvorming over vaktherapeutische behandeling in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van dit project is om een praktisch inzetbare vaktherapeutische keuzehulp te ontwikkelen.</t>
   </si>
   <si>
     <t>2023-206</t>
   </si>
   <si>
     <t>Ondersteuning bij cultuurverandering: een reflectiemethode voor forensische zorgprofessionals</t>
   </si>
   <si>
     <t>Vanuit de behoefte van FHIC-zorgprofessionals aan ondersteuning bij cultuurverandering, is in een verkennend onderzoek deze vorm van ethiekondersteuning omgevormd tot een reflectiemethode. Middels deze reflectiemethode voeren teams laagdrempelig een socratisch dialoog over een centrale waarde. Het doel van het project is de doorontwikkeling van de reflectiemethode, en onderzoek naar de acceptatie, geschiktheid, haalbaarheid, implementatie en de ervaren opbrengst.</t>
   </si>
   <si>
-    <t>2020-139</t>
-[...7 lines deleted...]
-  <si>
     <t>2023-205</t>
   </si>
   <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
-    <t>2023-197</t>
-[...10 lines deleted...]
-  <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
-    <t>Dit project richt zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
+    <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
     <t>2023-190</t>
   </si>
   <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-182</t>
-[...16 lines deleted...]
-  <si>
     <t>2022-183</t>
   </si>
   <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-168</t>
-[...5 lines deleted...]
-    <t>Het ontwikkelen van een theoretisch kader voor de forensische kwaliteitsnetwerken, dat duidelijk maakt welke aanpak en welke werkzame factoren tot welke doelen leiden.</t>
+    <t>Kwaliteitsnetwerken</t>
+  </si>
+  <si>
+    <t>Kwaliteitsnetwerken brengen professionals uit de forensische zorg samen om kennis en ervaring te delen. Zo wordt gezamenlijk gewerkt aan het verbeteren van kwaliteit en vakmanschap in de praktijk.</t>
   </si>
   <si>
     <t>2022-186</t>
   </si>
   <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
     <t>2022-153</t>
   </si>
   <si>
     <t>Werkingsmechanismen en interventies van vaktherapie in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van dit project is kennis- en kwaliteitsontwikkeling en professionalisering van vaktherapie in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-181</t>
-[...5 lines deleted...]
-    <t>In dit project wordt kennis uit literatuur en attitudes en vaardigheden van professionals omgezet in praktische handvatten t.a.v. seksualiteit bij LVB-cliënten.</t>
+    <t>Seksualiteitsbeleid bij forensische cliënten</t>
+  </si>
+  <si>
+    <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2022-179</t>
   </si>
   <si>
     <t>Rapid realist review naar effectiviteit van forensische zorg voor personen met een LVB</t>
   </si>
   <si>
     <t>Een literatuurstudie naar hoe forensische behandelingen dienen te worden ingericht om optimaal effectief te zijn voor de LVB-populatie.</t>
   </si>
   <si>
     <t>2021-152</t>
   </si>
   <si>
     <t>Doorontwikkeling Helpers en Helden</t>
   </si>
   <si>
     <t>Binnen dit project wordt de interventie Helpers en Helden (SFT voor LVB) doorontwikkeld.</t>
   </si>
   <si>
-    <t>2022-173</t>
-[...7 lines deleted...]
-  <si>
     <t>2021-159</t>
   </si>
   <si>
     <t>Doorontwikkeling e-Health modules psycho-educatie</t>
   </si>
   <si>
     <t>Doorontwikkeling e-Health modules psycho-educatie voor forensische ambulante instellingen.</t>
   </si>
   <si>
     <t>2021-149</t>
   </si>
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
     <t>2020-148</t>
   </si>
   <si>
     <t>Virtual Reality oefen-omgeving voor zedenplegers gericht op kinderen</t>
   </si>
   <si>
     <t>Het doel van dit project is om te onderzoeken of een VR-oefen-omgeving een nuttige aanvulling is op de huidige behandeling van daders van seksueel kindermisbruik binnen FPC’s.</t>
   </si>
   <si>
     <t>2020-146</t>
   </si>
   <si>
     <t>Een sprong in het diepe: De evaluatie en implementatie van DEEP</t>
   </si>
   <si>
     <t>Een sprong in het diepe: De evaluatie en implementatie van DEEP, een virtual reality biofeedback game, in de forensische zorg</t>
   </si>
   <si>
-    <t>2021-158</t>
-[...16 lines deleted...]
-  <si>
     <t>2020-147</t>
   </si>
   <si>
     <t>Behandelen van vrouwen in forensische klinische zorg: Een vak apart?</t>
   </si>
   <si>
     <t>De handreiking bestaat uit concrete richtlijnen voor het behandelen van vrouwen in de forensisch klinische zorg, waarbij ook kennis uit de ambulante sector wordt meegenomen.</t>
   </si>
   <si>
-    <t>2020-130</t>
-[...16 lines deleted...]
-  <si>
     <t>2018-89</t>
   </si>
   <si>
     <t>Responsiviteit ASS</t>
   </si>
   <si>
     <t>Dit project zal een overzicht opleveren van de neurocognitieve problemen en leerstijl van mensen met ASS en de invloed die dat heeft op de responsiviteit in gangbare interventies.</t>
   </si>
   <si>
     <t>2019-100</t>
   </si>
   <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
     <t>2020-131</t>
   </si>
   <si>
     <t>Literatuuronderzoek en operationalisatie van behandelvoortgang binnen de forensische zorg</t>
   </si>
   <si>
     <t>Het ontwikkelen van een multidimensionaal conceptueel model voor de operationalisatie van behandelvoortgang dat toepasbaar is binnen de gehele forensische zorg.</t>
   </si>
   <si>
     <t>2020-123</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling SFT bij LVB</t>
   </si>
   <si>
     <t>In dit project wordt de eventuele doorontwikkeling van de module Helpers &amp; Helden onderzocht.</t>
   </si>
   <si>
-    <t>2020-129</t>
-[...7 lines deleted...]
-  <si>
     <t>2020-127</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling e-modules psycho-educatie</t>
   </si>
   <si>
     <t>Het doel van dit huidige project is het doen van ‘onderzoek’ om te achterhalen wat er nodig is aan doorontwikkeling zodat het product technisch gezien door (vrijwel) alle ambulante forensische instellingen gebruikt kan worden en het aanbod in voldoende mate voldoet aan de behoeften van de behandelaars en cliënten.</t>
   </si>
   <si>
     <t>2018-86</t>
   </si>
   <si>
     <t>Cliëntprofielen Forensische Verslavingszorg</t>
   </si>
   <si>
     <t>Een beschrijving van bestaande cliëntprofielen vanuit wetenschap, databases en de betekenis die dit zou moeten hebben voor de zorg (inhoud, duur, kosten).</t>
   </si>
   <si>
     <t>2020-125</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling "Goed Ernaast"</t>
   </si>
   <si>
     <t>Op welk niveau bevindt het KFZ product "Goed ernaast" zich nu en wat is er nodig voor een doorontwikkeling?</t>
   </si>
   <si>
-    <t>2018-88</t>
-[...5 lines deleted...]
-    <t>Onderzoek van de leerstijl van mensen met ADHD.</t>
+    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten met ADHD</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
     <t>2018-78</t>
   </si>
   <si>
     <t>Behoefteninventarisatie betrekken familie en andere naasten bij de forensische zorg</t>
   </si>
   <si>
     <t>In deze pre-call zal de behoeften en ervaringen van naasten, cliënten en behandelaars geïnventariseerd worden op het gebied van betrekken van naasten in de forensische zorg.</t>
   </si>
   <si>
     <t>2017-59</t>
   </si>
   <si>
     <t>STiP 5.1</t>
   </si>
   <si>
     <t>Dit project onderzoekt de inzetbaarheid van het instrument STiP 5.1 (uit de reguliere GGZ) voor het meten van behandelvoortgang bij forensische patiënten met een persoonlijkheidsstoornis.</t>
   </si>
   <si>
     <t>2019-118</t>
   </si>
   <si>
     <t>Handreiking Verlof Toetsing (VT)</t>
   </si>
   <si>
     <t>De Handreiking Verlof Toesting (VT) biedt resultaat op inhoud en proces van de verloftoetsing binnen de scope van de FPA’s in Nederland.</t>
   </si>
   <si>
-    <t>2019-113</t>
-[...16 lines deleted...]
-  <si>
     <t>2019-103</t>
   </si>
   <si>
     <t>Evidence gap map vaktherapie: de ontwikkeling van een evicende gap map voor vaktherapie in de forensische GGZ</t>
   </si>
   <si>
     <t>Het doel van dit project is om de kennislancune op basis van wetenschappelijk gepubliceerde en niet gepubliceerde literatuur te achterhalen; behoeften naar nieuw onderzoek op te halen bij vaktherapeuten, onderzoekers, verwijzers en ervaringsdeskundigen/patiënten; onderzoeken te prioriteren op basis van praktijk en wetenschap.</t>
   </si>
   <si>
-    <t>2019-102</t>
-[...14 lines deleted...]
-    <t>De module ‘delictanalyse’ is in zijn uitgebreide vorm niet in alle settingen even bruikbaar. Daarom is er een handleiding voor een verkorte delictanalyse (VDA) ontwikkeld, om zo inzicht te krijgen in de delictfactoren van de deelnemer.</t>
+    <t>Niet-aangeboren hersenletsel (NAH)</t>
+  </si>
+  <si>
+    <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
-    <t>2019-117</t>
-[...7 lines deleted...]
-  <si>
     <t>2019-97</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
-    <t>2019-104</t>
-[...16 lines deleted...]
-  <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
-    <t>2018-90</t>
-[...14 lines deleted...]
-    <t>De handreiking is ontwikkeld ten behoeve van het risicomanagement van forensische psychiatrische patiënten met LVB problematiek.</t>
+    <t>Risicomanagement LVB</t>
+  </si>
+  <si>
+    <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. Binnen dit thema is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
   </si>
   <si>
     <t>2018-84</t>
   </si>
   <si>
     <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2018-85</t>
   </si>
   <si>
     <t>Implementatietraject duurzame verbinding</t>
   </si>
   <si>
     <t>Relationeel werken en contact na behandeling ter voorkoming van recidive.</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
-    <t>2018-79</t>
-[...5 lines deleted...]
-    <t>Deze pre-call inventariseert de behoeften van professionals en patiënten in de forensische zorg met betrekking tot continuïteit van zorg en de levensloop.</t>
+    <t>Mind the Gap</t>
+  </si>
+  <si>
+    <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
     <t>2017-69</t>
   </si>
   <si>
     <t>Implementatie van de behandeling van brandstichters</t>
   </si>
   <si>
     <t>Dit project betreft de implementatiestudie van het behandelprotocol voor de behandeling van (subtypen) brandstichters in de forensische ggz.</t>
   </si>
   <si>
     <t>2017-68</t>
   </si>
   <si>
     <t>Transcranial Direct Current Stimulation (tDCS) als nieuwe interventie voor het reduceren van gewelddadige recidive</t>
   </si>
   <si>
     <t>In deze studie wordt onderzocht in hoeverre de methodiek tDCS een succesvolle interventie kan zijn om gewelddadig delictgedrag bij verslaafden justitiabelen in de toekomst te voorkomen.</t>
   </si>
   <si>
-    <t>2017-70</t>
-[...5 lines deleted...]
-    <t>In dit project is er een LVB-variant als addendum van SeSa ontwikkeld voor de behandeling van traumagerelateerde klachten/stoornissen en verslaving in de forensische psychiatrie en verslavingszorg.</t>
+    <t>Seeking Safety</t>
+  </si>
+  <si>
+    <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
   </si>
   <si>
     <t>2017-71</t>
   </si>
   <si>
     <t>Het ontwikkelen van de DROS 2.0</t>
   </si>
   <si>
     <t>In dit project wordt het instrument de DROS (Dynamic Risk Outcome Scales) herzien en gevalideerd, zodat het in de toekomst onderbouwd zowel als ROM-instrument als risicotaxatie-instrument ingezet kan worden.</t>
   </si>
   <si>
     <t>2016-51</t>
   </si>
   <si>
     <t>Cognitieve profielen</t>
   </si>
   <si>
     <t>Dit project richt zich op het verhelderen van de relatie tussen antisociaal gedrag en problematisch middelengebruik door het gebruik van cognitieve profielen, zodat men in de behandeling de juiste primaire focus heeft.</t>
   </si>
   <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
   </si>
   <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
     <t>2013-13</t>
   </si>
   <si>
     <t>Contact tussen slachtoffer/nabestaande en tbs-er</t>
   </si>
   <si>
     <t>Dit project geeft een richtlijn voor het al dan niet initiëren van contact tussen dader en slachtoffer. Het doel is de positie van het slachtoffer te verbeteren en te definiëren wanneer het wenselijk is om deze te betrekken in de behandeling van de dader.</t>
   </si>
   <si>
-    <t>2014-14</t>
-[...7 lines deleted...]
-  <si>
     <t>2014-16</t>
   </si>
   <si>
     <t>Vrouwvijandigheid bij zedendelinquenten</t>
   </si>
   <si>
     <t>Centraal stond het vast stellen en in kaart brengen van deze specifieke cognitieve vervorming bij zedendelinquenten. Er is gekeken naar een passend instrument om dit te meten en naar implicaties hiervan voor behandeling.</t>
   </si>
   <si>
     <t>2014-18</t>
   </si>
   <si>
     <t>Cognitieve vervormingen bij zedendelinquenten</t>
   </si>
   <si>
     <t>Hier staat (neuro-)cognitief onderzoek onder zedendelinquenten centraal. Door het meten van cognitieve vervormingen bij zedendelinquenten te verbeteren, kan de behandeling hiervan aangescherpt en verbeterd worden.</t>
   </si>
   <si>
     <t>2014-23</t>
   </si>
   <si>
     <t>Subgroepen brandstichters</t>
   </si>
   <si>
     <t>De dadergroep brandstichters kan in verschillende subtypen worden onderscheiden. Die subtypen beïnvloeden de opsporingsrelevante kenmerken voor politie maar zijn ook van invloed op behandeling van deze groep forensische patiënten.</t>
   </si>
   <si>
-    <t>2014-24</t>
-[...1 lines deleted...]
-  <si>
     <t>Netwerkactivatie tijdens de behandeling</t>
   </si>
   <si>
     <t>In dit project wordt gekeken in hoeverre netwerkleden van forensische patiënten betrokken kunnen worden in de behandeling en resocialisatie van de patiënt, door hen de k-indicatoren te laten scoren.</t>
   </si>
   <si>
     <t>2014-26</t>
   </si>
   <si>
     <t>Do's &amp; Don'ts e-Health</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken welke e-health toepassingen uit de algemene zorgsector wel of niet succesvol zijn in de praktijk, wat hiervoor de redenen zijn en wat de forensische zorgsector hiervan kan leren voor eigen e-health toepassingen.</t>
   </si>
   <si>
-    <t>2014-29</t>
-[...1 lines deleted...]
-  <si>
     <t>De Groeifabriek Forensische Zorg JJI´s</t>
   </si>
   <si>
     <t>Er is een online training ontworpen voor jongeren in een justitiële jeugdinrichting. De training is gebaseerd op mindset interventies en draagt bij het vergroten van vertrouwen in ontwikkelingsmogelijkheden in de toekomst.</t>
   </si>
   <si>
     <t>2014-34</t>
   </si>
   <si>
     <t>Behandelvoortgang persoonlijkheids stoornissen</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een persoonlijkheidsstoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
     <t>2014-35</t>
   </si>
   <si>
     <t>Behandelvoortgang seksuele stoornissen (Call 2014-35)</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een seksuele stoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
-    <t>2014-36</t>
-[...1 lines deleted...]
-  <si>
     <t>E-learning module HKT-R en HCR-20V3</t>
   </si>
   <si>
     <t>Deze e-learning module helpt de behandelaar kennis te maken met de verplicht gestelde risicotaxatie. Er kan alvast theorie worden gelezen en geoefend worden met casuïstiek. Dit is een voorbereiding op de face-to-face training in risicotaxatie.</t>
   </si>
   <si>
-    <t>2015-45</t>
-[...5 lines deleted...]
-    <t>Centraal staat het ontwikkelen van een forensische variant van het model High en Intensive Care (HIC) om een klinisch en forensisch vangnet voor de ambulante setting te creëren.</t>
+    <t>Forensische High &amp; Intensive Care (FHIC)</t>
+  </si>
+  <si>
+    <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
   </si>
   <si>
     <t>2016-47</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid in de forensische psychiatrie</t>
   </si>
   <si>
     <t>Het belang en mogelijkheden van ervaringsdeskundigen binnen de forensische psychiatrie zijn hier in kaart gebracht, met het oog op praktische toepassingsmogelijkheden en beperkingen die in deze specifieke sector een rol spelen.</t>
   </si>
   <si>
-    <t>2016-61</t>
-[...1 lines deleted...]
-  <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
     <t>2017-67</t>
   </si>
   <si>
     <t>Ontwikkeling handreiking voor de behandeling van (chronische) insomnie bij patiënten van forensische afdelingen</t>
   </si>
   <si>
     <t>Er wordt gewerkt aan de ontwikkeling van een handreiking voor cognitieve gedragstherapie voor de behandeling van chronische insomnie (CGT-I). Deze wordt specifiek ontworpen voor de doelgroep van forensisch psychiatrische patiënten.</t>
   </si>
   <si>
     <t>Schema Focused Therapy (SFT)</t>
   </si>
   <si>
     <t>Deze variant van Schema Focused Therapy is gericht op de forensische doelgroep. Binnen SFT worden disfunctionele schema's waar mogelijk aangepast naar nieuwe, functionele schema's om zo onder andere delictgedrag te voorkomen.</t>
   </si>
   <si>
     <t>2013-2</t>
   </si>
   <si>
     <t>Handreiking problematisch middelengebruik klinisch</t>
   </si>
   <si>
     <t>Een richtlijn voor professionals werkzaam in de forensische klinische setting, die werken met patiënten met problematisch middelengebruik als onderdeel van hun diagnose, gericht op recidive vermindering.</t>
   </si>
   <si>
-    <t>2013-4</t>
-[...1 lines deleted...]
-  <si>
     <t>Sociotherapeutisch milieu</t>
   </si>
   <si>
     <t>Explorerende studie (bestaande uit twee delen) over best practice van sociotherapie en over de werkzame elementen in het creëren van een gunstig sociotherapeutisch milieu in de forensische klinische setting.</t>
   </si>
   <si>
     <t>2013-7</t>
   </si>
   <si>
     <t>Zedendelinquenten onderscheiden</t>
   </si>
   <si>
     <t>Binnen dit project is gekeken naar onderscheidende factoren tussen verschillende soorten daders binnen de groep van zedendelinquenten. Op basis hiervan zijn drie vervolgcalls uitgezet ter verdieping van deze eerste conclusies.</t>
   </si>
   <si>
-    <t>2013-11</t>
-[...5 lines deleted...]
-    <t>Door middel van het inventariseren van het gebruik en de inzet van delictanalyse in verschillende settings in de forensische zorg, is een standaard richtlijn geïntroduceerd die professionals kunnen toepassen.</t>
+    <t>Delictanalyse</t>
+  </si>
+  <si>
+    <t>Binnen het thema delictanalyse zijn er drie projecten uitgevoerd, ieder met een eigen focus en invalshoek. Gezamenlijk versterken zij het inzicht in dit complexe domein.</t>
   </si>
   <si>
     <t>2014-25</t>
   </si>
   <si>
     <t>Helpers en Helden: SFT voor LVB</t>
   </si>
   <si>
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
-    <t>2014-30</t>
-[...1 lines deleted...]
-  <si>
     <t>E-health: Zelfscore app</t>
   </si>
   <si>
     <t>De zelfscore app is ontworpen zodat patiënten hun eigen behandelvoortgang bij kunnen houden, naast die van de behandelaar. Items uit de HKT-R en HCR-20V3 zijn hiervoor omgeschreven naar voor patiënten te beantwoorden vragen.</t>
   </si>
   <si>
-    <t>2015-42</t>
-[...16 lines deleted...]
-  <si>
     <t>2016-6</t>
   </si>
   <si>
     <t>Handelingsprotocol zorgprogramma psychotische stoornissen (Call 2016-6B)</t>
   </si>
   <si>
     <t>Deze studie betreft een verdieping en vertaalslag naar implementatie in de praktijk, van het zorgprogramma psychotische stoornissen dat in 2015 binnen het EFP is afgerond.</t>
   </si>
   <si>
     <t>2017-52</t>
   </si>
   <si>
     <t>Doorontwikkeling handelingsprotocol middelengebruik (Toolbox)</t>
   </si>
   <si>
     <t>Dit betreft de doorontwikkeling van de handreiking over middelengebruik in forensisch klinische context. Hier wordt toegewerkt naar een handelingsprotocol dat meer praktische handvatten geeft aan het dagelijkse handelen.</t>
   </si>
   <si>
-    <t>2016-62</t>
-[...7 lines deleted...]
-  <si>
     <t>2013-6</t>
   </si>
   <si>
     <t>Herstelondersteunende interventies patiënten met psychotische stoornis</t>
   </si>
   <si>
     <t>Dit onderzoek biedt een verdieping in effectieve herstelondersteunende (behandel)interventies, ter aanvulling op het Zorgprogramma Psychotische Stoornissen van het EFP.</t>
   </si>
   <si>
     <t>2014-17</t>
   </si>
   <si>
     <t>Seksuele preoccupatie bij zedendelinquenten</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar het werkende mechanisme achter seksuele preoccupatie onder zedendelinquenten. Er is gezocht naar een methode om dit correct vast te stellen, en te beïnvloeden om recidive op dit gebied te voorkomen.</t>
   </si>
   <si>
-    <t>2016-46</t>
-[...1 lines deleted...]
-  <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
-    <t>Dit betreft een kennisdocument met aanbevelingen en handvatten voor het verbeteren van de objectieve en subjectieve kwaliteit van leven van forensisch psychiatrische patiënten. Het doel is om meer aandacht creëren voor kwaliteit van leven in de forensische context, waar de primaire focus logischerwijs op beveiliging ligt.</t>
-[...2 lines deleted...]
-    <t>2016-48</t>
+    <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
   </si>
   <si>
     <t>Ontwikkelingsstoornissen</t>
   </si>
   <si>
     <t>In dit inventariserende onderzoek is gekeken naar de behoeften aan verdiepend onderzoek gericht op de specifieke doelgroep van forensisch psychiatrische patiënten met een ontwikkelingsstoornis ASS en/of ADHD.</t>
   </si>
   <si>
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
   <si>
     <t>In dit vervolgonderzoek wordt door middel van proeftuinen (in fpc's, fpk's, fpa's, ppc's en forensische poli's) gewerkt aan een algemeen en sectorspecifiek implementatieadvies van de methode delictanalyse.</t>
   </si>
   <si>
-    <t>2013-15</t>
-[...1 lines deleted...]
-  <si>
     <t>Agressiehantering</t>
   </si>
   <si>
     <t>Een interventie gericht op forensische patiënten met agressieproblematiek. Het betreft een specifiek zorgprogramma dat erop gericht is agressieproblematiek volgens cognitieve gedragstherapeutische technieken aan te pakken.</t>
   </si>
   <si>
-    <t>2014-22</t>
-[...14 lines deleted...]
-    <t>2018-74</t>
+    <t>Verlofhulp</t>
+  </si>
+  <si>
+    <t>Deze applicatie is bedoeld ter ondersteuning van de patiënt tijdens zijn verlof vanuit een klinische behandeling.</t>
   </si>
   <si>
     <t>Grip op Agressie (GoA)</t>
   </si>
   <si>
-    <t>Een behandelinterventie gericht op het verminderen en voorkomen van ernstig agressief gedrag bij cliënten met een licht verstandelijke beperking. Erkend door de Erkenningscommissie Gedragsinterventies Justitie.</t>
+    <t>Grip op Agressie (GoA) biedt een erkend behandelprogramma dat mensen met een LVB helpt agressie te herkennen, beheersen en terugval te voorkomen. Zowel de klinische als ambulante variant zijn vernieuwd met actuele inzichten en praktische materialen voor effectieve gedragsverandering.</t>
   </si>
   <si>
     <t>2016-60</t>
   </si>
   <si>
     <t>Handreiking slachtofferbewust werken voor forensisch maatschappelijk werkers</t>
   </si>
   <si>
     <t>Dit project betreft de implementatie en doorontwikkeling van de handreiking: Slachtofferbewust werken voor Forensisch Maatschappelijk Werkers.</t>
   </si>
   <si>
     <t>2016-57</t>
   </si>
   <si>
     <t>Agressief gedrag vanuit het perspectief van mensen met een LVB: een voorstudie naar ervaringsdeskundigheid binnen de forensische behandeling voor LVB</t>
   </si>
   <si>
     <t>Onderzoek naar de ervaringskennis van mensen met een LVB/ZB die zij geven ten aanzien van grensoverschrijdend gedrag. Dit is de eerste stap naar eventuele inzet van ervaringsdeskundigen binnen de LVB-doelgroep.</t>
   </si>
   <si>
-    <t>2013-3</t>
-[...2 lines deleted...]
-    <t>Psycho-educatie module LVB 'Weet Wat Je Kan'</t>
+    <t>Weet wat je kan</t>
   </si>
   <si>
     <t>De psycho-educatie module "Weet wat je kan" is gericht op patiënten met een licht verstandelijke beperking (LVB) en is inzetbaar bij o.a. het vergroten van responsiviteit op (forensische) behandeling.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
@@ -1477,62 +1201,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-weet-wat-je-kan" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sterk-verhaal-in-beeld-geluid-en-tekst-een-vaktherapeutische-levensverhaalmodule-voor-forensisch-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/hoofdzaken-niet-aangeboren-hersenletsel-bij-forensisch-psychiatrische-patienten" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-diepte-in-een-realist-evaluation-van-ademhalingsinterventies-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezamenlijke-besluitvorming-over-vaktherapeutische-behandeling-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse-voor-mensen-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/toepassing-van-het-responsiviteitsprincipe-in-de-klinische-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/traumabehandeling-en-responsiviteit-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenningsaanvraag-seeking-safety-voor-mensen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-theoretisch-kader-voor-de-forensische-kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteit-bij-forensisch-clienten-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn-beheer-behoud-en-implementatie" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sprong-in-het-diepe-de-evaluatie-en-implementatie-van-deep" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-seeking-safety-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-vertaling-kfz-calls-producten-naar-mogelijkheden-doorontwikkeling-forensische-leerlijn-call-2020-130" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/integratie-van-seksualiteit-in-de-behandeling" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-naar-de-bruikbaarheid-en-effecten-van-kwaliteitstoetsingsmethoden-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-bij-behandeling-van-forensische-patienten-met-adhd-call-2018-88" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-59" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-voor-verlof-call-2019-118" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/haalbaarheidsonderzoek-verlofapp-20-call-2019-113" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-voor-ontslagplanning-call-2019-119" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/prevalentie-en-effectieve-behandeling-van-nah-in-de-forensische-populatie-call-2019-102" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verkorte-delictanalyse-call-2019-111" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/e-module-weet-wat-je-kan-evaluatie-en-doorontwikkeling-call-2019-117" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven-en-middelengebruik-in-de-forensische-zorg-call-2018-92" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handelingsprotocol-voor-het-verbeteren-van-de-kwaliteit-van-leven-van-patienten-in-de-forensische-psychiatrie-call-2018-90" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-handreiking-risicomanagement-lvb-call-2018-93" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap-continuiteit-in-de-forensische-keten-precall-2018-79" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-70" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-51" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-13" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-14" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-24" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-29" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-3637" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-45" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-2" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-11" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-2" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-42" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-44" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-62" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-46" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2014-22" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-57" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sterk-verhaal-in-beeld-geluid-en-tekst-een-vaktherapeutische-levensverhaalmodule-voor-forensisch-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-diepte-in-een-realist-evaluation-van-ademhalingsinterventies-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezamenlijke-besluitvorming-over-vaktherapeutische-behandeling-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sprong-in-het-diepe-de-evaluatie-en-implementatie-van-deep" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-59" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-voor-verlof-call-2019-118" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-51" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-13" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-24" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-29" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-3637" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-2" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-2" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verlofhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-57" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI115"/>
+  <dimension ref="A1:AI92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B115" sqref="B115"/>
+      <selection activeCell="B92" sqref="B92"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1601,4223 +1325,3310 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
-      <c r="A2" t="s">
+      <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>37</v>
       </c>
       <c r="Z2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="U3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="K4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Q4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AH4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="F5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="S5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Y5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
       <c r="F6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
       <c r="F7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="P7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="K8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="P8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Q8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
       <c r="F9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" t="s">
         <v>60</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
       <c r="F11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J11" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
       </c>
       <c r="Z11" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
       <c r="F12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J12" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z12" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
+        <v>66</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
       <c r="F13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G13" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>37</v>
       </c>
       <c r="Z13" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>37</v>
       </c>
       <c r="AE13" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
+        <v>69</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
       <c r="F14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L14" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z14" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>37</v>
       </c>
       <c r="AC14" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
-      <c r="A15" t="s">
+      <c r="B15" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C15" t="s">
         <v>73</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H15" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I15" t="s">
+        <v>37</v>
       </c>
       <c r="J15" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>37</v>
       </c>
       <c r="Z15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA15" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>37</v>
       </c>
       <c r="AE15" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C16" t="s">
         <v>76</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>5</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E16" t="s">
+        <v>37</v>
+      </c>
+      <c r="H16" t="s">
+        <v>37</v>
+      </c>
+      <c r="I16" t="s">
+        <v>37</v>
+      </c>
+      <c r="K16" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>37</v>
       </c>
       <c r="Z16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC16" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C17" t="s">
         <v>79</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>5</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
+        <v>37</v>
+      </c>
+      <c r="H17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17" t="s">
+        <v>37</v>
+      </c>
+      <c r="N17" t="s">
+        <v>37</v>
+      </c>
+      <c r="S17" t="s">
+        <v>37</v>
       </c>
       <c r="Z17" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="A18" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C18" t="s">
         <v>82</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="D18" t="s">
+        <v>4</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="G18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>37</v>
+      </c>
+      <c r="N18" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35">
+      <c r="B19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C18" t="s">
+      <c r="C19" t="s">
         <v>84</v>
       </c>
-      <c r="D18" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E19" t="s">
+        <v>37</v>
       </c>
       <c r="G19" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>37</v>
+      </c>
+      <c r="S19" t="s">
+        <v>37</v>
       </c>
       <c r="Z19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB19" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AH19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C20" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G20" t="s">
+        <v>37</v>
+      </c>
+      <c r="I20" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" t="s">
+        <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="W20" t="s">
+        <v>37</v>
       </c>
       <c r="Z20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA20" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:35">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C21" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" t="s">
+        <v>4</v>
+      </c>
+      <c r="E21" t="s">
+        <v>37</v>
+      </c>
+      <c r="G21" t="s">
+        <v>37</v>
+      </c>
+      <c r="J21" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35">
+      <c r="B22" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C22" t="s">
         <v>92</v>
       </c>
-      <c r="C21" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I22" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" t="s">
+        <v>37</v>
       </c>
       <c r="R22" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA22" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>37</v>
       </c>
       <c r="AF22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G23" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J23" t="s">
+        <v>37</v>
+      </c>
+      <c r="R23" t="s">
+        <v>37</v>
       </c>
       <c r="Z23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA23" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="C24" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="D24" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>5</v>
+      </c>
+      <c r="F24" t="s">
+        <v>37</v>
       </c>
       <c r="G24" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J24" t="s">
+        <v>37</v>
+      </c>
+      <c r="R24" t="s">
+        <v>37</v>
       </c>
       <c r="Z24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA24" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="C25" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D25" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>5</v>
+      </c>
+      <c r="F25" t="s">
+        <v>37</v>
       </c>
       <c r="G25" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N25" t="s">
+        <v>37</v>
       </c>
       <c r="Z25" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA25" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="A26" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H26" t="s">
+        <v>37</v>
+      </c>
+      <c r="I26" t="s">
+        <v>37</v>
       </c>
       <c r="J26" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>37</v>
+      </c>
+      <c r="X26" t="s">
+        <v>37</v>
       </c>
       <c r="Z26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:35">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C27" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G27" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J27" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N27" t="s">
+        <v>37</v>
+      </c>
+      <c r="W27" t="s">
+        <v>37</v>
       </c>
       <c r="Z27" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF27" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:35">
       <c r="A28" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H28" t="s">
+        <v>37</v>
       </c>
       <c r="J28" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N28" t="s">
+        <v>37</v>
       </c>
       <c r="Z28" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF28" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:35">
       <c r="A29" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C29" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D29" t="s">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E29" t="s">
+        <v>37</v>
+      </c>
+      <c r="H29" t="s">
+        <v>37</v>
       </c>
       <c r="J29" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L29" t="s">
+        <v>37</v>
       </c>
       <c r="Z29" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF29" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:35">
       <c r="A30" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C30" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H30" t="s">
+        <v>37</v>
       </c>
       <c r="L30" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="T30" t="s">
+        <v>37</v>
       </c>
       <c r="Z30" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA30" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF30" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:35">
       <c r="A31" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C31" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D31" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E31" t="s">
+        <v>37</v>
       </c>
       <c r="G31" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L31" t="s">
+        <v>37</v>
+      </c>
+      <c r="U31" t="s">
+        <v>37</v>
       </c>
       <c r="Z31" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA31" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:35">
       <c r="A32" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C32" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G32" t="s">
+        <v>37</v>
       </c>
       <c r="J32" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="S32" t="s">
+        <v>37</v>
       </c>
       <c r="Z32" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA32" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE32" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:35">
       <c r="A33" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C33" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G33" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J33" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="P33" t="s">
+        <v>37</v>
+      </c>
+      <c r="R33" t="s">
+        <v>37</v>
       </c>
       <c r="Z33" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>37</v>
       </c>
       <c r="AF33" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:35">
       <c r="A34" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C34" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G34" t="s">
+        <v>37</v>
       </c>
       <c r="N34" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z34" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>37</v>
       </c>
       <c r="AF34" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:35">
       <c r="A35" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C35" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D35" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E35" t="s">
+        <v>37</v>
       </c>
       <c r="G35" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="S35" t="s">
+        <v>37</v>
       </c>
       <c r="Z35" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA35" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG35" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:35">
       <c r="A36" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C36" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D36" t="s">
-        <v>5</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>4</v>
+      </c>
+      <c r="E36" t="s">
+        <v>37</v>
+      </c>
+      <c r="H36" t="s">
+        <v>37</v>
+      </c>
+      <c r="V36" t="s">
+        <v>37</v>
       </c>
       <c r="Z36" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE36" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:35">
-      <c r="A37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B37" s="1" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="C37" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H37" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L37" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="T37" t="s">
+        <v>37</v>
       </c>
       <c r="Z37" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>37</v>
       </c>
       <c r="AF37" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:35">
       <c r="A38" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="C38" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
       <c r="E38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G38" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="O38" t="s">
+        <v>37</v>
       </c>
       <c r="Z38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC38" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD38" t="s">
+        <v>37</v>
       </c>
       <c r="AF38" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:35">
       <c r="A39" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C39" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G39" t="s">
+        <v>37</v>
+      </c>
+      <c r="V39" t="s">
+        <v>37</v>
       </c>
       <c r="Z39" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="40" spans="1:35">
       <c r="A40" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="C40" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
       <c r="E40" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G40" t="s">
+        <v>37</v>
+      </c>
+      <c r="J40" t="s">
+        <v>37</v>
+      </c>
+      <c r="U40" t="s">
+        <v>37</v>
       </c>
       <c r="Z40" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:35">
       <c r="A41" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="C41" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="D41" t="s">
         <v>4</v>
       </c>
       <c r="E41" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H41" t="s">
+        <v>37</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
       </c>
       <c r="Z41" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE41" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="42" spans="1:35">
       <c r="A42" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="C42" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="D42" t="s">
         <v>4</v>
       </c>
       <c r="E42" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G42" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J42" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z42" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA42" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF42" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="43" spans="1:35">
-      <c r="A43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B43" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="C43" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="D43" t="s">
         <v>4</v>
       </c>
       <c r="E43" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H43" t="s">
+        <v>37</v>
       </c>
       <c r="J43" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="U43" t="s">
+        <v>37</v>
+      </c>
+      <c r="W43" t="s">
+        <v>37</v>
       </c>
       <c r="Z43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA43" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC43" t="s">
+        <v>37</v>
       </c>
       <c r="AF43" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="44" spans="1:35">
       <c r="A44" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="C44" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="D44" t="s">
         <v>4</v>
       </c>
       <c r="E44" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G44" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="R44" t="s">
+        <v>37</v>
       </c>
       <c r="Z44" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA44" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB44" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG44" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="45" spans="1:35">
       <c r="A45" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="C45" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="D45" t="s">
         <v>4</v>
       </c>
       <c r="E45" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G45" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="S45" t="s">
+        <v>37</v>
       </c>
       <c r="Z45" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA45" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB45" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC45" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD45" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG45" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="46" spans="1:35">
-      <c r="A46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B46" s="1" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="C46" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="D46" t="s">
         <v>4</v>
       </c>
       <c r="E46" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H46" t="s">
+        <v>37</v>
+      </c>
+      <c r="L46" t="s">
+        <v>37</v>
+      </c>
+      <c r="N46" t="s">
+        <v>37</v>
       </c>
       <c r="Z46" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA46" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>37</v>
       </c>
       <c r="AC46" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD46" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF46" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="47" spans="1:35">
-      <c r="A47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B47" s="1" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="C47" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="D47" t="s">
         <v>4</v>
       </c>
       <c r="E47" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H47" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I47" t="s">
+        <v>37</v>
+      </c>
+      <c r="J47" t="s">
+        <v>37</v>
+      </c>
+      <c r="L47" t="s">
+        <v>37</v>
+      </c>
+      <c r="R47" t="s">
+        <v>37</v>
       </c>
       <c r="Z47" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE47" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:35">
       <c r="A48" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="C48" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="D48" t="s">
         <v>4</v>
       </c>
       <c r="E48" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H48" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="M48" t="s">
+        <v>37</v>
+      </c>
+      <c r="R48" t="s">
+        <v>37</v>
       </c>
       <c r="Z48" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA48" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC48" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD48" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE48" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="49" spans="1:35">
       <c r="A49" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="C49" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="D49" t="s">
         <v>4</v>
       </c>
       <c r="E49" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H49" t="s">
+        <v>37</v>
+      </c>
+      <c r="I49" t="s">
+        <v>37</v>
+      </c>
+      <c r="J49" t="s">
+        <v>37</v>
+      </c>
+      <c r="K49" t="s">
+        <v>37</v>
       </c>
       <c r="Z49" t="s">
-        <v>38</v>
-[...14 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE49" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG49" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH49" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="50" spans="1:35">
       <c r="A50" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="C50" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="D50" t="s">
         <v>4</v>
       </c>
       <c r="E50" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G50" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N50" t="s">
+        <v>37</v>
       </c>
       <c r="Z50" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA50" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>37</v>
       </c>
       <c r="AC50" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD50" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG50" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:35">
-      <c r="A51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B51" s="1" t="s">
-        <v>182</v>
+        <v>172</v>
       </c>
       <c r="C51" t="s">
-        <v>183</v>
+        <v>173</v>
       </c>
       <c r="D51" t="s">
         <v>4</v>
       </c>
       <c r="E51" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G51" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="K51" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>37</v>
       </c>
       <c r="Z51" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC51" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD51" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE51" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH51" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:35">
       <c r="A52" t="s">
-        <v>184</v>
+        <v>174</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>185</v>
+        <v>175</v>
       </c>
       <c r="C52" t="s">
-        <v>186</v>
+        <v>176</v>
       </c>
       <c r="D52" t="s">
         <v>4</v>
       </c>
       <c r="E52" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H52" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J52" t="s">
+        <v>37</v>
+      </c>
+      <c r="W52" t="s">
+        <v>37</v>
       </c>
       <c r="Z52" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE52" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:35">
       <c r="A53" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="C53" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="D53" t="s">
         <v>4</v>
       </c>
       <c r="E53" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G53" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N53" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="P53" t="s">
+        <v>37</v>
       </c>
       <c r="Z53" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF53" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="54" spans="1:35">
-      <c r="A54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B54" s="1" t="s">
-        <v>191</v>
+        <v>180</v>
       </c>
       <c r="C54" t="s">
-        <v>192</v>
+        <v>181</v>
       </c>
       <c r="D54" t="s">
         <v>4</v>
       </c>
       <c r="E54" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H54" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J54" t="s">
+        <v>37</v>
+      </c>
+      <c r="P54" t="s">
+        <v>37</v>
+      </c>
+      <c r="R54" t="s">
+        <v>37</v>
+      </c>
+      <c r="X54" t="s">
+        <v>37</v>
       </c>
       <c r="Z54" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>37</v>
       </c>
       <c r="AE54" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF54" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="55" spans="1:35">
       <c r="A55" t="s">
-        <v>193</v>
+        <v>182</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>194</v>
+        <v>183</v>
       </c>
       <c r="C55" t="s">
-        <v>195</v>
+        <v>184</v>
       </c>
       <c r="D55" t="s">
         <v>4</v>
       </c>
       <c r="E55" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H55" t="s">
+        <v>37</v>
+      </c>
+      <c r="R55" t="s">
+        <v>37</v>
+      </c>
+      <c r="U55" t="s">
+        <v>37</v>
       </c>
       <c r="Z55" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA55" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE55" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:35">
       <c r="A56" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>197</v>
+        <v>186</v>
       </c>
       <c r="C56" t="s">
-        <v>198</v>
+        <v>187</v>
       </c>
       <c r="D56" t="s">
         <v>4</v>
       </c>
       <c r="E56" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G56" t="s">
+        <v>37</v>
+      </c>
+      <c r="L56" t="s">
+        <v>37</v>
       </c>
       <c r="Z56" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA56" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:35">
-      <c r="A57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B57" s="1" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="C57" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="D57" t="s">
         <v>4</v>
       </c>
       <c r="E57" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H57" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N57" t="s">
+        <v>37</v>
+      </c>
+      <c r="V57" t="s">
+        <v>37</v>
       </c>
       <c r="Z57" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA57" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD57" t="s">
+        <v>37</v>
       </c>
       <c r="AE57" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="58" spans="1:35">
       <c r="A58" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="C58" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="D58" t="s">
         <v>4</v>
       </c>
       <c r="E58" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H58" t="s">
+        <v>37</v>
+      </c>
+      <c r="L58" t="s">
+        <v>37</v>
+      </c>
+      <c r="W58" t="s">
+        <v>37</v>
       </c>
       <c r="Z58" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA58" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC58" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE58" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="59" spans="1:35">
       <c r="A59" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="C59" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="D59" t="s">
         <v>4</v>
       </c>
       <c r="E59" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H59" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J59" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="S59" t="s">
+        <v>37</v>
       </c>
       <c r="Z59" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE59" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:35">
       <c r="A60" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="C60" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="D60" t="s">
         <v>4</v>
       </c>
       <c r="E60" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G60" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L60" t="s">
+        <v>37</v>
+      </c>
+      <c r="W60" t="s">
+        <v>37</v>
       </c>
       <c r="Z60" t="s">
-        <v>38</v>
-[...14 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF60" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:35">
       <c r="A61" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="C61" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="D61" t="s">
         <v>4</v>
       </c>
       <c r="E61" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G61" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W61" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z61" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA61" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC61" t="s">
+        <v>37</v>
       </c>
       <c r="AF61" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="62" spans="1:35">
       <c r="A62" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="C62" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="D62" t="s">
         <v>4</v>
       </c>
       <c r="E62" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G62" t="s">
+        <v>37</v>
+      </c>
+      <c r="W62" t="s">
+        <v>37</v>
       </c>
       <c r="Z62" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF62" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="63" spans="1:35">
       <c r="B63" s="1" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="C63" t="s">
-        <v>218</v>
+        <v>206</v>
       </c>
       <c r="D63" t="s">
         <v>4</v>
       </c>
       <c r="E63" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G63" t="s">
+        <v>37</v>
+      </c>
+      <c r="V63" t="s">
+        <v>37</v>
       </c>
       <c r="Z63" t="s">
-        <v>38</v>
-[...14 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE63" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="64" spans="1:35">
       <c r="A64" t="s">
-        <v>219</v>
+        <v>207</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>220</v>
+        <v>208</v>
       </c>
       <c r="C64" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="D64" t="s">
         <v>4</v>
       </c>
       <c r="E64" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H64" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N64" t="s">
+        <v>37</v>
       </c>
       <c r="Z64" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA64" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC64" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG64" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="65" spans="1:35">
-      <c r="A65" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B65" s="1" t="s">
-        <v>223</v>
+        <v>210</v>
       </c>
       <c r="C65" t="s">
-        <v>224</v>
+        <v>211</v>
       </c>
       <c r="D65" t="s">
         <v>4</v>
       </c>
       <c r="E65" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G65" t="s">
+        <v>37</v>
       </c>
       <c r="J65" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N65" t="s">
+        <v>37</v>
+      </c>
+      <c r="P65" t="s">
+        <v>37</v>
       </c>
       <c r="Z65" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF65" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="66" spans="1:35">
       <c r="A66" t="s">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>226</v>
+        <v>213</v>
       </c>
       <c r="C66" t="s">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="D66" t="s">
         <v>4</v>
       </c>
       <c r="E66" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G66" t="s">
+        <v>37</v>
+      </c>
+      <c r="J66" t="s">
+        <v>37</v>
+      </c>
+      <c r="U66" t="s">
+        <v>37</v>
       </c>
       <c r="Z66" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA66" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE66" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="67" spans="1:35">
       <c r="A67" t="s">
-        <v>228</v>
+        <v>215</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>229</v>
+        <v>216</v>
       </c>
       <c r="C67" t="s">
-        <v>230</v>
+        <v>217</v>
       </c>
       <c r="D67" t="s">
         <v>4</v>
       </c>
       <c r="E67" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G67" t="s">
+        <v>37</v>
       </c>
       <c r="J67" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="U67" t="s">
+        <v>37</v>
       </c>
       <c r="Z67" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA67" t="s">
+        <v>37</v>
       </c>
       <c r="AE67" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:35">
-      <c r="A68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B68" s="1" t="s">
-        <v>232</v>
+        <v>218</v>
       </c>
       <c r="C68" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="D68" t="s">
         <v>4</v>
       </c>
       <c r="E68" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H68" t="s">
+        <v>37</v>
+      </c>
+      <c r="U68" t="s">
+        <v>37</v>
       </c>
       <c r="Z68" t="s">
-        <v>38</v>
-[...14 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF68" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="69" spans="1:35">
-      <c r="A69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B69" s="1" t="s">
-        <v>235</v>
+        <v>220</v>
       </c>
       <c r="C69" t="s">
-        <v>236</v>
+        <v>221</v>
       </c>
       <c r="D69" t="s">
         <v>4</v>
       </c>
       <c r="E69" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H69" t="s">
+        <v>37</v>
+      </c>
+      <c r="I69" t="s">
+        <v>37</v>
+      </c>
+      <c r="J69" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>37</v>
       </c>
       <c r="Z69" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC69" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE69" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AG69" t="s">
+        <v>37</v>
       </c>
       <c r="AH69" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="70" spans="1:35">
       <c r="A70" t="s">
-        <v>237</v>
+        <v>222</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>238</v>
+        <v>223</v>
       </c>
       <c r="C70" t="s">
-        <v>239</v>
+        <v>224</v>
       </c>
       <c r="D70" t="s">
         <v>4</v>
       </c>
       <c r="E70" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H70" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="O70" t="s">
+        <v>37</v>
       </c>
       <c r="Z70" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC70" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD70" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF70" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="71" spans="1:35">
-      <c r="A71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B71" s="1" t="s">
-        <v>241</v>
+        <v>225</v>
       </c>
       <c r="C71" t="s">
-        <v>242</v>
+        <v>226</v>
       </c>
       <c r="D71" t="s">
         <v>4</v>
       </c>
       <c r="E71" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H71" t="s">
+        <v>37</v>
+      </c>
+      <c r="L71" t="s">
+        <v>37</v>
       </c>
       <c r="Z71" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA71" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD71" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE71" t="s">
+        <v>37</v>
       </c>
       <c r="AF71" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="72" spans="1:35">
       <c r="A72" t="s">
-        <v>243</v>
+        <v>227</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>244</v>
+        <v>228</v>
       </c>
       <c r="C72" t="s">
-        <v>245</v>
+        <v>229</v>
       </c>
       <c r="D72" t="s">
         <v>4</v>
       </c>
       <c r="E72" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H72" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J72" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L72" t="s">
+        <v>37</v>
+      </c>
+      <c r="W72" t="s">
+        <v>37</v>
       </c>
       <c r="Z72" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF72" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="73" spans="1:35">
-      <c r="A73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B73" s="1" t="s">
-        <v>247</v>
+        <v>230</v>
       </c>
       <c r="C73" t="s">
-        <v>248</v>
+        <v>231</v>
       </c>
       <c r="D73" t="s">
         <v>4</v>
       </c>
       <c r="E73" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H73" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I73" t="s">
+        <v>37</v>
+      </c>
+      <c r="J73" t="s">
+        <v>37</v>
       </c>
       <c r="Z73" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA73" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC73" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF73" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="74" spans="1:35">
       <c r="A74" t="s">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>250</v>
+        <v>233</v>
       </c>
       <c r="C74" t="s">
-        <v>251</v>
+        <v>234</v>
       </c>
       <c r="D74" t="s">
         <v>4</v>
       </c>
       <c r="E74" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H74" t="s">
+        <v>37</v>
+      </c>
+      <c r="X74" t="s">
+        <v>37</v>
       </c>
       <c r="Z74" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF74" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="75" spans="1:35">
       <c r="B75" s="1" t="s">
-        <v>252</v>
+        <v>235</v>
       </c>
       <c r="C75" t="s">
-        <v>253</v>
+        <v>236</v>
       </c>
       <c r="D75" t="s">
         <v>4</v>
       </c>
       <c r="E75" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J75" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y75" t="s">
+        <v>37</v>
       </c>
       <c r="Z75" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC75" t="s">
+        <v>37</v>
       </c>
       <c r="AE75" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="76" spans="1:35">
       <c r="A76" t="s">
-        <v>254</v>
+        <v>237</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>255</v>
+        <v>238</v>
       </c>
       <c r="C76" t="s">
-        <v>256</v>
+        <v>239</v>
       </c>
       <c r="D76" t="s">
         <v>4</v>
       </c>
       <c r="E76" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G76" t="s">
+        <v>37</v>
       </c>
       <c r="W76" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z76" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA76" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD76" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG76" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="77" spans="1:35">
-      <c r="A77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B77" s="1" t="s">
-        <v>258</v>
+        <v>240</v>
       </c>
       <c r="C77" t="s">
-        <v>259</v>
+        <v>241</v>
       </c>
       <c r="D77" t="s">
         <v>4</v>
       </c>
       <c r="E77" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H77" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J77" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="U77" t="s">
+        <v>37</v>
       </c>
       <c r="Z77" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE77" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF77" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:35">
       <c r="A78" t="s">
-        <v>260</v>
+        <v>242</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>261</v>
+        <v>243</v>
       </c>
       <c r="C78" t="s">
-        <v>262</v>
+        <v>244</v>
       </c>
       <c r="D78" t="s">
         <v>4</v>
       </c>
       <c r="E78" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H78" t="s">
+        <v>37</v>
+      </c>
+      <c r="I78" t="s">
+        <v>37</v>
+      </c>
+      <c r="J78" t="s">
+        <v>37</v>
+      </c>
+      <c r="M78" t="s">
+        <v>37</v>
       </c>
       <c r="Z78" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC78" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF78" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:35">
-      <c r="A79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B79" s="1" t="s">
-        <v>264</v>
+        <v>245</v>
       </c>
       <c r="C79" t="s">
-        <v>265</v>
+        <v>246</v>
       </c>
       <c r="D79" t="s">
         <v>4</v>
       </c>
       <c r="E79" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H79" t="s">
+        <v>37</v>
+      </c>
+      <c r="U79" t="s">
+        <v>37</v>
       </c>
       <c r="Z79" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE79" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="80" spans="1:35">
       <c r="A80" t="s">
-        <v>266</v>
+        <v>247</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>267</v>
+        <v>248</v>
       </c>
       <c r="C80" t="s">
-        <v>268</v>
+        <v>249</v>
       </c>
       <c r="D80" t="s">
         <v>4</v>
       </c>
       <c r="E80" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H80" t="s">
+        <v>37</v>
+      </c>
+      <c r="I80" t="s">
+        <v>37</v>
+      </c>
+      <c r="J80" t="s">
+        <v>37</v>
       </c>
       <c r="W80" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z80" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF80" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="81" spans="1:35">
       <c r="A81" t="s">
-        <v>269</v>
+        <v>250</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>270</v>
+        <v>251</v>
       </c>
       <c r="C81" t="s">
-        <v>271</v>
+        <v>252</v>
       </c>
       <c r="D81" t="s">
         <v>4</v>
       </c>
       <c r="E81" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H81" t="s">
+        <v>37</v>
+      </c>
+      <c r="J81" t="s">
+        <v>37</v>
+      </c>
+      <c r="X81" t="s">
+        <v>37</v>
       </c>
       <c r="Z81" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA81" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF81" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="82" spans="1:35">
       <c r="A82" t="s">
-        <v>272</v>
+        <v>253</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>273</v>
+        <v>254</v>
       </c>
       <c r="C82" t="s">
-        <v>274</v>
+        <v>255</v>
       </c>
       <c r="D82" t="s">
         <v>4</v>
       </c>
       <c r="E82" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G82" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J82" t="s">
+        <v>37</v>
+      </c>
+      <c r="S82" t="s">
+        <v>37</v>
       </c>
       <c r="Z82" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>37</v>
       </c>
       <c r="AE82" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF82" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="83" spans="1:35">
       <c r="A83" t="s">
-        <v>275</v>
+        <v>256</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>276</v>
+        <v>257</v>
       </c>
       <c r="C83" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="D83" t="s">
         <v>4</v>
       </c>
       <c r="E83" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G83" t="s">
+        <v>37</v>
+      </c>
+      <c r="L83" t="s">
+        <v>37</v>
+      </c>
+      <c r="W83" t="s">
+        <v>37</v>
       </c>
       <c r="Z83" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA83" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC83" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF83" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="84" spans="1:35">
-      <c r="A84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B84" s="1" t="s">
-        <v>279</v>
+        <v>259</v>
       </c>
       <c r="C84" t="s">
-        <v>280</v>
+        <v>260</v>
       </c>
       <c r="D84" t="s">
         <v>4</v>
       </c>
       <c r="E84" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H84" t="s">
+        <v>37</v>
+      </c>
+      <c r="I84" t="s">
+        <v>37</v>
       </c>
       <c r="J84" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>37</v>
       </c>
       <c r="Z84" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA84" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB84" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC84" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD84" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE84" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="85" spans="1:35">
-      <c r="A85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B85" s="1" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="C85" t="s">
-        <v>283</v>
+        <v>262</v>
       </c>
       <c r="D85" t="s">
         <v>4</v>
       </c>
       <c r="E85" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G85" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L85" t="s">
+        <v>37</v>
       </c>
       <c r="Z85" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA85" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AG85" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="86" spans="1:35">
       <c r="A86" t="s">
-        <v>284</v>
+        <v>263</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>285</v>
+        <v>264</v>
       </c>
       <c r="C86" t="s">
-        <v>286</v>
+        <v>265</v>
       </c>
       <c r="D86" t="s">
         <v>4</v>
       </c>
       <c r="E86" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H86" t="s">
+        <v>37</v>
       </c>
       <c r="U86" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z86" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA86" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC86" t="s">
+        <v>37</v>
       </c>
       <c r="AE86" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF86" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="87" spans="1:35">
-      <c r="A87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B87" s="1" t="s">
-        <v>288</v>
+        <v>266</v>
       </c>
       <c r="C87" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
       <c r="D87" t="s">
         <v>4</v>
       </c>
       <c r="E87" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H87" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J87" t="s">
+        <v>37</v>
       </c>
       <c r="Z87" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA87" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC87" t="s">
+        <v>37</v>
       </c>
       <c r="AF87" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="88" spans="1:35">
-      <c r="A88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B88" s="1" t="s">
-        <v>291</v>
+        <v>268</v>
       </c>
       <c r="C88" t="s">
-        <v>292</v>
+        <v>269</v>
       </c>
       <c r="D88" t="s">
         <v>4</v>
       </c>
       <c r="E88" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G88" t="s">
+        <v>37</v>
       </c>
       <c r="I88" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z88" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE88" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="89" spans="1:35">
-      <c r="A89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B89" s="1" t="s">
-        <v>294</v>
+        <v>270</v>
       </c>
       <c r="C89" t="s">
-        <v>295</v>
+        <v>271</v>
       </c>
       <c r="D89" t="s">
         <v>4</v>
       </c>
       <c r="E89" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H89" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J89" t="s">
+        <v>37</v>
+      </c>
+      <c r="P89" t="s">
+        <v>37</v>
+      </c>
+      <c r="R89" t="s">
+        <v>37</v>
       </c>
       <c r="Z89" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF89" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="90" spans="1:35">
       <c r="A90" t="s">
-        <v>296</v>
+        <v>272</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>297</v>
+        <v>273</v>
       </c>
       <c r="C90" t="s">
-        <v>298</v>
+        <v>274</v>
       </c>
       <c r="D90" t="s">
         <v>4</v>
       </c>
       <c r="E90" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H90" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I90" t="s">
+        <v>37</v>
+      </c>
+      <c r="J90" t="s">
+        <v>37</v>
       </c>
       <c r="L90" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z90" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA90" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE90" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="91" spans="1:35">
       <c r="A91" t="s">
-        <v>299</v>
+        <v>275</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>300</v>
+        <v>276</v>
       </c>
       <c r="C91" t="s">
-        <v>301</v>
+        <v>277</v>
       </c>
       <c r="D91" t="s">
         <v>4</v>
       </c>
       <c r="E91" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G91" t="s">
+        <v>37</v>
+      </c>
+      <c r="O91" t="s">
+        <v>37</v>
+      </c>
+      <c r="R91" t="s">
+        <v>37</v>
       </c>
       <c r="Z91" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF91" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="92" spans="1:35">
       <c r="B92" s="1" t="s">
-        <v>302</v>
+        <v>278</v>
       </c>
       <c r="C92" t="s">
-        <v>303</v>
+        <v>279</v>
       </c>
       <c r="D92" t="s">
         <v>4</v>
       </c>
       <c r="E92" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H92" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J92" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="R92" t="s">
+        <v>37</v>
+      </c>
+      <c r="T92" t="s">
+        <v>37</v>
       </c>
       <c r="Z92" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA92" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC92" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF92" t="s">
-        <v>38</v>
-[...846 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -5869,73 +4680,50 @@
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
     <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
     <hyperlink ref="B90" r:id="rId_hyperlink_89"/>
     <hyperlink ref="B91" r:id="rId_hyperlink_90"/>
     <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
-    <hyperlink ref="B93" r:id="rId_hyperlink_92"/>
-[...21 lines deleted...]
-    <hyperlink ref="B115" r:id="rId_hyperlink_114"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>