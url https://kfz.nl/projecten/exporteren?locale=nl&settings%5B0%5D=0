--- v1 (2026-02-03)
+++ v2 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,203 +119,191 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
+    <t>Patronen in het gebruik van sociale media door forensische patiënten</t>
+  </si>
+  <si>
+    <t>Het doel is om (1) het gebruik van sociale media door de forensisch psychiatrische doelgroep in kaart brengen, inclusief mogelijke patronen en verschillen tussen subdoelgroepen, beveiligingsniveaus en beleidskaders. Daarnaast (2) de beleidsmatige regulering van sociale media binnen FPK’s/FPC’s te onderzoeken en hoe dit verschilt tussen beveiligingsniveaus, en wordt (3) inzicht verkregen in de ervaringen van zowel behandelaren als patiënten met betrekking tot het sociale media-gebruik en het bijbehorende beleid.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>Methodische handreiking Forensische Sociotherapie</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is bijdragen aan de professionalisering van de forensische sociotherapie door in co-creatie met het werkveld voor deze beroepsgroep een methodische handreiking te ontwikkelen, te testen en door te ontwikkelen.</t>
+  </si>
+  <si>
+    <t>2025-266</t>
+  </si>
+  <si>
+    <t>AI in de Forensische Zorg</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is om te onderzoeken hoe verschillende vormen van AI op een verantwoorde, effectieve en duurzame manier kunnen worden ingezet in de klinische en ambulante forensische zorg, zowel in de jeugd- als volwassenensector.</t>
+  </si>
+  <si>
     <t>Conceptualisatie literatuuronderzoek leef- en leerklimaat</t>
   </si>
   <si>
     <t>Het doel van dit project is onder andere om inzicht te krijgen in het concept klimaat zoals dit in de literatuur en in de praktijk wordt gehanteerd in verschillende werkvelden en settingen.</t>
   </si>
   <si>
-    <t>x</t>
-[...1 lines deleted...]
-  <si>
     <t>2022-185</t>
   </si>
   <si>
     <t>Doorontwikkeling Delictanalyseproducten</t>
   </si>
   <si>
-    <t>2024-212</t>
-[...1 lines deleted...]
-  <si>
     <t>In- en uitstroom in zorgketen forensische cliënten/patiënten met een LVB</t>
   </si>
   <si>
     <t>In kaart brengen van knelpunten en succesfactoren met betrekking tot overplaatsing en overdracht vanuit een Borginstelling naar een vervolgvoorziening, om de continuïteit in de ketenzorg te verbeteren.</t>
   </si>
   <si>
     <t>2024-215</t>
   </si>
   <si>
     <t>Zicht Op Agressie</t>
   </si>
   <si>
     <t>Het doel van het onderzoek is om zicht te krijgen op agressie incidenten en de opvolging hiervan. In een handreiking worden met adviezen voor de praktijk, en worden aanbevelingen gedaan m.b.t. hoe forensische teams incidentmeldingen kunnen registreren, duiden en evalueren.</t>
   </si>
   <si>
-    <t>2024-210</t>
-[...1 lines deleted...]
-  <si>
     <t>Elkaar goed begrijpen in de Forensische Zorg</t>
   </si>
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
-    <t>2024-219</t>
-[...1 lines deleted...]
-  <si>
     <t>Een sterk verhaal in beeld, geluid en tekst. Een vaktherapeutische levensverhaalmodule voor forensisch cliënten</t>
   </si>
   <si>
     <t>De levensverhaleninterventie 'Een Sterk Verhaal', richt zich op cliënten persoonlijkheidsstoornissen met 12 gestructureerde groepssessies.</t>
   </si>
   <si>
-    <t>2024-211</t>
-[...1 lines deleted...]
-  <si>
     <t>Van locatie veranderd: een onderzoek naar overplaatsingen in de Tbs</t>
   </si>
   <si>
     <t>Het doel van het project is om zicht te krijgen op factoren die een rol spelen bij overplaatsingen in kader van behandelstagnatie zodat er mogelijk eerder geïntervenieerd kan worden in de behandeling of gezorgd kan worden dat een dergelijke overplaatsing een minder stagnerende werking op zichzelf heeft.</t>
   </si>
   <si>
-    <t>2024-217</t>
-[...1 lines deleted...]
-  <si>
     <t>Evaluatieonderzoek implementatie Waaiermodel</t>
   </si>
   <si>
     <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
-    <t>2021-157</t>
-[...1 lines deleted...]
-  <si>
     <t>De effectiviteitspuzzel van eHealth</t>
   </si>
   <si>
     <t>Wat is de toegevoegde waarde van online modules voor behandelingen in de forensische zorg?</t>
   </si>
   <si>
     <t>2023-209</t>
   </si>
   <si>
     <t>De Diepte In: Een realist evaluation van ademhalingsinterventies in de forensische klinische zorg</t>
   </si>
   <si>
-    <t>2023-207</t>
-[...1 lines deleted...]
-  <si>
     <t>Gezamenlijke besluitvorming over vaktherapeutische behandeling in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van dit project is om een praktisch inzetbare vaktherapeutische keuzehulp te ontwikkelen.</t>
   </si>
   <si>
     <t>2023-206</t>
   </si>
   <si>
     <t>Ondersteuning bij cultuurverandering: een reflectiemethode voor forensische zorgprofessionals</t>
   </si>
   <si>
     <t>Vanuit de behoefte van FHIC-zorgprofessionals aan ondersteuning bij cultuurverandering, is in een verkennend onderzoek deze vorm van ethiekondersteuning omgevormd tot een reflectiemethode. Middels deze reflectiemethode voeren teams laagdrempelig een socratisch dialoog over een centrale waarde. Het doel van het project is de doorontwikkeling van de reflectiemethode, en onderzoek naar de acceptatie, geschiktheid, haalbaarheid, implementatie en de ervaren opbrengst.</t>
   </si>
   <si>
-    <t>2023-205</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
     <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
-    <t>2023-190</t>
-[...1 lines deleted...]
-  <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-183</t>
-[...1 lines deleted...]
-  <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
     <t>Kwaliteitsnetwerken</t>
   </si>
   <si>
     <t>Kwaliteitsnetwerken brengen professionals uit de forensische zorg samen om kennis en ervaring te delen. Zo wordt gezamenlijk gewerkt aan het verbeteren van kwaliteit en vakmanschap in de praktijk.</t>
   </si>
   <si>
-    <t>2022-186</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
     <t>2022-153</t>
   </si>
   <si>
     <t>Werkingsmechanismen en interventies van vaktherapie in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van dit project is kennis- en kwaliteitsontwikkeling en professionalisering van vaktherapie in de forensische zorg.</t>
   </si>
   <si>
     <t>Seksualiteitsbeleid bij forensische cliënten</t>
   </si>
   <si>
     <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2022-179</t>
   </si>
   <si>
     <t>Rapid realist review naar effectiviteit van forensische zorg voor personen met een LVB</t>
@@ -329,299 +317,245 @@
   <si>
     <t>Doorontwikkeling Helpers en Helden</t>
   </si>
   <si>
     <t>Binnen dit project wordt de interventie Helpers en Helden (SFT voor LVB) doorontwikkeld.</t>
   </si>
   <si>
     <t>2021-159</t>
   </si>
   <si>
     <t>Doorontwikkeling e-Health modules psycho-educatie</t>
   </si>
   <si>
     <t>Doorontwikkeling e-Health modules psycho-educatie voor forensische ambulante instellingen.</t>
   </si>
   <si>
     <t>2021-149</t>
   </si>
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
-    <t>2020-148</t>
-[...1 lines deleted...]
-  <si>
     <t>Virtual Reality oefen-omgeving voor zedenplegers gericht op kinderen</t>
   </si>
   <si>
     <t>Het doel van dit project is om te onderzoeken of een VR-oefen-omgeving een nuttige aanvulling is op de huidige behandeling van daders van seksueel kindermisbruik binnen FPC’s.</t>
   </si>
   <si>
     <t>2020-146</t>
   </si>
   <si>
     <t>Een sprong in het diepe: De evaluatie en implementatie van DEEP</t>
   </si>
   <si>
     <t>Een sprong in het diepe: De evaluatie en implementatie van DEEP, een virtual reality biofeedback game, in de forensische zorg</t>
   </si>
   <si>
-    <t>2020-147</t>
-[...1 lines deleted...]
-  <si>
     <t>Behandelen van vrouwen in forensische klinische zorg: Een vak apart?</t>
   </si>
   <si>
     <t>De handreiking bestaat uit concrete richtlijnen voor het behandelen van vrouwen in de forensisch klinische zorg, waarbij ook kennis uit de ambulante sector wordt meegenomen.</t>
   </si>
   <si>
     <t>2018-89</t>
   </si>
   <si>
     <t>Responsiviteit ASS</t>
   </si>
   <si>
     <t>Dit project zal een overzicht opleveren van de neurocognitieve problemen en leerstijl van mensen met ASS en de invloed die dat heeft op de responsiviteit in gangbare interventies.</t>
   </si>
   <si>
-    <t>2019-100</t>
-[...1 lines deleted...]
-  <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
     <t>2020-131</t>
   </si>
   <si>
     <t>Literatuuronderzoek en operationalisatie van behandelvoortgang binnen de forensische zorg</t>
   </si>
   <si>
     <t>Het ontwikkelen van een multidimensionaal conceptueel model voor de operationalisatie van behandelvoortgang dat toepasbaar is binnen de gehele forensische zorg.</t>
   </si>
   <si>
     <t>2020-123</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling SFT bij LVB</t>
   </si>
   <si>
     <t>In dit project wordt de eventuele doorontwikkeling van de module Helpers &amp; Helden onderzocht.</t>
   </si>
   <si>
     <t>2020-127</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling e-modules psycho-educatie</t>
   </si>
   <si>
     <t>Het doel van dit huidige project is het doen van ‘onderzoek’ om te achterhalen wat er nodig is aan doorontwikkeling zodat het product technisch gezien door (vrijwel) alle ambulante forensische instellingen gebruikt kan worden en het aanbod in voldoende mate voldoet aan de behoeften van de behandelaars en cliënten.</t>
   </si>
   <si>
-    <t>2018-86</t>
-[...7 lines deleted...]
-  <si>
     <t>2020-125</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling "Goed Ernaast"</t>
   </si>
   <si>
     <t>Op welk niveau bevindt het KFZ product "Goed ernaast" zich nu en wat is er nodig voor een doorontwikkeling?</t>
   </si>
   <si>
-    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten met ADHD</t>
+    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
-    <t>2018-78</t>
-[...1 lines deleted...]
-  <si>
     <t>Behoefteninventarisatie betrekken familie en andere naasten bij de forensische zorg</t>
   </si>
   <si>
     <t>In deze pre-call zal de behoeften en ervaringen van naasten, cliënten en behandelaars geïnventariseerd worden op het gebied van betrekken van naasten in de forensische zorg.</t>
   </si>
   <si>
     <t>2017-59</t>
   </si>
   <si>
     <t>STiP 5.1</t>
   </si>
   <si>
     <t>Dit project onderzoekt de inzetbaarheid van het instrument STiP 5.1 (uit de reguliere GGZ) voor het meten van behandelvoortgang bij forensische patiënten met een persoonlijkheidsstoornis.</t>
   </si>
   <si>
-    <t>2019-118</t>
-[...7 lines deleted...]
-  <si>
     <t>2019-103</t>
   </si>
   <si>
     <t>Evidence gap map vaktherapie: de ontwikkeling van een evicende gap map voor vaktherapie in de forensische GGZ</t>
   </si>
   <si>
     <t>Het doel van dit project is om de kennislancune op basis van wetenschappelijk gepubliceerde en niet gepubliceerde literatuur te achterhalen; behoeften naar nieuw onderzoek op te halen bij vaktherapeuten, onderzoekers, verwijzers en ervaringsdeskundigen/patiënten; onderzoeken te prioriteren op basis van praktijk en wetenschap.</t>
   </si>
   <si>
     <t>Niet-aangeboren hersenletsel (NAH)</t>
   </si>
   <si>
     <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
-    <t>2019-97</t>
-[...1 lines deleted...]
-  <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
     <t>Risicomanagement LVB</t>
   </si>
   <si>
     <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. Binnen dit thema is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
   </si>
   <si>
-    <t>2018-84</t>
-[...2 lines deleted...]
-    <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
+    <t>Handreiking indicatiestelling forensische zorg voor LVB</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
-    <t>2018-85</t>
-[...1 lines deleted...]
-  <si>
     <t>Implementatietraject duurzame verbinding</t>
   </si>
   <si>
     <t>Relationeel werken en contact na behandeling ter voorkoming van recidive.</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
     <t>Mind the Gap</t>
   </si>
   <si>
     <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
     <t>2017-69</t>
   </si>
   <si>
     <t>Implementatie van de behandeling van brandstichters</t>
   </si>
   <si>
     <t>Dit project betreft de implementatiestudie van het behandelprotocol voor de behandeling van (subtypen) brandstichters in de forensische ggz.</t>
   </si>
   <si>
-    <t>2017-68</t>
-[...1 lines deleted...]
-  <si>
     <t>Transcranial Direct Current Stimulation (tDCS) als nieuwe interventie voor het reduceren van gewelddadige recidive</t>
   </si>
   <si>
     <t>In deze studie wordt onderzocht in hoeverre de methodiek tDCS een succesvolle interventie kan zijn om gewelddadig delictgedrag bij verslaafden justitiabelen in de toekomst te voorkomen.</t>
   </si>
   <si>
     <t>Seeking Safety</t>
   </si>
   <si>
     <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
   </si>
   <si>
-    <t>2017-71</t>
-[...1 lines deleted...]
-  <si>
     <t>Het ontwikkelen van de DROS 2.0</t>
   </si>
   <si>
     <t>In dit project wordt het instrument de DROS (Dynamic Risk Outcome Scales) herzien en gevalideerd, zodat het in de toekomst onderbouwd zowel als ROM-instrument als risicotaxatie-instrument ingezet kan worden.</t>
   </si>
   <si>
-    <t>2016-51</t>
-[...7 lines deleted...]
-  <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
   </si>
   <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
     <t>2013-13</t>
   </si>
   <si>
     <t>Contact tussen slachtoffer/nabestaande en tbs-er</t>
   </si>
   <si>
     <t>Dit project geeft een richtlijn voor het al dan niet initiëren van contact tussen dader en slachtoffer. Het doel is de positie van het slachtoffer te verbeteren en te definiëren wanneer het wenselijk is om deze te betrekken in de behandeling van de dader.</t>
   </si>
   <si>
     <t>2014-16</t>
@@ -629,119 +563,98 @@
   <si>
     <t>Vrouwvijandigheid bij zedendelinquenten</t>
   </si>
   <si>
     <t>Centraal stond het vast stellen en in kaart brengen van deze specifieke cognitieve vervorming bij zedendelinquenten. Er is gekeken naar een passend instrument om dit te meten en naar implicaties hiervan voor behandeling.</t>
   </si>
   <si>
     <t>2014-18</t>
   </si>
   <si>
     <t>Cognitieve vervormingen bij zedendelinquenten</t>
   </si>
   <si>
     <t>Hier staat (neuro-)cognitief onderzoek onder zedendelinquenten centraal. Door het meten van cognitieve vervormingen bij zedendelinquenten te verbeteren, kan de behandeling hiervan aangescherpt en verbeterd worden.</t>
   </si>
   <si>
     <t>2014-23</t>
   </si>
   <si>
     <t>Subgroepen brandstichters</t>
   </si>
   <si>
     <t>De dadergroep brandstichters kan in verschillende subtypen worden onderscheiden. Die subtypen beïnvloeden de opsporingsrelevante kenmerken voor politie maar zijn ook van invloed op behandeling van deze groep forensische patiënten.</t>
   </si>
   <si>
-    <t>Netwerkactivatie tijdens de behandeling</t>
-[...4 lines deleted...]
-  <si>
     <t>2014-26</t>
   </si>
   <si>
     <t>Do's &amp; Don'ts e-Health</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken welke e-health toepassingen uit de algemene zorgsector wel of niet succesvol zijn in de praktijk, wat hiervoor de redenen zijn en wat de forensische zorgsector hiervan kan leren voor eigen e-health toepassingen.</t>
   </si>
   <si>
-    <t>De Groeifabriek Forensische Zorg JJI´s</t>
-[...4 lines deleted...]
-  <si>
     <t>2014-34</t>
   </si>
   <si>
     <t>Behandelvoortgang persoonlijkheids stoornissen</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een persoonlijkheidsstoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
     <t>2014-35</t>
   </si>
   <si>
     <t>Behandelvoortgang seksuele stoornissen (Call 2014-35)</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een seksuele stoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
-    <t>E-learning module HKT-R en HCR-20V3</t>
-[...4 lines deleted...]
-  <si>
     <t>Forensische High &amp; Intensive Care (FHIC)</t>
   </si>
   <si>
     <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
   </si>
   <si>
     <t>2016-47</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid in de forensische psychiatrie</t>
   </si>
   <si>
     <t>Het belang en mogelijkheden van ervaringsdeskundigen binnen de forensische psychiatrie zijn hier in kaart gebracht, met het oog op praktische toepassingsmogelijkheden en beperkingen die in deze specifieke sector een rol spelen.</t>
   </si>
   <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
-    <t>2017-67</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkeling handreiking voor de behandeling van (chronische) insomnie bij patiënten van forensische afdelingen</t>
   </si>
   <si>
     <t>Er wordt gewerkt aan de ontwikkeling van een handreiking voor cognitieve gedragstherapie voor de behandeling van chronische insomnie (CGT-I). Deze wordt specifiek ontworpen voor de doelgroep van forensisch psychiatrische patiënten.</t>
   </si>
   <si>
     <t>Schema Focused Therapy (SFT)</t>
   </si>
   <si>
     <t>Deze variant van Schema Focused Therapy is gericht op de forensische doelgroep. Binnen SFT worden disfunctionele schema's waar mogelijk aangepast naar nieuwe, functionele schema's om zo onder andere delictgedrag te voorkomen.</t>
   </si>
   <si>
     <t>2013-2</t>
   </si>
   <si>
     <t>Handreiking problematisch middelengebruik klinisch</t>
   </si>
   <si>
     <t>Een richtlijn voor professionals werkzaam in de forensische klinische setting, die werken met patiënten met problematisch middelengebruik als onderdeel van hun diagnose, gericht op recidive vermindering.</t>
   </si>
   <si>
     <t>Sociotherapeutisch milieu</t>
   </si>
   <si>
     <t>Explorerende studie (bestaande uit twee delen) over best practice van sociotherapie en over de werkzame elementen in het creëren van een gunstig sociotherapeutisch milieu in de forensische klinische setting.</t>
@@ -812,78 +725,69 @@
   <si>
     <t>In dit onderzoek is gekeken naar het werkende mechanisme achter seksuele preoccupatie onder zedendelinquenten. Er is gezocht naar een methode om dit correct vast te stellen, en te beïnvloeden om recidive op dit gebied te voorkomen.</t>
   </si>
   <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
     <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
   </si>
   <si>
     <t>Ontwikkelingsstoornissen</t>
   </si>
   <si>
     <t>In dit inventariserende onderzoek is gekeken naar de behoeften aan verdiepend onderzoek gericht op de specifieke doelgroep van forensisch psychiatrische patiënten met een ontwikkelingsstoornis ASS en/of ADHD.</t>
   </si>
   <si>
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
   <si>
     <t>In dit vervolgonderzoek wordt door middel van proeftuinen (in fpc's, fpk's, fpa's, ppc's en forensische poli's) gewerkt aan een algemeen en sectorspecifiek implementatieadvies van de methode delictanalyse.</t>
   </si>
   <si>
-    <t>Agressiehantering</t>
-[...4 lines deleted...]
-  <si>
     <t>Verlofhulp</t>
   </si>
   <si>
     <t>Deze applicatie is bedoeld ter ondersteuning van de patiënt tijdens zijn verlof vanuit een klinische behandeling.</t>
   </si>
   <si>
     <t>Grip op Agressie (GoA)</t>
   </si>
   <si>
     <t>Grip op Agressie (GoA) biedt een erkend behandelprogramma dat mensen met een LVB helpt agressie te herkennen, beheersen en terugval te voorkomen. Zowel de klinische als ambulante variant zijn vernieuwd met actuele inzichten en praktische materialen voor effectieve gedragsverandering.</t>
   </si>
   <si>
     <t>2016-60</t>
   </si>
   <si>
     <t>Handreiking slachtofferbewust werken voor forensisch maatschappelijk werkers</t>
   </si>
   <si>
     <t>Dit project betreft de implementatie en doorontwikkeling van de handreiking: Slachtofferbewust werken voor Forensisch Maatschappelijk Werkers.</t>
-  </si>
-[...1 lines deleted...]
-    <t>2016-57</t>
   </si>
   <si>
     <t>Agressief gedrag vanuit het perspectief van mensen met een LVB: een voorstudie naar ervaringsdeskundigheid binnen de forensische behandeling voor LVB</t>
   </si>
   <si>
     <t>Onderzoek naar de ervaringskennis van mensen met een LVB/ZB die zij geven ten aanzien van grensoverschrijdend gedrag. Dit is de eerste stap naar eventuele inzet van ervaringsdeskundigen binnen de LVB-doelgroep.</t>
   </si>
   <si>
     <t>Weet wat je kan</t>
   </si>
   <si>
     <t>De psycho-educatie module "Weet wat je kan" is gericht op patiënten met een licht verstandelijke beperking (LVB) en is inzetbaar bij o.a. het vergroten van responsiviteit op (forensische) behandeling.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1201,62 +1105,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sterk-verhaal-in-beeld-geluid-en-tekst-een-vaktherapeutische-levensverhaalmodule-voor-forensisch-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-diepte-in-een-realist-evaluation-van-ademhalingsinterventies-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezamenlijke-besluitvorming-over-vaktherapeutische-behandeling-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sprong-in-het-diepe-de-evaluatie-en-implementatie-van-deep" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-59" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-voor-verlof-call-2019-118" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-51" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-13" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-24" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-29" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-3637" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-2" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-2" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verlofhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-57" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/patronen-in-het-gebruik-van-sociale-media-door-forensische-patienten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/methodische-handreiking-forensische-sociotherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sterk-verhaal-in-beeld-geluid-en-tekst-een-vaktherapeutische-levensverhaalmodule-voor-forensisch-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-diepte-in-een-realist-evaluation-van-ademhalingsinterventies-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezamenlijke-besluitvorming-over-vaktherapeutische-behandeling-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sprong-in-het-diepe-de-evaluatie-en-implementatie-van-deep" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-59" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-13" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-2" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-2" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verlofhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-57" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI92"/>
+  <dimension ref="A1:AI88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B92" sqref="B92"/>
+      <selection activeCell="B88" sqref="B88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1340,3294 +1244,3106 @@
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C2" t="s">
         <v>36</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>37</v>
       </c>
       <c r="G2" t="s">
         <v>37</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="I2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J2" t="s">
         <v>37</v>
       </c>
       <c r="Z2" t="s">
         <v>37</v>
       </c>
-      <c r="AA2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AG2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
-      <c r="A3" t="s">
+      <c r="B3" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" t="s">
         <v>39</v>
       </c>
       <c r="D3" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>37</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="U3" t="s">
+      <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="Z3" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="AE3" t="s">
         <v>37</v>
       </c>
       <c r="AF3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
-      <c r="G4" t="s">
-[...8 lines deleted...]
-      <c r="R4" t="s">
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
         <v>37</v>
       </c>
       <c r="Z4" t="s">
         <v>37</v>
       </c>
       <c r="AA4" t="s">
         <v>37</v>
       </c>
-      <c r="AH4" t="s">
+      <c r="AG4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>37</v>
       </c>
-      <c r="S5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y5" t="s">
         <v>37</v>
       </c>
       <c r="Z5" t="s">
         <v>37</v>
       </c>
-      <c r="AC5" t="s">
-[...2 lines deleted...]
-      <c r="AE5" t="s">
+      <c r="AA5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="D6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" t="s">
+        <v>37</v>
+      </c>
+      <c r="U6" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:35">
+      <c r="B7" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="C6" t="s">
+      <c r="C7" t="s">
         <v>48</v>
-      </c>
-[...39 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
-      <c r="P7" t="s">
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>37</v>
+      </c>
+      <c r="R7" t="s">
         <v>37</v>
       </c>
       <c r="Z7" t="s">
         <v>37</v>
       </c>
-      <c r="AF7" t="s">
+      <c r="AA7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
-      <c r="J8" t="s">
-[...8 lines deleted...]
-      <c r="Q8" t="s">
+      <c r="S8" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y8" t="s">
         <v>37</v>
       </c>
       <c r="Z8" t="s">
         <v>37</v>
       </c>
+      <c r="AC8" t="s">
+        <v>37</v>
+      </c>
       <c r="AE8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" s="1" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
       <c r="F9" t="s">
         <v>37</v>
       </c>
       <c r="G9" t="s">
         <v>37</v>
       </c>
-      <c r="I9" t="s">
-[...2 lines deleted...]
-      <c r="J9" t="s">
+      <c r="L9" t="s">
         <v>37</v>
       </c>
       <c r="Z9" t="s">
         <v>37</v>
       </c>
       <c r="AA9" t="s">
         <v>37</v>
       </c>
       <c r="AB9" t="s">
         <v>37</v>
       </c>
+      <c r="AC9" t="s">
+        <v>37</v>
+      </c>
       <c r="AD9" t="s">
         <v>37</v>
       </c>
       <c r="AE9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" s="1" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D10" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E10" t="s">
+        <v>5</v>
+      </c>
+      <c r="F10" t="s">
         <v>37</v>
       </c>
       <c r="G10" t="s">
         <v>37</v>
       </c>
-      <c r="J10" t="s">
-[...2 lines deleted...]
-      <c r="N10" t="s">
+      <c r="P10" t="s">
         <v>37</v>
       </c>
       <c r="Z10" t="s">
         <v>37</v>
       </c>
-      <c r="AA10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
-      <c r="A11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B11" s="1" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
       <c r="F11" t="s">
         <v>37</v>
       </c>
       <c r="G11" t="s">
         <v>37</v>
       </c>
       <c r="J11" t="s">
         <v>37</v>
       </c>
-      <c r="N11" t="s">
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="P11" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q11" t="s">
         <v>37</v>
       </c>
       <c r="Z11" t="s">
         <v>37</v>
       </c>
-      <c r="AF11" t="s">
+      <c r="AE11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:35">
-      <c r="A12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B12" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
       <c r="F12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
+      <c r="I12" t="s">
+        <v>37</v>
+      </c>
       <c r="J12" t="s">
         <v>37</v>
       </c>
       <c r="Z12" t="s">
         <v>37</v>
       </c>
+      <c r="AA12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>37</v>
+      </c>
       <c r="AE12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
-      <c r="A13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B13" s="1" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="C13" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F13" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
-      <c r="L13" t="s">
-[...2 lines deleted...]
-      <c r="Y13" t="s">
+      <c r="J13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
         <v>37</v>
       </c>
       <c r="Z13" t="s">
         <v>37</v>
       </c>
-      <c r="AC13" t="s">
-[...2 lines deleted...]
-      <c r="AE13" t="s">
+      <c r="AA13" t="s">
         <v>37</v>
       </c>
       <c r="AF13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
       <c r="F14" t="s">
         <v>37</v>
       </c>
       <c r="G14" t="s">
         <v>37</v>
       </c>
-      <c r="L14" t="s">
+      <c r="J14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
         <v>37</v>
       </c>
       <c r="Z14" t="s">
-        <v>37</v>
-[...7 lines deleted...]
-      <c r="AC14" t="s">
         <v>37</v>
       </c>
       <c r="AF14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="B15" s="1" t="s">
-        <v>72</v>
+        <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="D15" t="s">
-        <v>4</v>
-[...7 lines deleted...]
-      <c r="I15" t="s">
+        <v>5</v>
+      </c>
+      <c r="F15" t="s">
+        <v>37</v>
+      </c>
+      <c r="G15" t="s">
         <v>37</v>
       </c>
       <c r="J15" t="s">
         <v>37</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z15" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="AC15" t="s">
         <v>37</v>
       </c>
       <c r="AE15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="C16" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="D16" t="s">
-        <v>4</v>
-[...13 lines deleted...]
-      <c r="Q16" t="s">
+        <v>5</v>
+      </c>
+      <c r="F16" t="s">
+        <v>37</v>
+      </c>
+      <c r="G16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y16" t="s">
         <v>37</v>
       </c>
       <c r="Z16" t="s">
         <v>37</v>
       </c>
-      <c r="AA16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC16" t="s">
         <v>37</v>
       </c>
-      <c r="AD16" t="s">
-[...2 lines deleted...]
-      <c r="AH16" t="s">
+      <c r="AE16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
-      <c r="A17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B17" s="1" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="C17" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="D17" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="H17" t="s">
+        <v>5</v>
+      </c>
+      <c r="F17" t="s">
+        <v>37</v>
+      </c>
+      <c r="G17" t="s">
         <v>37</v>
       </c>
       <c r="L17" t="s">
         <v>37</v>
       </c>
-      <c r="N17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Z17" t="s">
         <v>37</v>
       </c>
       <c r="AA17" t="s">
         <v>37</v>
       </c>
       <c r="AB17" t="s">
         <v>37</v>
       </c>
       <c r="AC17" t="s">
         <v>37</v>
       </c>
-      <c r="AD17" t="s">
-[...2 lines deleted...]
-      <c r="AG17" t="s">
+      <c r="AF17" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:35">
-      <c r="A18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B18" s="1" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="C18" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
         <v>37</v>
       </c>
-      <c r="G18" t="s">
+      <c r="H18" t="s">
+        <v>37</v>
+      </c>
+      <c r="I18" t="s">
+        <v>37</v>
+      </c>
+      <c r="J18" t="s">
         <v>37</v>
       </c>
       <c r="L18" t="s">
         <v>37</v>
       </c>
-      <c r="N18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z18" t="s">
         <v>37</v>
       </c>
       <c r="AA18" t="s">
         <v>37</v>
       </c>
-      <c r="AB18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC18" t="s">
         <v>37</v>
       </c>
-      <c r="AD18" t="s">
-[...2 lines deleted...]
-      <c r="AF18" t="s">
+      <c r="AE18" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:35">
       <c r="B19" s="1" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
         <v>37</v>
       </c>
-      <c r="G19" t="s">
-[...5 lines deleted...]
-      <c r="S19" t="s">
+      <c r="H19" t="s">
+        <v>37</v>
+      </c>
+      <c r="I19" t="s">
+        <v>37</v>
+      </c>
+      <c r="K19" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q19" t="s">
         <v>37</v>
       </c>
       <c r="Z19" t="s">
         <v>37</v>
       </c>
       <c r="AA19" t="s">
         <v>37</v>
       </c>
       <c r="AB19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD19" t="s">
         <v>37</v>
       </c>
       <c r="AH19" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="C20" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20" t="s">
         <v>37</v>
       </c>
-      <c r="G20" t="s">
-[...5 lines deleted...]
-      <c r="J20" t="s">
+      <c r="H20" t="s">
         <v>37</v>
       </c>
       <c r="L20" t="s">
         <v>37</v>
       </c>
-      <c r="W20" t="s">
+      <c r="N20" t="s">
+        <v>37</v>
+      </c>
+      <c r="S20" t="s">
         <v>37</v>
       </c>
       <c r="Z20" t="s">
         <v>37</v>
       </c>
       <c r="AA20" t="s">
         <v>37</v>
       </c>
-      <c r="AE20" t="s">
+      <c r="AB20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG20" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:35">
-      <c r="A21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B21" s="1" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="C21" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
         <v>37</v>
       </c>
       <c r="G21" t="s">
         <v>37</v>
       </c>
-      <c r="J21" t="s">
+      <c r="L21" t="s">
+        <v>37</v>
+      </c>
+      <c r="N21" t="s">
         <v>37</v>
       </c>
       <c r="Z21" t="s">
         <v>37</v>
       </c>
       <c r="AA21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD21" t="s">
         <v>37</v>
       </c>
       <c r="AF21" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="B22" s="1" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="C22" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
         <v>37</v>
       </c>
       <c r="G22" t="s">
         <v>37</v>
       </c>
-      <c r="I22" t="s">
-[...5 lines deleted...]
-      <c r="R22" t="s">
+      <c r="L22" t="s">
+        <v>37</v>
+      </c>
+      <c r="S22" t="s">
         <v>37</v>
       </c>
       <c r="Z22" t="s">
         <v>37</v>
       </c>
       <c r="AA22" t="s">
         <v>37</v>
       </c>
       <c r="AB22" t="s">
         <v>37</v>
       </c>
-      <c r="AC22" t="s">
-[...5 lines deleted...]
-      <c r="AF22" t="s">
+      <c r="AH22" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:35">
-      <c r="A23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B23" s="1" t="s">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="C23" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
         <v>37</v>
       </c>
       <c r="G23" t="s">
         <v>37</v>
       </c>
+      <c r="I23" t="s">
+        <v>37</v>
+      </c>
       <c r="J23" t="s">
         <v>37</v>
       </c>
-      <c r="R23" t="s">
+      <c r="L23" t="s">
+        <v>37</v>
+      </c>
+      <c r="W23" t="s">
         <v>37</v>
       </c>
       <c r="Z23" t="s">
         <v>37</v>
       </c>
       <c r="AA23" t="s">
         <v>37</v>
       </c>
       <c r="AE23" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>84</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>97</v>
+        <v>85</v>
       </c>
       <c r="C24" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D24" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F24" t="s">
+        <v>4</v>
+      </c>
+      <c r="E24" t="s">
         <v>37</v>
       </c>
       <c r="G24" t="s">
         <v>37</v>
       </c>
       <c r="J24" t="s">
         <v>37</v>
       </c>
-      <c r="R24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z24" t="s">
         <v>37</v>
       </c>
       <c r="AA24" t="s">
         <v>37</v>
       </c>
-      <c r="AC24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF24" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:35">
-      <c r="A25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B25" s="1" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="D25" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F25" t="s">
+        <v>4</v>
+      </c>
+      <c r="E25" t="s">
         <v>37</v>
       </c>
       <c r="G25" t="s">
         <v>37</v>
       </c>
-      <c r="N25" t="s">
+      <c r="I25" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" t="s">
+        <v>37</v>
+      </c>
+      <c r="R25" t="s">
         <v>37</v>
       </c>
       <c r="Z25" t="s">
         <v>37</v>
       </c>
       <c r="AA25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD25" t="s">
         <v>37</v>
       </c>
       <c r="AF25" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="A26" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="C26" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
         <v>37</v>
       </c>
-      <c r="H26" t="s">
-[...2 lines deleted...]
-      <c r="I26" t="s">
+      <c r="G26" t="s">
         <v>37</v>
       </c>
       <c r="J26" t="s">
         <v>37</v>
       </c>
-      <c r="L26" t="s">
-[...2 lines deleted...]
-      <c r="X26" t="s">
+      <c r="R26" t="s">
         <v>37</v>
       </c>
       <c r="Z26" t="s">
         <v>37</v>
       </c>
       <c r="AA26" t="s">
         <v>37</v>
       </c>
-      <c r="AF26" t="s">
+      <c r="AE26" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:35">
       <c r="A27" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="C27" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
       <c r="D27" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E27" t="s">
+        <v>5</v>
+      </c>
+      <c r="F27" t="s">
         <v>37</v>
       </c>
       <c r="G27" t="s">
         <v>37</v>
       </c>
       <c r="J27" t="s">
         <v>37</v>
       </c>
-      <c r="N27" t="s">
-[...2 lines deleted...]
-      <c r="W27" t="s">
+      <c r="R27" t="s">
         <v>37</v>
       </c>
       <c r="Z27" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC27" t="s">
         <v>37</v>
       </c>
       <c r="AF27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:35">
       <c r="A28" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>97</v>
       </c>
       <c r="D28" t="s">
-        <v>4</v>
-[...7 lines deleted...]
-      <c r="J28" t="s">
+        <v>5</v>
+      </c>
+      <c r="F28" t="s">
+        <v>37</v>
+      </c>
+      <c r="G28" t="s">
         <v>37</v>
       </c>
       <c r="N28" t="s">
         <v>37</v>
       </c>
       <c r="Z28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA28" t="s">
         <v>37</v>
       </c>
       <c r="AF28" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:35">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>98</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="C29" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
       <c r="E29" t="s">
         <v>37</v>
       </c>
       <c r="H29" t="s">
         <v>37</v>
       </c>
+      <c r="I29" t="s">
+        <v>37</v>
+      </c>
       <c r="J29" t="s">
         <v>37</v>
       </c>
       <c r="L29" t="s">
         <v>37</v>
       </c>
+      <c r="X29" t="s">
+        <v>37</v>
+      </c>
       <c r="Z29" t="s">
         <v>37</v>
       </c>
+      <c r="AA29" t="s">
+        <v>37</v>
+      </c>
       <c r="AF29" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:35">
-      <c r="A30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B30" s="1" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="C30" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
         <v>37</v>
       </c>
-      <c r="H30" t="s">
-[...5 lines deleted...]
-      <c r="T30" t="s">
+      <c r="G30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J30" t="s">
+        <v>37</v>
+      </c>
+      <c r="N30" t="s">
+        <v>37</v>
+      </c>
+      <c r="W30" t="s">
         <v>37</v>
       </c>
       <c r="Z30" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AA30" t="s">
         <v>37</v>
       </c>
       <c r="AF30" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:35">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="C31" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
         <v>37</v>
       </c>
-      <c r="G31" t="s">
-[...5 lines deleted...]
-      <c r="U31" t="s">
+      <c r="H31" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" t="s">
+        <v>37</v>
+      </c>
+      <c r="N31" t="s">
         <v>37</v>
       </c>
       <c r="Z31" t="s">
         <v>37</v>
       </c>
-      <c r="AA31" t="s">
-[...8 lines deleted...]
-      <c r="AE31" t="s">
+      <c r="AF31" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:35">
-      <c r="A32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B32" s="1" t="s">
-        <v>121</v>
+        <v>106</v>
       </c>
       <c r="C32" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
         <v>37</v>
       </c>
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>37</v>
       </c>
       <c r="J32" t="s">
         <v>37</v>
       </c>
-      <c r="S32" t="s">
+      <c r="L32" t="s">
         <v>37</v>
       </c>
       <c r="Z32" t="s">
         <v>37</v>
       </c>
-      <c r="AA32" t="s">
-[...2 lines deleted...]
-      <c r="AE32" t="s">
+      <c r="AF32" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:35">
       <c r="A33" t="s">
-        <v>123</v>
+        <v>108</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>124</v>
+        <v>109</v>
       </c>
       <c r="C33" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>37</v>
       </c>
-      <c r="G33" t="s">
-[...8 lines deleted...]
-      <c r="R33" t="s">
+      <c r="H33" t="s">
+        <v>37</v>
+      </c>
+      <c r="L33" t="s">
+        <v>37</v>
+      </c>
+      <c r="T33" t="s">
         <v>37</v>
       </c>
       <c r="Z33" t="s">
         <v>37</v>
       </c>
       <c r="AA33" t="s">
         <v>37</v>
       </c>
       <c r="AF33" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:35">
-      <c r="A34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B34" s="1" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="C34" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
         <v>37</v>
       </c>
       <c r="G34" t="s">
         <v>37</v>
       </c>
-      <c r="N34" t="s">
+      <c r="L34" t="s">
+        <v>37</v>
+      </c>
+      <c r="U34" t="s">
         <v>37</v>
       </c>
       <c r="Z34" t="s">
         <v>37</v>
       </c>
       <c r="AA34" t="s">
         <v>37</v>
       </c>
       <c r="AB34" t="s">
         <v>37</v>
       </c>
-      <c r="AF34" t="s">
+      <c r="AC34" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE34" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="35" spans="1:35">
       <c r="A35" t="s">
-        <v>129</v>
+        <v>113</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="C35" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35" t="s">
         <v>37</v>
       </c>
       <c r="G35" t="s">
         <v>37</v>
       </c>
+      <c r="J35" t="s">
+        <v>37</v>
+      </c>
       <c r="S35" t="s">
         <v>37</v>
       </c>
       <c r="Z35" t="s">
         <v>37</v>
       </c>
       <c r="AA35" t="s">
         <v>37</v>
       </c>
-      <c r="AC35" t="s">
-[...2 lines deleted...]
-      <c r="AG35" t="s">
+      <c r="AE35" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:35">
       <c r="A36" t="s">
-        <v>132</v>
+        <v>116</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>133</v>
+        <v>117</v>
       </c>
       <c r="C36" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
       <c r="E36" t="s">
         <v>37</v>
       </c>
-      <c r="H36" t="s">
-[...2 lines deleted...]
-      <c r="V36" t="s">
+      <c r="G36" t="s">
+        <v>37</v>
+      </c>
+      <c r="J36" t="s">
+        <v>37</v>
+      </c>
+      <c r="P36" t="s">
+        <v>37</v>
+      </c>
+      <c r="R36" t="s">
         <v>37</v>
       </c>
       <c r="Z36" t="s">
         <v>37</v>
       </c>
       <c r="AA36" t="s">
         <v>37</v>
       </c>
-      <c r="AB36" t="s">
-[...2 lines deleted...]
-      <c r="AE36" t="s">
+      <c r="AF36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:35">
+      <c r="A37" t="s">
+        <v>119</v>
+      </c>
       <c r="B37" s="1" t="s">
-        <v>19</v>
+        <v>120</v>
       </c>
       <c r="C37" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37" t="s">
         <v>37</v>
       </c>
-      <c r="H37" t="s">
-[...5 lines deleted...]
-      <c r="T37" t="s">
+      <c r="G37" t="s">
+        <v>37</v>
+      </c>
+      <c r="N37" t="s">
         <v>37</v>
       </c>
       <c r="Z37" t="s">
         <v>37</v>
       </c>
       <c r="AA37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB37" t="s">
         <v>37</v>
       </c>
       <c r="AF37" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:35">
       <c r="A38" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="C38" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
       <c r="E38" t="s">
         <v>37</v>
       </c>
-      <c r="G38" t="s">
-[...2 lines deleted...]
-      <c r="O38" t="s">
+      <c r="H38" t="s">
+        <v>37</v>
+      </c>
+      <c r="V38" t="s">
         <v>37</v>
       </c>
       <c r="Z38" t="s">
         <v>37</v>
       </c>
       <c r="AA38" t="s">
         <v>37</v>
       </c>
       <c r="AB38" t="s">
         <v>37</v>
       </c>
-      <c r="AC38" t="s">
-[...5 lines deleted...]
-      <c r="AF38" t="s">
+      <c r="AE38" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:35">
-      <c r="A39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B39" s="1" t="s">
-        <v>140</v>
+        <v>19</v>
       </c>
       <c r="C39" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39" t="s">
         <v>37</v>
       </c>
-      <c r="G39" t="s">
-[...2 lines deleted...]
-      <c r="V39" t="s">
+      <c r="H39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39" t="s">
+        <v>37</v>
+      </c>
+      <c r="T39" t="s">
         <v>37</v>
       </c>
       <c r="Z39" t="s">
         <v>37</v>
       </c>
       <c r="AA39" t="s">
         <v>37</v>
       </c>
-      <c r="AC39" t="s">
-[...2 lines deleted...]
-      <c r="AE39" t="s">
+      <c r="AF39" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="40" spans="1:35">
       <c r="A40" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
       <c r="C40" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
       <c r="E40" t="s">
         <v>37</v>
       </c>
       <c r="G40" t="s">
         <v>37</v>
       </c>
-      <c r="J40" t="s">
-[...2 lines deleted...]
-      <c r="U40" t="s">
+      <c r="O40" t="s">
         <v>37</v>
       </c>
       <c r="Z40" t="s">
         <v>37</v>
       </c>
+      <c r="AA40" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC40" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD40" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF40" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="41" spans="1:35">
-      <c r="A41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B41" s="1" t="s">
-        <v>146</v>
+        <v>129</v>
       </c>
       <c r="C41" t="s">
-        <v>147</v>
+        <v>130</v>
       </c>
       <c r="D41" t="s">
         <v>4</v>
       </c>
       <c r="E41" t="s">
         <v>37</v>
       </c>
-      <c r="H41" t="s">
-[...2 lines deleted...]
-      <c r="K41" t="s">
+      <c r="G41" t="s">
+        <v>37</v>
+      </c>
+      <c r="V41" t="s">
         <v>37</v>
       </c>
       <c r="Z41" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA41" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC41" t="s">
         <v>37</v>
       </c>
       <c r="AE41" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="42" spans="1:35">
       <c r="A42" t="s">
-        <v>148</v>
+        <v>131</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>149</v>
+        <v>132</v>
       </c>
       <c r="C42" t="s">
-        <v>150</v>
+        <v>133</v>
       </c>
       <c r="D42" t="s">
         <v>4</v>
       </c>
       <c r="E42" t="s">
         <v>37</v>
       </c>
       <c r="G42" t="s">
         <v>37</v>
       </c>
       <c r="J42" t="s">
         <v>37</v>
       </c>
+      <c r="U42" t="s">
+        <v>37</v>
+      </c>
       <c r="Z42" t="s">
         <v>37</v>
       </c>
-      <c r="AA42" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="43" spans="1:35">
+      <c r="A43" t="s">
+        <v>134</v>
+      </c>
       <c r="B43" s="1" t="s">
-        <v>151</v>
+        <v>135</v>
       </c>
       <c r="C43" t="s">
-        <v>152</v>
+        <v>136</v>
       </c>
       <c r="D43" t="s">
         <v>4</v>
       </c>
       <c r="E43" t="s">
         <v>37</v>
       </c>
-      <c r="H43" t="s">
+      <c r="G43" t="s">
         <v>37</v>
       </c>
       <c r="J43" t="s">
         <v>37</v>
       </c>
-      <c r="U43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Z43" t="s">
         <v>37</v>
       </c>
       <c r="AA43" t="s">
         <v>37</v>
       </c>
       <c r="AC43" t="s">
         <v>37</v>
       </c>
       <c r="AF43" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="44" spans="1:35">
-      <c r="A44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B44" s="1" t="s">
-        <v>154</v>
+        <v>137</v>
       </c>
       <c r="C44" t="s">
-        <v>155</v>
+        <v>138</v>
       </c>
       <c r="D44" t="s">
         <v>4</v>
       </c>
       <c r="E44" t="s">
         <v>37</v>
       </c>
       <c r="G44" t="s">
         <v>37</v>
       </c>
-      <c r="R44" t="s">
+      <c r="J44" t="s">
+        <v>37</v>
+      </c>
+      <c r="U44" t="s">
+        <v>37</v>
+      </c>
+      <c r="W44" t="s">
         <v>37</v>
       </c>
       <c r="Z44" t="s">
         <v>37</v>
       </c>
       <c r="AA44" t="s">
         <v>37</v>
       </c>
-      <c r="AB44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC44" t="s">
         <v>37</v>
       </c>
-      <c r="AG44" t="s">
+      <c r="AF44" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="45" spans="1:35">
       <c r="A45" t="s">
-        <v>156</v>
+        <v>139</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>157</v>
+        <v>140</v>
       </c>
       <c r="C45" t="s">
-        <v>158</v>
+        <v>141</v>
       </c>
       <c r="D45" t="s">
         <v>4</v>
       </c>
       <c r="E45" t="s">
         <v>37</v>
       </c>
       <c r="G45" t="s">
         <v>37</v>
       </c>
-      <c r="S45" t="s">
+      <c r="R45" t="s">
         <v>37</v>
       </c>
       <c r="Z45" t="s">
         <v>37</v>
       </c>
       <c r="AA45" t="s">
         <v>37</v>
       </c>
       <c r="AB45" t="s">
         <v>37</v>
       </c>
       <c r="AC45" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AD45" t="s">
         <v>37</v>
       </c>
       <c r="AG45" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="46" spans="1:35">
       <c r="B46" s="1" t="s">
-        <v>159</v>
+        <v>142</v>
       </c>
       <c r="C46" t="s">
-        <v>160</v>
+        <v>143</v>
       </c>
       <c r="D46" t="s">
         <v>4</v>
       </c>
       <c r="E46" t="s">
         <v>37</v>
       </c>
-      <c r="H46" t="s">
-[...5 lines deleted...]
-      <c r="N46" t="s">
+      <c r="G46" t="s">
+        <v>37</v>
+      </c>
+      <c r="S46" t="s">
         <v>37</v>
       </c>
       <c r="Z46" t="s">
         <v>37</v>
       </c>
       <c r="AA46" t="s">
         <v>37</v>
       </c>
       <c r="AB46" t="s">
         <v>37</v>
       </c>
       <c r="AC46" t="s">
         <v>37</v>
       </c>
       <c r="AD46" t="s">
         <v>37</v>
       </c>
-      <c r="AF46" t="s">
+      <c r="AG46" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="47" spans="1:35">
       <c r="B47" s="1" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="C47" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="D47" t="s">
         <v>4</v>
       </c>
       <c r="E47" t="s">
         <v>37</v>
       </c>
       <c r="H47" t="s">
         <v>37</v>
       </c>
-      <c r="I47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L47" t="s">
         <v>37</v>
       </c>
-      <c r="R47" t="s">
+      <c r="N47" t="s">
         <v>37</v>
       </c>
       <c r="Z47" t="s">
         <v>37</v>
       </c>
-      <c r="AE47" t="s">
+      <c r="AA47" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD47" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF47" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="48" spans="1:35">
-      <c r="A48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B48" s="1" t="s">
-        <v>164</v>
+        <v>146</v>
       </c>
       <c r="C48" t="s">
-        <v>165</v>
+        <v>147</v>
       </c>
       <c r="D48" t="s">
         <v>4</v>
       </c>
       <c r="E48" t="s">
         <v>37</v>
       </c>
       <c r="H48" t="s">
         <v>37</v>
       </c>
-      <c r="M48" t="s">
+      <c r="I48" t="s">
+        <v>37</v>
+      </c>
+      <c r="J48" t="s">
+        <v>37</v>
+      </c>
+      <c r="L48" t="s">
         <v>37</v>
       </c>
       <c r="R48" t="s">
         <v>37</v>
       </c>
       <c r="Z48" t="s">
         <v>37</v>
       </c>
-      <c r="AA48" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AE48" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="49" spans="1:35">
-      <c r="A49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B49" s="1" t="s">
-        <v>167</v>
+        <v>148</v>
       </c>
       <c r="C49" t="s">
-        <v>168</v>
+        <v>149</v>
       </c>
       <c r="D49" t="s">
         <v>4</v>
       </c>
       <c r="E49" t="s">
         <v>37</v>
       </c>
       <c r="H49" t="s">
         <v>37</v>
       </c>
-      <c r="I49" t="s">
-[...5 lines deleted...]
-      <c r="K49" t="s">
+      <c r="M49" t="s">
+        <v>37</v>
+      </c>
+      <c r="R49" t="s">
         <v>37</v>
       </c>
       <c r="Z49" t="s">
         <v>37</v>
       </c>
+      <c r="AA49" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC49" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD49" t="s">
+        <v>37</v>
+      </c>
       <c r="AE49" t="s">
         <v>37</v>
       </c>
-      <c r="AG49" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="50" spans="1:35">
-      <c r="A50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B50" s="1" t="s">
-        <v>170</v>
+        <v>150</v>
       </c>
       <c r="C50" t="s">
-        <v>171</v>
+        <v>151</v>
       </c>
       <c r="D50" t="s">
         <v>4</v>
       </c>
       <c r="E50" t="s">
         <v>37</v>
       </c>
-      <c r="G50" t="s">
-[...2 lines deleted...]
-      <c r="N50" t="s">
+      <c r="H50" t="s">
+        <v>37</v>
+      </c>
+      <c r="I50" t="s">
+        <v>37</v>
+      </c>
+      <c r="J50" t="s">
+        <v>37</v>
+      </c>
+      <c r="K50" t="s">
         <v>37</v>
       </c>
       <c r="Z50" t="s">
         <v>37</v>
       </c>
-      <c r="AA50" t="s">
-[...8 lines deleted...]
-      <c r="AD50" t="s">
+      <c r="AE50" t="s">
         <v>37</v>
       </c>
       <c r="AG50" t="s">
         <v>37</v>
       </c>
+      <c r="AH50" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="51" spans="1:35">
+      <c r="A51" t="s">
+        <v>152</v>
+      </c>
       <c r="B51" s="1" t="s">
-        <v>172</v>
+        <v>153</v>
       </c>
       <c r="C51" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="D51" t="s">
         <v>4</v>
       </c>
       <c r="E51" t="s">
         <v>37</v>
       </c>
       <c r="G51" t="s">
         <v>37</v>
       </c>
-      <c r="K51" t="s">
-[...2 lines deleted...]
-      <c r="Q51" t="s">
+      <c r="N51" t="s">
         <v>37</v>
       </c>
       <c r="Z51" t="s">
         <v>37</v>
       </c>
       <c r="AA51" t="s">
         <v>37</v>
       </c>
       <c r="AB51" t="s">
         <v>37</v>
       </c>
       <c r="AC51" t="s">
         <v>37</v>
       </c>
       <c r="AD51" t="s">
         <v>37</v>
       </c>
-      <c r="AE51" t="s">
-[...2 lines deleted...]
-      <c r="AH51" t="s">
+      <c r="AG51" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:35">
-      <c r="A52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B52" s="1" t="s">
-        <v>175</v>
+        <v>155</v>
       </c>
       <c r="C52" t="s">
-        <v>176</v>
+        <v>156</v>
       </c>
       <c r="D52" t="s">
         <v>4</v>
       </c>
       <c r="E52" t="s">
         <v>37</v>
       </c>
-      <c r="H52" t="s">
-[...5 lines deleted...]
-      <c r="W52" t="s">
+      <c r="G52" t="s">
+        <v>37</v>
+      </c>
+      <c r="K52" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q52" t="s">
         <v>37</v>
       </c>
       <c r="Z52" t="s">
         <v>37</v>
       </c>
+      <c r="AA52" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD52" t="s">
+        <v>37</v>
+      </c>
       <c r="AE52" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH52" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="53" spans="1:35">
       <c r="A53" t="s">
-        <v>177</v>
+        <v>157</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="C53" t="s">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="D53" t="s">
         <v>4</v>
       </c>
       <c r="E53" t="s">
         <v>37</v>
       </c>
-      <c r="G53" t="s">
-[...5 lines deleted...]
-      <c r="P53" t="s">
+      <c r="H53" t="s">
+        <v>37</v>
+      </c>
+      <c r="J53" t="s">
+        <v>37</v>
+      </c>
+      <c r="W53" t="s">
         <v>37</v>
       </c>
       <c r="Z53" t="s">
         <v>37</v>
       </c>
-      <c r="AA53" t="s">
-[...2 lines deleted...]
-      <c r="AF53" t="s">
+      <c r="AE53" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="54" spans="1:35">
       <c r="B54" s="1" t="s">
-        <v>180</v>
+        <v>160</v>
       </c>
       <c r="C54" t="s">
-        <v>181</v>
+        <v>161</v>
       </c>
       <c r="D54" t="s">
         <v>4</v>
       </c>
       <c r="E54" t="s">
         <v>37</v>
       </c>
-      <c r="H54" t="s">
-[...2 lines deleted...]
-      <c r="J54" t="s">
+      <c r="G54" t="s">
+        <v>37</v>
+      </c>
+      <c r="N54" t="s">
         <v>37</v>
       </c>
       <c r="P54" t="s">
         <v>37</v>
       </c>
-      <c r="R54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Z54" t="s">
         <v>37</v>
       </c>
       <c r="AA54" t="s">
         <v>37</v>
       </c>
-      <c r="AE54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF54" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="55" spans="1:35">
-      <c r="A55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B55" s="1" t="s">
-        <v>183</v>
+        <v>162</v>
       </c>
       <c r="C55" t="s">
-        <v>184</v>
+        <v>163</v>
       </c>
       <c r="D55" t="s">
         <v>4</v>
       </c>
       <c r="E55" t="s">
         <v>37</v>
       </c>
       <c r="H55" t="s">
         <v>37</v>
       </c>
+      <c r="J55" t="s">
+        <v>37</v>
+      </c>
+      <c r="P55" t="s">
+        <v>37</v>
+      </c>
       <c r="R55" t="s">
         <v>37</v>
       </c>
-      <c r="U55" t="s">
+      <c r="X55" t="s">
         <v>37</v>
       </c>
       <c r="Z55" t="s">
         <v>37</v>
       </c>
       <c r="AA55" t="s">
         <v>37</v>
       </c>
       <c r="AE55" t="s">
         <v>37</v>
       </c>
+      <c r="AF55" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="56" spans="1:35">
-      <c r="A56" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B56" s="1" t="s">
-        <v>186</v>
+        <v>164</v>
       </c>
       <c r="C56" t="s">
-        <v>187</v>
+        <v>165</v>
       </c>
       <c r="D56" t="s">
         <v>4</v>
       </c>
       <c r="E56" t="s">
         <v>37</v>
       </c>
-      <c r="G56" t="s">
-[...2 lines deleted...]
-      <c r="L56" t="s">
+      <c r="H56" t="s">
+        <v>37</v>
+      </c>
+      <c r="R56" t="s">
+        <v>37</v>
+      </c>
+      <c r="U56" t="s">
         <v>37</v>
       </c>
       <c r="Z56" t="s">
         <v>37</v>
       </c>
       <c r="AA56" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE56" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:35">
       <c r="B57" s="1" t="s">
-        <v>188</v>
+        <v>166</v>
       </c>
       <c r="C57" t="s">
-        <v>189</v>
+        <v>167</v>
       </c>
       <c r="D57" t="s">
         <v>4</v>
       </c>
       <c r="E57" t="s">
         <v>37</v>
       </c>
       <c r="H57" t="s">
         <v>37</v>
       </c>
       <c r="N57" t="s">
         <v>37</v>
       </c>
       <c r="V57" t="s">
         <v>37</v>
       </c>
       <c r="Z57" t="s">
         <v>37</v>
       </c>
       <c r="AA57" t="s">
         <v>37</v>
       </c>
       <c r="AD57" t="s">
         <v>37</v>
       </c>
       <c r="AE57" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="58" spans="1:35">
       <c r="A58" t="s">
-        <v>190</v>
+        <v>168</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>191</v>
+        <v>169</v>
       </c>
       <c r="C58" t="s">
-        <v>192</v>
+        <v>170</v>
       </c>
       <c r="D58" t="s">
         <v>4</v>
       </c>
       <c r="E58" t="s">
         <v>37</v>
       </c>
       <c r="H58" t="s">
         <v>37</v>
       </c>
       <c r="L58" t="s">
         <v>37</v>
       </c>
       <c r="W58" t="s">
         <v>37</v>
       </c>
       <c r="Z58" t="s">
         <v>37</v>
       </c>
       <c r="AA58" t="s">
         <v>37</v>
       </c>
       <c r="AC58" t="s">
         <v>37</v>
       </c>
       <c r="AE58" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="59" spans="1:35">
       <c r="A59" t="s">
-        <v>193</v>
+        <v>171</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>194</v>
+        <v>172</v>
       </c>
       <c r="C59" t="s">
-        <v>195</v>
+        <v>173</v>
       </c>
       <c r="D59" t="s">
         <v>4</v>
       </c>
       <c r="E59" t="s">
         <v>37</v>
       </c>
       <c r="H59" t="s">
         <v>37</v>
       </c>
       <c r="J59" t="s">
         <v>37</v>
       </c>
       <c r="S59" t="s">
         <v>37</v>
       </c>
       <c r="Z59" t="s">
         <v>37</v>
       </c>
       <c r="AE59" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:35">
       <c r="A60" t="s">
-        <v>196</v>
+        <v>174</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>197</v>
+        <v>175</v>
       </c>
       <c r="C60" t="s">
-        <v>198</v>
+        <v>176</v>
       </c>
       <c r="D60" t="s">
         <v>4</v>
       </c>
       <c r="E60" t="s">
         <v>37</v>
       </c>
       <c r="G60" t="s">
         <v>37</v>
       </c>
       <c r="L60" t="s">
         <v>37</v>
       </c>
       <c r="W60" t="s">
         <v>37</v>
       </c>
       <c r="Z60" t="s">
         <v>37</v>
       </c>
       <c r="AF60" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:35">
       <c r="A61" t="s">
-        <v>199</v>
+        <v>177</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>200</v>
+        <v>178</v>
       </c>
       <c r="C61" t="s">
-        <v>201</v>
+        <v>179</v>
       </c>
       <c r="D61" t="s">
         <v>4</v>
       </c>
       <c r="E61" t="s">
         <v>37</v>
       </c>
       <c r="G61" t="s">
         <v>37</v>
       </c>
       <c r="W61" t="s">
         <v>37</v>
       </c>
       <c r="Z61" t="s">
         <v>37</v>
       </c>
       <c r="AA61" t="s">
         <v>37</v>
       </c>
       <c r="AC61" t="s">
         <v>37</v>
       </c>
       <c r="AF61" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="62" spans="1:35">
       <c r="A62" t="s">
-        <v>202</v>
+        <v>180</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>203</v>
+        <v>181</v>
       </c>
       <c r="C62" t="s">
-        <v>204</v>
+        <v>182</v>
       </c>
       <c r="D62" t="s">
         <v>4</v>
       </c>
       <c r="E62" t="s">
         <v>37</v>
       </c>
       <c r="G62" t="s">
         <v>37</v>
       </c>
       <c r="W62" t="s">
         <v>37</v>
       </c>
       <c r="Z62" t="s">
         <v>37</v>
       </c>
       <c r="AA62" t="s">
         <v>37</v>
       </c>
       <c r="AF62" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="63" spans="1:35">
+      <c r="A63" t="s">
+        <v>183</v>
+      </c>
       <c r="B63" s="1" t="s">
-        <v>205</v>
+        <v>184</v>
       </c>
       <c r="C63" t="s">
-        <v>206</v>
+        <v>185</v>
       </c>
       <c r="D63" t="s">
         <v>4</v>
       </c>
       <c r="E63" t="s">
         <v>37</v>
       </c>
-      <c r="G63" t="s">
-[...2 lines deleted...]
-      <c r="V63" t="s">
+      <c r="H63" t="s">
+        <v>37</v>
+      </c>
+      <c r="N63" t="s">
         <v>37</v>
       </c>
       <c r="Z63" t="s">
         <v>37</v>
       </c>
-      <c r="AE63" t="s">
+      <c r="AA63" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG63" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="64" spans="1:35">
       <c r="A64" t="s">
-        <v>207</v>
+        <v>186</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>208</v>
+        <v>187</v>
       </c>
       <c r="C64" t="s">
-        <v>209</v>
+        <v>188</v>
       </c>
       <c r="D64" t="s">
         <v>4</v>
       </c>
       <c r="E64" t="s">
         <v>37</v>
       </c>
-      <c r="H64" t="s">
-[...2 lines deleted...]
-      <c r="N64" t="s">
+      <c r="G64" t="s">
+        <v>37</v>
+      </c>
+      <c r="J64" t="s">
+        <v>37</v>
+      </c>
+      <c r="U64" t="s">
         <v>37</v>
       </c>
       <c r="Z64" t="s">
         <v>37</v>
       </c>
       <c r="AA64" t="s">
         <v>37</v>
       </c>
-      <c r="AC64" t="s">
-[...2 lines deleted...]
-      <c r="AG64" t="s">
+      <c r="AE64" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="65" spans="1:35">
+      <c r="A65" t="s">
+        <v>189</v>
+      </c>
       <c r="B65" s="1" t="s">
-        <v>210</v>
+        <v>190</v>
       </c>
       <c r="C65" t="s">
-        <v>211</v>
+        <v>191</v>
       </c>
       <c r="D65" t="s">
         <v>4</v>
       </c>
       <c r="E65" t="s">
         <v>37</v>
       </c>
       <c r="G65" t="s">
         <v>37</v>
       </c>
       <c r="J65" t="s">
         <v>37</v>
       </c>
-      <c r="N65" t="s">
-[...2 lines deleted...]
-      <c r="P65" t="s">
+      <c r="U65" t="s">
         <v>37</v>
       </c>
       <c r="Z65" t="s">
         <v>37</v>
       </c>
-      <c r="AF65" t="s">
+      <c r="AA65" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE65" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="66" spans="1:35">
-      <c r="A66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B66" s="1" t="s">
-        <v>213</v>
+        <v>192</v>
       </c>
       <c r="C66" t="s">
-        <v>214</v>
+        <v>193</v>
       </c>
       <c r="D66" t="s">
         <v>4</v>
       </c>
       <c r="E66" t="s">
         <v>37</v>
       </c>
-      <c r="G66" t="s">
+      <c r="H66" t="s">
+        <v>37</v>
+      </c>
+      <c r="I66" t="s">
         <v>37</v>
       </c>
       <c r="J66" t="s">
         <v>37</v>
       </c>
-      <c r="U66" t="s">
+      <c r="Y66" t="s">
         <v>37</v>
       </c>
       <c r="Z66" t="s">
         <v>37</v>
       </c>
-      <c r="AA66" t="s">
+      <c r="AC66" t="s">
         <v>37</v>
       </c>
       <c r="AE66" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG66" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH66" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="67" spans="1:35">
       <c r="A67" t="s">
-        <v>215</v>
+        <v>194</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>216</v>
+        <v>195</v>
       </c>
       <c r="C67" t="s">
-        <v>217</v>
+        <v>196</v>
       </c>
       <c r="D67" t="s">
         <v>4</v>
       </c>
       <c r="E67" t="s">
         <v>37</v>
       </c>
-      <c r="G67" t="s">
-[...5 lines deleted...]
-      <c r="U67" t="s">
+      <c r="H67" t="s">
+        <v>37</v>
+      </c>
+      <c r="O67" t="s">
         <v>37</v>
       </c>
       <c r="Z67" t="s">
         <v>37</v>
       </c>
       <c r="AA67" t="s">
         <v>37</v>
       </c>
-      <c r="AE67" t="s">
+      <c r="AB67" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC67" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD67" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF67" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:35">
       <c r="B68" s="1" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="C68" t="s">
-        <v>219</v>
+        <v>198</v>
       </c>
       <c r="D68" t="s">
         <v>4</v>
       </c>
       <c r="E68" t="s">
         <v>37</v>
       </c>
       <c r="H68" t="s">
         <v>37</v>
       </c>
-      <c r="U68" t="s">
+      <c r="L68" t="s">
         <v>37</v>
       </c>
       <c r="Z68" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC68" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD68" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE68" t="s">
         <v>37</v>
       </c>
       <c r="AF68" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="69" spans="1:35">
       <c r="B69" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C69" t="s">
+        <v>200</v>
+      </c>
+      <c r="D69" t="s">
+        <v>4</v>
+      </c>
+      <c r="E69" t="s">
+        <v>37</v>
+      </c>
+      <c r="H69" t="s">
+        <v>37</v>
+      </c>
+      <c r="J69" t="s">
+        <v>37</v>
+      </c>
+      <c r="L69" t="s">
+        <v>37</v>
+      </c>
+      <c r="W69" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF69" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="70" spans="1:35">
+      <c r="B70" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C70" t="s">
+        <v>202</v>
+      </c>
+      <c r="D70" t="s">
+        <v>4</v>
+      </c>
+      <c r="E70" t="s">
+        <v>37</v>
+      </c>
+      <c r="H70" t="s">
+        <v>37</v>
+      </c>
+      <c r="I70" t="s">
+        <v>37</v>
+      </c>
+      <c r="J70" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z70" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC70" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF70" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="71" spans="1:35">
+      <c r="A71" t="s">
+        <v>203</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C71" t="s">
+        <v>205</v>
+      </c>
+      <c r="D71" t="s">
+        <v>4</v>
+      </c>
+      <c r="E71" t="s">
+        <v>37</v>
+      </c>
+      <c r="H71" t="s">
+        <v>37</v>
+      </c>
+      <c r="X71" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF71" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="72" spans="1:35">
+      <c r="B72" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C72" t="s">
+        <v>207</v>
+      </c>
+      <c r="D72" t="s">
+        <v>4</v>
+      </c>
+      <c r="E72" t="s">
+        <v>37</v>
+      </c>
+      <c r="G72" t="s">
+        <v>37</v>
+      </c>
+      <c r="I72" t="s">
+        <v>37</v>
+      </c>
+      <c r="J72" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z72" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE72" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="73" spans="1:35">
+      <c r="A73" t="s">
+        <v>208</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C73" t="s">
+        <v>210</v>
+      </c>
+      <c r="D73" t="s">
+        <v>4</v>
+      </c>
+      <c r="E73" t="s">
+        <v>37</v>
+      </c>
+      <c r="G73" t="s">
+        <v>37</v>
+      </c>
+      <c r="W73" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z73" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA73" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD73" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG73" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="74" spans="1:35">
+      <c r="B74" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C74" t="s">
+        <v>212</v>
+      </c>
+      <c r="D74" t="s">
+        <v>4</v>
+      </c>
+      <c r="E74" t="s">
+        <v>37</v>
+      </c>
+      <c r="H74" t="s">
+        <v>37</v>
+      </c>
+      <c r="J74" t="s">
+        <v>37</v>
+      </c>
+      <c r="U74" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE74" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF74" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="75" spans="1:35">
+      <c r="A75" t="s">
+        <v>213</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C75" t="s">
+        <v>215</v>
+      </c>
+      <c r="D75" t="s">
+        <v>4</v>
+      </c>
+      <c r="E75" t="s">
+        <v>37</v>
+      </c>
+      <c r="H75" t="s">
+        <v>37</v>
+      </c>
+      <c r="I75" t="s">
+        <v>37</v>
+      </c>
+      <c r="J75" t="s">
+        <v>37</v>
+      </c>
+      <c r="M75" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z75" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA75" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC75" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF75" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="76" spans="1:35">
+      <c r="B76" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C76" t="s">
+        <v>217</v>
+      </c>
+      <c r="D76" t="s">
+        <v>4</v>
+      </c>
+      <c r="E76" t="s">
+        <v>37</v>
+      </c>
+      <c r="H76" t="s">
+        <v>37</v>
+      </c>
+      <c r="U76" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z76" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE76" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="77" spans="1:35">
+      <c r="A77" t="s">
+        <v>218</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C77" t="s">
         <v>220</v>
       </c>
-      <c r="C69" t="s">
-[...293 lines deleted...]
-      </c>
       <c r="D77" t="s">
         <v>4</v>
       </c>
       <c r="E77" t="s">
         <v>37</v>
       </c>
       <c r="H77" t="s">
         <v>37</v>
       </c>
+      <c r="I77" t="s">
+        <v>37</v>
+      </c>
       <c r="J77" t="s">
         <v>37</v>
       </c>
-      <c r="U77" t="s">
+      <c r="W77" t="s">
         <v>37</v>
       </c>
       <c r="Z77" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AE77" t="s">
         <v>37</v>
       </c>
       <c r="AF77" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:35">
       <c r="A78" t="s">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>243</v>
+        <v>222</v>
       </c>
       <c r="C78" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="D78" t="s">
         <v>4</v>
       </c>
       <c r="E78" t="s">
         <v>37</v>
       </c>
       <c r="H78" t="s">
         <v>37</v>
       </c>
-      <c r="I78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J78" t="s">
         <v>37</v>
       </c>
-      <c r="M78" t="s">
+      <c r="X78" t="s">
         <v>37</v>
       </c>
       <c r="Z78" t="s">
         <v>37</v>
       </c>
       <c r="AA78" t="s">
         <v>37</v>
       </c>
-      <c r="AC78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF78" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="79" spans="1:35">
+      <c r="A79" t="s">
+        <v>224</v>
+      </c>
       <c r="B79" s="1" t="s">
-        <v>245</v>
+        <v>225</v>
       </c>
       <c r="C79" t="s">
-        <v>246</v>
+        <v>226</v>
       </c>
       <c r="D79" t="s">
         <v>4</v>
       </c>
       <c r="E79" t="s">
         <v>37</v>
       </c>
-      <c r="H79" t="s">
-[...2 lines deleted...]
-      <c r="U79" t="s">
+      <c r="G79" t="s">
+        <v>37</v>
+      </c>
+      <c r="J79" t="s">
+        <v>37</v>
+      </c>
+      <c r="S79" t="s">
         <v>37</v>
       </c>
       <c r="Z79" t="s">
         <v>37</v>
       </c>
+      <c r="AA79" t="s">
+        <v>37</v>
+      </c>
       <c r="AE79" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF79" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="80" spans="1:35">
       <c r="A80" t="s">
-        <v>247</v>
+        <v>227</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>248</v>
+        <v>228</v>
       </c>
       <c r="C80" t="s">
-        <v>249</v>
+        <v>229</v>
       </c>
       <c r="D80" t="s">
         <v>4</v>
       </c>
       <c r="E80" t="s">
         <v>37</v>
       </c>
-      <c r="H80" t="s">
-[...5 lines deleted...]
-      <c r="J80" t="s">
+      <c r="G80" t="s">
+        <v>37</v>
+      </c>
+      <c r="L80" t="s">
         <v>37</v>
       </c>
       <c r="W80" t="s">
         <v>37</v>
       </c>
       <c r="Z80" t="s">
         <v>37</v>
       </c>
+      <c r="AA80" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC80" t="s">
+        <v>37</v>
+      </c>
       <c r="AF80" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="81" spans="1:35">
-      <c r="A81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B81" s="1" t="s">
-        <v>251</v>
+        <v>230</v>
       </c>
       <c r="C81" t="s">
-        <v>252</v>
+        <v>231</v>
       </c>
       <c r="D81" t="s">
         <v>4</v>
       </c>
       <c r="E81" t="s">
         <v>37</v>
       </c>
       <c r="H81" t="s">
         <v>37</v>
       </c>
+      <c r="I81" t="s">
+        <v>37</v>
+      </c>
       <c r="J81" t="s">
         <v>37</v>
       </c>
-      <c r="X81" t="s">
+      <c r="Y81" t="s">
         <v>37</v>
       </c>
       <c r="Z81" t="s">
         <v>37</v>
       </c>
       <c r="AA81" t="s">
         <v>37</v>
       </c>
-      <c r="AF81" t="s">
+      <c r="AB81" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC81" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD81" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE81" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="82" spans="1:35">
-      <c r="A82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B82" s="1" t="s">
-        <v>254</v>
+        <v>232</v>
       </c>
       <c r="C82" t="s">
-        <v>255</v>
+        <v>233</v>
       </c>
       <c r="D82" t="s">
         <v>4</v>
       </c>
       <c r="E82" t="s">
         <v>37</v>
       </c>
       <c r="G82" t="s">
         <v>37</v>
       </c>
-      <c r="J82" t="s">
-[...2 lines deleted...]
-      <c r="S82" t="s">
+      <c r="L82" t="s">
         <v>37</v>
       </c>
       <c r="Z82" t="s">
         <v>37</v>
       </c>
       <c r="AA82" t="s">
         <v>37</v>
       </c>
-      <c r="AE82" t="s">
-[...2 lines deleted...]
-      <c r="AF82" t="s">
+      <c r="AG82" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="83" spans="1:35">
       <c r="A83" t="s">
-        <v>256</v>
+        <v>234</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>257</v>
+        <v>235</v>
       </c>
       <c r="C83" t="s">
-        <v>258</v>
+        <v>236</v>
       </c>
       <c r="D83" t="s">
         <v>4</v>
       </c>
       <c r="E83" t="s">
         <v>37</v>
       </c>
-      <c r="G83" t="s">
-[...5 lines deleted...]
-      <c r="W83" t="s">
+      <c r="H83" t="s">
+        <v>37</v>
+      </c>
+      <c r="U83" t="s">
         <v>37</v>
       </c>
       <c r="Z83" t="s">
         <v>37</v>
       </c>
       <c r="AA83" t="s">
         <v>37</v>
       </c>
       <c r="AC83" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE83" t="s">
         <v>37</v>
       </c>
       <c r="AF83" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="84" spans="1:35">
       <c r="B84" s="1" t="s">
-        <v>259</v>
+        <v>237</v>
       </c>
       <c r="C84" t="s">
-        <v>260</v>
+        <v>238</v>
       </c>
       <c r="D84" t="s">
         <v>4</v>
       </c>
       <c r="E84" t="s">
         <v>37</v>
       </c>
-      <c r="H84" t="s">
+      <c r="G84" t="s">
         <v>37</v>
       </c>
       <c r="I84" t="s">
         <v>37</v>
       </c>
-      <c r="J84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Z84" t="s">
-        <v>37</v>
-[...10 lines deleted...]
-      <c r="AD84" t="s">
         <v>37</v>
       </c>
       <c r="AE84" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="85" spans="1:35">
       <c r="B85" s="1" t="s">
-        <v>261</v>
+        <v>239</v>
       </c>
       <c r="C85" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="D85" t="s">
         <v>4</v>
       </c>
       <c r="E85" t="s">
         <v>37</v>
       </c>
-      <c r="G85" t="s">
-[...2 lines deleted...]
-      <c r="L85" t="s">
+      <c r="H85" t="s">
+        <v>37</v>
+      </c>
+      <c r="J85" t="s">
+        <v>37</v>
+      </c>
+      <c r="P85" t="s">
+        <v>37</v>
+      </c>
+      <c r="R85" t="s">
         <v>37</v>
       </c>
       <c r="Z85" t="s">
         <v>37</v>
       </c>
-      <c r="AA85" t="s">
-[...2 lines deleted...]
-      <c r="AG85" t="s">
+      <c r="AF85" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="86" spans="1:35">
       <c r="A86" t="s">
-        <v>263</v>
+        <v>241</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>264</v>
+        <v>242</v>
       </c>
       <c r="C86" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="D86" t="s">
         <v>4</v>
       </c>
       <c r="E86" t="s">
         <v>37</v>
       </c>
       <c r="H86" t="s">
         <v>37</v>
       </c>
-      <c r="U86" t="s">
+      <c r="I86" t="s">
+        <v>37</v>
+      </c>
+      <c r="J86" t="s">
+        <v>37</v>
+      </c>
+      <c r="L86" t="s">
         <v>37</v>
       </c>
       <c r="Z86" t="s">
         <v>37</v>
       </c>
       <c r="AA86" t="s">
         <v>37</v>
       </c>
-      <c r="AC86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE86" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AF86" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="87" spans="1:35">
       <c r="B87" s="1" t="s">
-        <v>266</v>
+        <v>244</v>
       </c>
       <c r="C87" t="s">
-        <v>267</v>
+        <v>245</v>
       </c>
       <c r="D87" t="s">
         <v>4</v>
       </c>
       <c r="E87" t="s">
         <v>37</v>
       </c>
-      <c r="H87" t="s">
-[...2 lines deleted...]
-      <c r="J87" t="s">
+      <c r="G87" t="s">
+        <v>37</v>
+      </c>
+      <c r="O87" t="s">
+        <v>37</v>
+      </c>
+      <c r="R87" t="s">
         <v>37</v>
       </c>
       <c r="Z87" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="AC87" t="s">
         <v>37</v>
       </c>
       <c r="AF87" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="88" spans="1:35">
       <c r="B88" s="1" t="s">
-        <v>268</v>
+        <v>246</v>
       </c>
       <c r="C88" t="s">
-        <v>269</v>
+        <v>247</v>
       </c>
       <c r="D88" t="s">
         <v>4</v>
       </c>
       <c r="E88" t="s">
         <v>37</v>
       </c>
-      <c r="G88" t="s">
-[...2 lines deleted...]
-      <c r="I88" t="s">
+      <c r="H88" t="s">
+        <v>37</v>
+      </c>
+      <c r="J88" t="s">
+        <v>37</v>
+      </c>
+      <c r="R88" t="s">
+        <v>37</v>
+      </c>
+      <c r="T88" t="s">
         <v>37</v>
       </c>
       <c r="Z88" t="s">
         <v>37</v>
       </c>
-      <c r="AE88" t="s">
-[...139 lines deleted...]
-      <c r="AF92" t="s">
+      <c r="AA88" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC88" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF88" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
@@ -4676,54 +4392,50 @@
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
     <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
     <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
     <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
     <hyperlink ref="B83" r:id="rId_hyperlink_82"/>
     <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
     <hyperlink ref="B85" r:id="rId_hyperlink_84"/>
     <hyperlink ref="B86" r:id="rId_hyperlink_85"/>
     <hyperlink ref="B87" r:id="rId_hyperlink_86"/>
     <hyperlink ref="B88" r:id="rId_hyperlink_87"/>
-    <hyperlink ref="B89" r:id="rId_hyperlink_88"/>
-[...2 lines deleted...]
-    <hyperlink ref="B92" r:id="rId_hyperlink_91"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>