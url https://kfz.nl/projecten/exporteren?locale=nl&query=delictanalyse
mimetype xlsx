--- v0 (2025-11-29)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -128,75 +128,54 @@
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2022-185</t>
   </si>
   <si>
     <t>Doorontwikkeling Delictanalyseproducten</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>2020-139</t>
-[...23 lines deleted...]
-    <t>De module ‘delictanalyse’ is in zijn uitgebreide vorm niet in alle settingen even bruikbaar. Daarom is er een handleiding voor een verkorte delictanalyse (VDA) ontwikkeld, om zo inzicht te krijgen in de delictfactoren van de deelnemer.</t>
+    <t>Delictanalyse</t>
+  </si>
+  <si>
+    <t>Binnen het thema delictanalyse zijn er drie projecten uitgevoerd, ieder met een eigen focus en invalshoek. Gezamenlijk versterken zij het inzicht in dit complexe domein.</t>
   </si>
   <si>
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
   <si>
     <t>In dit vervolgonderzoek wordt door middel van proeftuinen (in fpc's, fpk's, fpa's, ppc's en forensische poli's) gewerkt aan een algemeen en sectorspecifiek implementatieadvies van de methode delictanalyse.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -511,62 +490,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse-voor-mensen-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-11" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verkorte-delictanalyse-call-2019-111" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI6"/>
+  <dimension ref="A1:AI4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B6" sqref="B6"/>
+      <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -670,214 +649,124 @@
         <v>37</v>
       </c>
       <c r="H2" t="s">
         <v>37</v>
       </c>
       <c r="J2" t="s">
         <v>37</v>
       </c>
       <c r="U2" t="s">
         <v>37</v>
       </c>
       <c r="Z2" t="s">
         <v>37</v>
       </c>
       <c r="AC2" t="s">
         <v>37</v>
       </c>
       <c r="AE2" t="s">
         <v>37</v>
       </c>
       <c r="AF2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
-      <c r="A3" t="s">
+      <c r="B3" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>37</v>
       </c>
       <c r="J3" t="s">
         <v>37</v>
       </c>
-      <c r="M3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U3" t="s">
         <v>37</v>
       </c>
       <c r="Z3" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AA3" t="s">
         <v>37</v>
       </c>
       <c r="AE3" t="s">
         <v>37</v>
       </c>
       <c r="AF3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>37</v>
       </c>
       <c r="H4" t="s">
         <v>37</v>
       </c>
-      <c r="J4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U4" t="s">
         <v>37</v>
       </c>
       <c r="Z4" t="s">
         <v>37</v>
       </c>
+      <c r="AA4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>37</v>
+      </c>
       <c r="AE4" t="s">
         <v>37</v>
       </c>
       <c r="AF4" t="s">
-        <v>37</v>
-[...77 lines deleted...]
-      <c r="AF6" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
-    <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
-    <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>