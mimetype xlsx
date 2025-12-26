--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -784,56 +784,56 @@
       </c>
       <c r="K3" t="s">
         <v>38</v>
       </c>
       <c r="Q3" t="s">
         <v>38</v>
       </c>
       <c r="AB3" t="s">
         <v>38</v>
       </c>
       <c r="AH3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" t="s">
         <v>38</v>
       </c>
       <c r="I4" t="s">
         <v>38</v>
       </c>
       <c r="K4" t="s">
         <v>38</v>
       </c>
       <c r="Q4" t="s">
         <v>38</v>
       </c>
       <c r="Z4" t="s">
         <v>38</v>
       </c>
       <c r="AA4" t="s">
         <v>38</v>
       </c>
       <c r="AB4" t="s">
         <v>38</v>
       </c>
       <c r="AC4" t="s">
         <v>38</v>
       </c>
       <c r="AD4" t="s">
         <v>38</v>