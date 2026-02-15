--- v1 (2025-12-26)
+++ v2 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -131,147 +131,96 @@
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2024-212</t>
   </si>
   <si>
     <t>In- en uitstroom in zorgketen forensische cliënten/patiënten met een LVB</t>
   </si>
   <si>
     <t>In kaart brengen van knelpunten en succesfactoren met betrekking tot overplaatsing en overdracht vanuit een Borginstelling naar een vervolgvoorziening, om de continuïteit in de ketenzorg te verbeteren.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>2023-172</t>
-[...7 lines deleted...]
-  <si>
     <t>2023-190</t>
   </si>
   <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
-    <t>2022-168</t>
-[...23 lines deleted...]
-    <t>In dit project worden concrete en toegankelijke informatie-uitwisselingsproducten ontwikkeld voor de BW/MO instellingen en getoetst op de toepasbaarheid in een pilot.</t>
+    <t>Kwaliteitsnetwerken</t>
+  </si>
+  <si>
+    <t>Kwaliteitsnetwerken brengen professionals uit de forensische zorg samen om kennis en ervaring te delen. Zo wordt gezamenlijk gewerkt aan het verbeteren van kwaliteit en vakmanschap in de praktijk.</t>
+  </si>
+  <si>
+    <t>BW/MO cliënt op de juiste plek</t>
+  </si>
+  <si>
+    <t>Passende zorg begint met de juiste plaatsing. Deze projecten richten zich op het verbeteren van informatie‑uitwisseling tussen plaatser en woonvoorziening bij forensische cliënten.</t>
   </si>
   <si>
     <t>2018-85</t>
   </si>
   <si>
     <t>Implementatietraject duurzame verbinding</t>
   </si>
   <si>
     <t>Relationeel werken en contact na behandeling ter voorkoming van recidive.</t>
   </si>
   <si>
-    <t>2018-79</t>
-[...41 lines deleted...]
-    <t>In dit project is gekeken naar succesfactoren en knelpunten in de samenwerking bij cliënten in de forensische opvang. Aan de hand hiervan is een handreiking ontwikkeld die professionals kunnen gebruiken als leidraad.</t>
+    <t>Mind the Gap</t>
+  </si>
+  <si>
+    <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
+  </si>
+  <si>
+    <t>Forensische High &amp; Intensive Care (FHIC)</t>
+  </si>
+  <si>
+    <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
+  </si>
+  <si>
+    <t>Samenwerking in de forensische keten</t>
+  </si>
+  <si>
+    <t>Goede samenwerking is essentieel wanneer forensische cliënten in de maatschappelijke opvang terechtkomen. Binnen dit thema is onderzocht hoe betrokken organisaties beter kunnen samenwerken rondom taken, verantwoordelijkheden en overdracht.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -577,62 +526,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-checklist-en-interviewprotocol-voor-intake" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-theoretisch-kader-voor-de-forensische-kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-naar-de-bruikbaarheid-en-effecten-van-kwaliteitstoetsingsmethoden-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-forensische-client-op-de-juiste-plek-naar-passende-zorg-door-een-goede-informatie-uitwisseling-tussen-plaatser-en-woonvoorziening-call-2019-115" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap-continuiteit-in-de-forensische-keten-precall-2018-79" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-14" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-45" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-62" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-56" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/bwmo-client-op-de-juiste-plek" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/samenwerking-in-de-forensische-keten" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI13"/>
+  <dimension ref="A1:AI9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B13" sqref="B13"/>
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -749,483 +698,318 @@
       </c>
       <c r="R2" t="s">
         <v>38</v>
       </c>
       <c r="Z2" t="s">
         <v>38</v>
       </c>
       <c r="AA2" t="s">
         <v>38</v>
       </c>
       <c r="AH2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="I3" t="s">
         <v>38</v>
       </c>
       <c r="K3" t="s">
         <v>38</v>
       </c>
       <c r="Q3" t="s">
         <v>38</v>
       </c>
+      <c r="Z3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>38</v>
+      </c>
       <c r="AB3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD3" t="s">
         <v>38</v>
       </c>
       <c r="AH3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
-      <c r="H4" t="s">
-[...8 lines deleted...]
-      <c r="Q4" t="s">
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="S4" t="s">
         <v>38</v>
       </c>
       <c r="Z4" t="s">
         <v>38</v>
       </c>
       <c r="AA4" t="s">
         <v>38</v>
       </c>
       <c r="AB4" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="AD4" t="s">
         <v>38</v>
       </c>
       <c r="AH4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
-      <c r="G5" t="s">
-[...11 lines deleted...]
-      <c r="AA5" t="s">
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q5" t="s">
         <v>38</v>
       </c>
       <c r="AB5" t="s">
         <v>38</v>
       </c>
       <c r="AH5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="G6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
         <v>38</v>
       </c>
       <c r="Z6" t="s">
         <v>38</v>
       </c>
-      <c r="AA6" t="s">
-[...2 lines deleted...]
-      <c r="AB6" t="s">
+      <c r="AE6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG6" t="s">
         <v>38</v>
       </c>
       <c r="AH6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" s="1" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
-      <c r="H7" t="s">
+      <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="K7" t="s">
         <v>38</v>
       </c>
       <c r="Q7" t="s">
         <v>38</v>
       </c>
+      <c r="Z7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>38</v>
+      </c>
       <c r="AB7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE7" t="s">
         <v>38</v>
       </c>
       <c r="AH7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" s="1" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C8" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="H8" t="s">
         <v>38</v>
       </c>
       <c r="I8" t="s">
         <v>38</v>
       </c>
       <c r="J8" t="s">
         <v>38</v>
       </c>
-      <c r="K8" t="s">
+      <c r="Y8" t="s">
         <v>38</v>
       </c>
       <c r="Z8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC8" t="s">
         <v>38</v>
       </c>
       <c r="AE8" t="s">
         <v>38</v>
       </c>
       <c r="AG8" t="s">
         <v>38</v>
       </c>
       <c r="AH8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>38</v>
       </c>
       <c r="K9" t="s">
         <v>38</v>
       </c>
       <c r="Q9" t="s">
         <v>38</v>
       </c>
-      <c r="Z9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AB9" t="s">
         <v>38</v>
       </c>
-      <c r="AC9" t="s">
-[...5 lines deleted...]
-      <c r="AE9" t="s">
+      <c r="AF9" t="s">
         <v>38</v>
       </c>
       <c r="AH9" t="s">
-        <v>38</v>
-[...153 lines deleted...]
-      <c r="AH13" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
-    <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
-[...2 lines deleted...]
-    <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>