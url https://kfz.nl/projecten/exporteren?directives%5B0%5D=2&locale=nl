--- v0 (2025-10-26)
+++ v1 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,96 +119,99 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
+    <t>Conceptualisatie literatuuronderzoek leef- en leerklimaat</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is onder andere om inzicht te krijgen in het concept klimaat zoals dit in de literatuur en in de praktijk wordt gehanteerd in verschillende werkvelden en settingen.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
     <t>2023-201</t>
   </si>
   <si>
     <t>Succesvol samenwerken met vrijwilligers in de BW/MO</t>
   </si>
   <si>
     <t>Hoe werk je succesvol samen met vrijwilligers in het beschermd wonen en de maatschappelijke opvang? Hoe kan dit het beste georganiseerd worden? En wat is de meerwaarde? Op deze vragen geeft dit project een antwoord.</t>
   </si>
   <si>
-    <t>x</t>
-[...1 lines deleted...]
-  <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
     <t>2021-142</t>
   </si>
   <si>
     <t>AI binnen 3RO: Toepassing en toekomst</t>
   </si>
   <si>
     <t>Artificial intelligence (AI) wordt steeds vaker gebruikt in onze samenleving, maar waarom nog niet binnen de 3RO? En, is dat wenselijk?</t>
   </si>
   <si>
     <t>2020-133</t>
   </si>
   <si>
     <t>Cliëntprofielen 3RO</t>
   </si>
   <si>
     <t>Het onderzoek is bedoeld om tot cliëntprofielen te komen die aansluiten bij de doelgroepen van 3RO en om professionals van reclassering en forensische zorg een beter onderbouwde keuze te laten maken bij het inzetten van de juiste interventies, werkstraffen, toezicht en forensische zorg.</t>
   </si>
   <si>
-    <t>2020-135</t>
-[...1 lines deleted...]
-  <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
-    <t>Best practices en concrete do’s en don’ts voor het werken op afstand met reclasseringscliënten.</t>
+    <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
     <t>2018-86</t>
   </si>
   <si>
     <t>Cliëntprofielen Forensische Verslavingszorg</t>
   </si>
   <si>
     <t>Een beschrijving van bestaande cliëntprofielen vanuit wetenschap, databases en de betekenis die dit zou moeten hebben voor de zorg (inhoud, duur, kosten).</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
     <t>2019-97</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
@@ -239,78 +242,63 @@
   <si>
     <t>Onderzoeksbehoeften PPC's</t>
   </si>
   <si>
     <t>Deze pre-call inventariseert de behoeften aan onderzoek, (door)ontwikkeling van producten en (behandel)interventies in de specifieke context van de penitentiaire psychiatrische centra (ppc).</t>
   </si>
   <si>
     <t>2017-65</t>
   </si>
   <si>
     <t>Onderzoeksbehoeften 3RO</t>
   </si>
   <si>
     <t>Deze pre-call inventariseert de behoeften aan producten binnen de specifieke reclasseringscontext (instrumentarium, richtlijnen etc.) en behoeften aan gedragsinterventies waarmee het aanbod verbeterd en/of vernieuwd kan worden.</t>
   </si>
   <si>
     <t>2014-26</t>
   </si>
   <si>
     <t>Do's &amp; Don'ts e-Health</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken welke e-health toepassingen uit de algemene zorgsector wel of niet succesvol zijn in de praktijk, wat hiervoor de redenen zijn en wat de forensische zorgsector hiervan kan leren voor eigen e-health toepassingen.</t>
   </si>
   <si>
-    <t>2015-45</t>
-[...5 lines deleted...]
-    <t>Centraal staat het ontwikkelen van een forensische variant van het model High en Intensive Care (HIC) om een klinisch en forensisch vangnet voor de ambulante setting te creëren.</t>
+    <t>Forensische High &amp; Intensive Care (FHIC)</t>
+  </si>
+  <si>
+    <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
   </si>
   <si>
     <t>2013-7</t>
   </si>
   <si>
     <t>Zedendelinquenten onderscheiden</t>
   </si>
   <si>
     <t>Binnen dit project is gekeken naar onderscheidende factoren tussen verschillende soorten daders binnen de groep van zedendelinquenten. Op basis hiervan zijn drie vervolgcalls uitgezet ter verdieping van deze eerste conclusies.</t>
-  </si>
-[...10 lines deleted...]
-    <t>2016-48</t>
   </si>
   <si>
     <t>Ontwikkelingsstoornissen</t>
   </si>
   <si>
     <t>In dit inventariserende onderzoek is gekeken naar de behoeften aan verdiepend onderzoek gericht op de specifieke doelgroep van forensisch psychiatrische patiënten met een ontwikkelingsstoornis ASS en/of ADHD.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -622,51 +610,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-binnen-3ro-toepassing-en-toekomst" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-3ro-call-2020-133" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-72" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-65" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-45" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2015-40" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-binnen-3ro-toepassing-en-toekomst" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-3ro-call-2020-133" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-72" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-65" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AI18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -746,657 +734,648 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
-      <c r="A2" t="s">
+      <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" t="s">
         <v>36</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
-        <v>4</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>5</v>
+      </c>
+      <c r="F2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>37</v>
       </c>
       <c r="AB2" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" t="s">
         <v>40</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
-[...14 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I3" t="s">
+        <v>37</v>
+      </c>
+      <c r="V3" t="s">
+        <v>37</v>
       </c>
       <c r="AB3" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>37</v>
       </c>
       <c r="AG3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
       </c>
       <c r="N4" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="S4" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>37</v>
       </c>
       <c r="AD4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N5" t="s">
+        <v>37</v>
       </c>
       <c r="AD5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>49</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="S6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:35">
+      <c r="B7" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D6" t="s">
-[...28 lines deleted...]
-      <c r="A7" t="s">
+      <c r="C7" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+      <c r="I7" t="s">
+        <v>37</v>
+      </c>
+      <c r="N7" t="s">
+        <v>37</v>
       </c>
       <c r="AA7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>37</v>
       </c>
       <c r="AG7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="S8" t="s">
+        <v>37</v>
       </c>
       <c r="Z8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA8" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G9" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="R9" t="s">
+        <v>37</v>
       </c>
       <c r="Z9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC9" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G10" t="s">
+        <v>37</v>
+      </c>
+      <c r="S10" t="s">
+        <v>37</v>
       </c>
       <c r="Z10" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>37</v>
       </c>
       <c r="AG10" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H11" t="s">
+        <v>37</v>
+      </c>
+      <c r="I11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" t="s">
+        <v>37</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
       </c>
       <c r="Z11" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>37</v>
       </c>
       <c r="AG11" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
         <v>66</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G12" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>37</v>
       </c>
       <c r="AC12" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>37</v>
       </c>
       <c r="AG12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
+        <v>67</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
         <v>69</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="S13" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>37</v>
       </c>
       <c r="AG13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
         <v>72</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
-[...14 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G14" t="s">
+        <v>37</v>
+      </c>
+      <c r="S14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>37</v>
       </c>
       <c r="AG14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
+        <v>73</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" t="s">
         <v>75</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="D15" t="s">
+        <v>4</v>
+      </c>
+      <c r="E15" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" t="s">
+        <v>37</v>
+      </c>
+      <c r="N15" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="16" spans="1:35">
+      <c r="B16" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="C15" t="s">
+      <c r="C16" t="s">
         <v>77</v>
       </c>
-      <c r="D15" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H16" t="s">
+        <v>37</v>
+      </c>
+      <c r="I16" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>37</v>
       </c>
       <c r="Z16" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>37</v>
       </c>
       <c r="AG16" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
+        <v>37</v>
+      </c>
+      <c r="G17" t="s">
+        <v>37</v>
+      </c>
+      <c r="W17" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35">
+      <c r="B18" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C18" t="s">
         <v>82</v>
       </c>
-      <c r="C17" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>