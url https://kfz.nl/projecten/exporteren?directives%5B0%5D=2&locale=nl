--- v1 (2026-02-03)
+++ v2 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,162 +119,135 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
+    <t>Patronen in het gebruik van sociale media door forensische patiënten</t>
+  </si>
+  <si>
+    <t>Het doel is om (1) het gebruik van sociale media door de forensisch psychiatrische doelgroep in kaart brengen, inclusief mogelijke patronen en verschillen tussen subdoelgroepen, beveiligingsniveaus en beleidskaders. Daarnaast (2) de beleidsmatige regulering van sociale media binnen FPK’s/FPC’s te onderzoeken en hoe dit verschilt tussen beveiligingsniveaus, en wordt (3) inzicht verkregen in de ervaringen van zowel behandelaren als patiënten met betrekking tot het sociale media-gebruik en het bijbehorende beleid.</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>2025-266</t>
+  </si>
+  <si>
+    <t>AI in de Forensische Zorg</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is om te onderzoeken hoe verschillende vormen van AI op een verantwoorde, effectieve en duurzame manier kunnen worden ingezet in de klinische en ambulante forensische zorg, zowel in de jeugd- als volwassenensector.</t>
+  </si>
+  <si>
     <t>Conceptualisatie literatuuronderzoek leef- en leerklimaat</t>
   </si>
   <si>
     <t>Het doel van dit project is onder andere om inzicht te krijgen in het concept klimaat zoals dit in de literatuur en in de praktijk wordt gehanteerd in verschillende werkvelden en settingen.</t>
   </si>
   <si>
-    <t>x</t>
-[...4 lines deleted...]
-  <si>
     <t>Succesvol samenwerken met vrijwilligers in de BW/MO</t>
   </si>
   <si>
     <t>Hoe werk je succesvol samen met vrijwilligers in het beschermd wonen en de maatschappelijke opvang? Hoe kan dit het beste georganiseerd worden? En wat is de meerwaarde? Op deze vragen geeft dit project een antwoord.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2021-142</t>
-[...1 lines deleted...]
-  <si>
     <t>AI binnen 3RO: Toepassing en toekomst</t>
   </si>
   <si>
     <t>Artificial intelligence (AI) wordt steeds vaker gebruikt in onze samenleving, maar waarom nog niet binnen de 3RO? En, is dat wenselijk?</t>
   </si>
   <si>
-    <t>2020-133</t>
-[...1 lines deleted...]
-  <si>
     <t>Cliëntprofielen 3RO</t>
   </si>
   <si>
     <t>Het onderzoek is bedoeld om tot cliëntprofielen te komen die aansluiten bij de doelgroepen van 3RO en om professionals van reclassering en forensische zorg een beter onderbouwde keuze te laten maken bij het inzetten van de juiste interventies, werkstraffen, toezicht en forensische zorg.</t>
   </si>
   <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
     <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
-    <t>2018-86</t>
-[...7 lines deleted...]
-  <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
-    <t>2019-97</t>
-[...1 lines deleted...]
-  <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
-    <t>2018-85</t>
-[...1 lines deleted...]
-  <si>
     <t>Implementatietraject duurzame verbinding</t>
   </si>
   <si>
     <t>Relationeel werken en contact na behandeling ter voorkoming van recidive.</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Deze pre-call inventariseert de behoeften aan producten binnen de specifieke reclasseringscontext (instrumentarium, richtlijnen etc.) en behoeften aan gedragsinterventies waarmee het aanbod verbeterd en/of vernieuwd kan worden.</t>
   </si>
   <si>
     <t>2014-26</t>
   </si>
   <si>
     <t>Do's &amp; Don'ts e-Health</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken welke e-health toepassingen uit de algemene zorgsector wel of niet succesvol zijn in de praktijk, wat hiervoor de redenen zijn en wat de forensische zorgsector hiervan kan leren voor eigen e-health toepassingen.</t>
   </si>
   <si>
     <t>Forensische High &amp; Intensive Care (FHIC)</t>
   </si>
   <si>
     <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
   </si>
   <si>
     <t>2013-7</t>
   </si>
   <si>
     <t>Zedendelinquenten onderscheiden</t>
   </si>
   <si>
     <t>Binnen dit project is gekeken naar onderscheidende factoren tussen verschillende soorten daders binnen de groep van zedendelinquenten. Op basis hiervan zijn drie vervolgcalls uitgezet ter verdieping van deze eerste conclusies.</t>
   </si>
@@ -610,62 +583,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-binnen-3ro-toepassing-en-toekomst" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-3ro-call-2020-133" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-72" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-65" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/patronen-in-het-gebruik-van-sociale-media-door-forensische-patienten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-binnen-3ro-toepassing-en-toekomst" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-3ro-call-2020-133" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI18"/>
+  <dimension ref="A1:AI17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B18" sqref="B18"/>
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -749,654 +722,606 @@
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C2" t="s">
         <v>36</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>37</v>
       </c>
       <c r="G2" t="s">
         <v>37</v>
       </c>
-      <c r="Y2" t="s">
+      <c r="I2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J2" t="s">
         <v>37</v>
       </c>
       <c r="Z2" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="AB2" t="s">
         <v>37</v>
       </c>
       <c r="AG2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
         <v>38</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C3" t="s">
         <v>40</v>
       </c>
       <c r="D3" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E3" t="s">
+        <v>5</v>
+      </c>
+      <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>37</v>
       </c>
-      <c r="I3" t="s">
-[...8 lines deleted...]
-      <c r="AF3" t="s">
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA3" t="s">
         <v>37</v>
       </c>
       <c r="AG3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>42</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5" spans="1:35">
+      <c r="B5" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="D4" t="s">
-[...37 lines deleted...]
-      <c r="A5" t="s">
+      <c r="C5" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
       </c>
-      <c r="G5" t="s">
-[...5 lines deleted...]
-      <c r="AD5" t="s">
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>37</v>
+      </c>
+      <c r="V5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF5" t="s">
         <v>37</v>
       </c>
       <c r="AG5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="G6" t="s">
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
         <v>37</v>
       </c>
       <c r="S6" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC6" t="s">
         <v>37</v>
       </c>
       <c r="AD6" t="s">
         <v>37</v>
       </c>
       <c r="AG6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="B7" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C7" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="H7" t="s">
-[...2 lines deleted...]
-      <c r="I7" t="s">
+      <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="N7" t="s">
         <v>37</v>
       </c>
-      <c r="AA7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD7" t="s">
         <v>37</v>
       </c>
       <c r="AG7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" s="1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="S8" t="s">
         <v>37</v>
       </c>
-      <c r="Z8" t="s">
-[...5 lines deleted...]
-      <c r="AC8" t="s">
+      <c r="AD8" t="s">
         <v>37</v>
       </c>
       <c r="AG8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" s="1" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>37</v>
       </c>
-      <c r="G9" t="s">
-[...5 lines deleted...]
-      <c r="Z9" t="s">
+      <c r="H9" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" t="s">
+        <v>37</v>
+      </c>
+      <c r="N9" t="s">
         <v>37</v>
       </c>
       <c r="AA9" t="s">
         <v>37</v>
       </c>
       <c r="AB9" t="s">
         <v>37</v>
       </c>
-      <c r="AC9" t="s">
+      <c r="AD9" t="s">
         <v>37</v>
       </c>
       <c r="AG9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="G10" t="s">
         <v>37</v>
       </c>
-      <c r="S10" t="s">
+      <c r="R10" t="s">
         <v>37</v>
       </c>
       <c r="Z10" t="s">
         <v>37</v>
       </c>
       <c r="AA10" t="s">
         <v>37</v>
       </c>
       <c r="AB10" t="s">
         <v>37</v>
       </c>
       <c r="AC10" t="s">
         <v>37</v>
       </c>
-      <c r="AD10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
-      <c r="A11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B11" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C11" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
-      <c r="H11" t="s">
-[...8 lines deleted...]
-      <c r="K11" t="s">
+      <c r="G11" t="s">
+        <v>37</v>
+      </c>
+      <c r="S11" t="s">
         <v>37</v>
       </c>
       <c r="Z11" t="s">
         <v>37</v>
       </c>
-      <c r="AE11" t="s">
+      <c r="AA11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD11" t="s">
         <v>37</v>
       </c>
       <c r="AG11" t="s">
         <v>37</v>
       </c>
-      <c r="AH11" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="12" spans="1:35">
-      <c r="A12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B12" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
-      <c r="G12" t="s">
-[...2 lines deleted...]
-      <c r="N12" t="s">
+      <c r="H12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I12" t="s">
+        <v>37</v>
+      </c>
+      <c r="J12" t="s">
+        <v>37</v>
+      </c>
+      <c r="K12" t="s">
         <v>37</v>
       </c>
       <c r="Z12" t="s">
         <v>37</v>
       </c>
-      <c r="AA12" t="s">
-[...8 lines deleted...]
-      <c r="AD12" t="s">
+      <c r="AE12" t="s">
         <v>37</v>
       </c>
       <c r="AG12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C13" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
-      <c r="S13" t="s">
+      <c r="N13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB13" t="s">
         <v>37</v>
       </c>
       <c r="AC13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD13" t="s">
         <v>37</v>
       </c>
       <c r="AG13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
-      <c r="G14" t="s">
-[...5 lines deleted...]
-      <c r="AD14" t="s">
+      <c r="H14" t="s">
+        <v>37</v>
+      </c>
+      <c r="N14" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC14" t="s">
         <v>37</v>
       </c>
       <c r="AG14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
-      <c r="A15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B15" s="1" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="H15" t="s">
         <v>37</v>
       </c>
-      <c r="N15" t="s">
+      <c r="I15" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y15" t="s">
         <v>37</v>
       </c>
       <c r="Z15" t="s">
         <v>37</v>
       </c>
-      <c r="AA15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC15" t="s">
         <v>37</v>
       </c>
+      <c r="AE15" t="s">
+        <v>37</v>
+      </c>
       <c r="AG15" t="s">
         <v>37</v>
       </c>
+      <c r="AH15" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="16" spans="1:35">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
       <c r="B16" s="1" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
-      <c r="H16" t="s">
-[...8 lines deleted...]
-      <c r="Y16" t="s">
+      <c r="G16" t="s">
+        <v>37</v>
+      </c>
+      <c r="W16" t="s">
         <v>37</v>
       </c>
       <c r="Z16" t="s">
         <v>37</v>
       </c>
-      <c r="AC16" t="s">
-[...2 lines deleted...]
-      <c r="AE16" t="s">
+      <c r="AA16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD16" t="s">
         <v>37</v>
       </c>
       <c r="AG16" t="s">
         <v>37</v>
       </c>
-      <c r="AH16" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="17" spans="1:35">
-      <c r="A17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B17" s="1" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="G17" t="s">
         <v>37</v>
       </c>
-      <c r="W17" t="s">
+      <c r="L17" t="s">
         <v>37</v>
       </c>
       <c r="Z17" t="s">
         <v>37</v>
       </c>
       <c r="AA17" t="s">
         <v>37</v>
       </c>
-      <c r="AD17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AG17" t="s">
-        <v>37</v>
-[...27 lines deleted...]
-      <c r="AG18" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
-    <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>