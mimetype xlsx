--- v0 (2026-01-21)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -137,726 +137,495 @@
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2013-1</t>
   </si>
   <si>
     <t>Leefstijltraining Justitiabelen i.c.m. contingency management</t>
   </si>
   <si>
     <t>Dit betreft een protocol over de bruikbaarheid en toepasbaarheid van contingency management gecombineerd met cognitieve gedragstherapie voor middelengebruik in de ambulante forensische (verslavings)zorg.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2022-185</t>
   </si>
   <si>
     <t>Doorontwikkeling Delictanalyseproducten</t>
   </si>
   <si>
-    <t>2024-219</t>
-[...1 lines deleted...]
-  <si>
     <t>Een sterk verhaal in beeld, geluid en tekst. Een vaktherapeutische levensverhaalmodule voor forensisch cliënten</t>
   </si>
   <si>
     <t>De levensverhaleninterventie 'Een Sterk Verhaal', richt zich op cliënten persoonlijkheidsstoornissen met 12 gestructureerde groepssessies.</t>
   </si>
   <si>
-    <t>2021-157</t>
-[...1 lines deleted...]
-  <si>
     <t>De effectiviteitspuzzel van eHealth</t>
   </si>
   <si>
     <t>Wat is de toegevoegde waarde van online modules voor behandelingen in de forensische zorg?</t>
   </si>
   <si>
     <t>2023-209</t>
   </si>
   <si>
     <t>De Diepte In: Een realist evaluation van ademhalingsinterventies in de forensische klinische zorg</t>
   </si>
   <si>
-    <t>2023-201</t>
-[...1 lines deleted...]
-  <si>
     <t>Succesvol samenwerken met vrijwilligers in de BW/MO</t>
   </si>
   <si>
     <t>Hoe werk je succesvol samen met vrijwilligers in het beschermd wonen en de maatschappelijke opvang? Hoe kan dit het beste georganiseerd worden? En wat is de meerwaarde? Op deze vragen geeft dit project een antwoord.</t>
   </si>
   <si>
     <t>2023-206</t>
   </si>
   <si>
     <t>Ondersteuning bij cultuurverandering: een reflectiemethode voor forensische zorgprofessionals</t>
   </si>
   <si>
     <t>Vanuit de behoefte van FHIC-zorgprofessionals aan ondersteuning bij cultuurverandering, is in een verkennend onderzoek deze vorm van ethiekondersteuning omgevormd tot een reflectiemethode. Middels deze reflectiemethode voeren teams laagdrempelig een socratisch dialoog over een centrale waarde. Het doel van het project is de doorontwikkeling van de reflectiemethode, en onderzoek naar de acceptatie, geschiktheid, haalbaarheid, implementatie en de ervaren opbrengst.</t>
   </si>
   <si>
-    <t>2020-139</t>
-[...10 lines deleted...]
-  <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
-    <t>2022-171</t>
-[...10 lines deleted...]
-  <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
     <t>2022-153</t>
   </si>
   <si>
     <t>Werkingsmechanismen en interventies van vaktherapie in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van dit project is kennis- en kwaliteitsontwikkeling en professionalisering van vaktherapie in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-181</t>
-[...5 lines deleted...]
-    <t>In dit project wordt kennis uit literatuur en attitudes en vaardigheden van professionals omgezet in praktische handvatten t.a.v. seksualiteit bij LVB-cliënten.</t>
+    <t>Seksualiteitsbeleid bij forensische cliënten</t>
+  </si>
+  <si>
+    <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2021-152</t>
   </si>
   <si>
     <t>Doorontwikkeling Helpers en Helden</t>
   </si>
   <si>
     <t>Binnen dit project wordt de interventie Helpers en Helden (SFT voor LVB) doorontwikkeld.</t>
   </si>
   <si>
     <t>2021-159</t>
   </si>
   <si>
     <t>Doorontwikkeling e-Health modules psycho-educatie</t>
   </si>
   <si>
     <t>Doorontwikkeling e-Health modules psycho-educatie voor forensische ambulante instellingen.</t>
   </si>
   <si>
-    <t>2022-175</t>
-[...1 lines deleted...]
-  <si>
     <t>Doorontwikkeling Justitiële Interventie i-Respect</t>
   </si>
   <si>
     <t>Het doel van deze call is om de justitiële interventie i-Respect door te ontwikkelen.</t>
   </si>
   <si>
-    <t>2021-154</t>
-[...7 lines deleted...]
-  <si>
     <t>2021-149</t>
   </si>
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
-    <t>2021-155</t>
-[...10 lines deleted...]
-  <si>
     <t>Online gedragstraining bij reclasseringscliënten</t>
   </si>
   <si>
     <t>Wat is het verschil tussen het geven van online- en offline trainingen? Welke ervaringen zijn er opgedaan met online justitiële interventies? En wat zijn de voor- en nadelen hiervan?</t>
   </si>
   <si>
-    <t>2020-128</t>
-[...10 lines deleted...]
-  <si>
     <t>Virtual Reality oefen-omgeving voor zedenplegers gericht op kinderen</t>
   </si>
   <si>
     <t>Het doel van dit project is om te onderzoeken of een VR-oefen-omgeving een nuttige aanvulling is op de huidige behandeling van daders van seksueel kindermisbruik binnen FPC’s.</t>
   </si>
   <si>
     <t>2020-146</t>
   </si>
   <si>
     <t>Een sprong in het diepe: De evaluatie en implementatie van DEEP</t>
   </si>
   <si>
     <t>Een sprong in het diepe: De evaluatie en implementatie van DEEP, een virtual reality biofeedback game, in de forensische zorg</t>
   </si>
   <si>
-    <t>2021-158</t>
-[...19 lines deleted...]
-  <si>
     <t>Behandelen van vrouwen in forensische klinische zorg: Een vak apart?</t>
   </si>
   <si>
     <t>De handreiking bestaat uit concrete richtlijnen voor het behandelen van vrouwen in de forensisch klinische zorg, waarbij ook kennis uit de ambulante sector wordt meegenomen.</t>
   </si>
   <si>
     <t>2018-82</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie CoVa Plus</t>
   </si>
   <si>
     <t>Binnen dit project worden de noodzakelijke aanpassingen van de CoVa Plus geïnventariseerd en getoetst.</t>
   </si>
   <si>
     <t>2021-141</t>
   </si>
   <si>
     <t>Doorontwikkeling verdiepingsdiagnostiek</t>
   </si>
   <si>
     <t>De doorontwikkeling van het product verdiepingsdiagnostiek heeft betrekking op de verdere implementatie van het product.</t>
   </si>
   <si>
-    <t>2020-126</t>
-[...7 lines deleted...]
-  <si>
     <t>2018-89</t>
   </si>
   <si>
     <t>Responsiviteit ASS</t>
   </si>
   <si>
     <t>Dit project zal een overzicht opleveren van de neurocognitieve problemen en leerstijl van mensen met ASS en de invloed die dat heeft op de responsiviteit in gangbare interventies.</t>
   </si>
   <si>
     <t>2020-123</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling SFT bij LVB</t>
   </si>
   <si>
     <t>In dit project wordt de eventuele doorontwikkeling van de module Helpers &amp; Helden onderzocht.</t>
   </si>
   <si>
     <t>2020-127</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling e-modules psycho-educatie</t>
   </si>
   <si>
     <t>Het doel van dit huidige project is het doen van ‘onderzoek’ om te achterhalen wat er nodig is aan doorontwikkeling zodat het product technisch gezien door (vrijwel) alle ambulante forensische instellingen gebruikt kan worden en het aanbod in voldoende mate voldoet aan de behoeften van de behandelaars en cliënten.</t>
   </si>
   <si>
-    <t>Onderzoek van de leerstijl van mensen met ADHD.</t>
+    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
-    <t>2019-105</t>
-[...10 lines deleted...]
-  <si>
     <t>Interventie agressieregulatie voor patienten in PPC’s</t>
   </si>
   <si>
     <t>Een (aangepaste, verkorte) interventie gericht op het verbeteren van agressieregulatie problematiek bij patiënten in de PPC’s.</t>
   </si>
   <si>
     <t>2019-101</t>
   </si>
   <si>
     <t>Implementatie interventie Alcohol en geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie direct bruikbaar is voor het Opleidingshuis 3RO.</t>
   </si>
   <si>
     <t>2019-106</t>
   </si>
   <si>
     <t>Doorontwikkeling justitiële interventie Leefstijltraining 24/7</t>
   </si>
   <si>
     <t>In dit project is de leefstijltraining geactualiseerd en zijn de handleidingen gebruiksvriendelijker gemaakt.</t>
   </si>
   <si>
     <t>2019-103</t>
   </si>
   <si>
     <t>Evidence gap map vaktherapie: de ontwikkeling van een evicende gap map voor vaktherapie in de forensische GGZ</t>
   </si>
   <si>
     <t>Het doel van dit project is om de kennislancune op basis van wetenschappelijk gepubliceerde en niet gepubliceerde literatuur te achterhalen; behoeften naar nieuw onderzoek op te halen bij vaktherapeuten, onderzoekers, verwijzers en ervaringsdeskundigen/patiënten; onderzoeken te prioriteren op basis van praktijk en wetenschap.</t>
   </si>
   <si>
     <t>Niet-aangeboren hersenletsel (NAH)</t>
   </si>
   <si>
-    <t>Doel van dit project is om meer inzicht te krijgen in de prevalentie en de rol van niet-aangeboren hersenletsel in behandelingen binnen de forensische populatie, teneinde een screeningsinstrument en handreiking te ontwikkelen.</t>
+    <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
     <t>2019-99</t>
   </si>
   <si>
     <t>Doorontwikkeling handreiking middelencontrole voor reclasseringswerkers</t>
   </si>
   <si>
     <t>Doel van dit project is het uitwerken van de handreiking (Call 2015-21) tot een handelingsprotocol. Hierbij wordt ingezoomd op de verbinding van middelencontroles met gedragsinterventies, ambulante behandeling en toezicht.</t>
   </si>
   <si>
-    <t>2019-111</t>
-[...25 lines deleted...]
-  <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
     <t>2018-81</t>
   </si>
   <si>
     <t>Doorontwikkeling CoVa 2.0</t>
   </si>
   <si>
     <t>Een procesevaluatie en doorontwikkeling van CoVa 2.0</t>
   </si>
   <si>
     <t>2018-83</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie Alcohol en Geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie voldoet aan de gestelde inhoudelijke eisen van de Erkenningscommissie Justitiële Interventies</t>
   </si>
   <si>
-    <t>2017-68</t>
-[...1 lines deleted...]
-  <si>
     <t>Transcranial Direct Current Stimulation (tDCS) als nieuwe interventie voor het reduceren van gewelddadige recidive</t>
   </si>
   <si>
     <t>In deze studie wordt onderzocht in hoeverre de methodiek tDCS een succesvolle interventie kan zijn om gewelddadig delictgedrag bij verslaafden justitiabelen in de toekomst te voorkomen.</t>
   </si>
   <si>
-    <t>2017-70</t>
-[...5 lines deleted...]
-    <t>In dit project is er een LVB-variant als addendum van SeSa ontwikkeld voor de behandeling van traumagerelateerde klachten/stoornissen en verslaving in de forensische psychiatrie en verslavingszorg.</t>
+    <t>Seeking Safety</t>
+  </si>
+  <si>
+    <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
   </si>
   <si>
     <t>2014-16</t>
   </si>
   <si>
     <t>Vrouwvijandigheid bij zedendelinquenten</t>
   </si>
   <si>
     <t>Centraal stond het vast stellen en in kaart brengen van deze specifieke cognitieve vervorming bij zedendelinquenten. Er is gekeken naar een passend instrument om dit te meten en naar implicaties hiervan voor behandeling.</t>
   </si>
   <si>
     <t>2014-18</t>
   </si>
   <si>
     <t>Cognitieve vervormingen bij zedendelinquenten</t>
   </si>
   <si>
     <t>Hier staat (neuro-)cognitief onderzoek onder zedendelinquenten centraal. Door het meten van cognitieve vervormingen bij zedendelinquenten te verbeteren, kan de behandeling hiervan aangescherpt en verbeterd worden.</t>
   </si>
   <si>
     <t>Middelengebruik in reclasseringscontext</t>
   </si>
   <si>
-    <t>In dit rapport wordt het verband tussen middelengebruik en criminaliteit uitgediept, specifiek voor de reclasseringscontext. Focus hierbij is de aard en sterkte van dit verband, beïnvloedende factoren en de toepasbaarheid voor de reclassering.</t>
+    <t>Binnen het thema middelengebruik in de reclasseringscontext wordt onderzocht hoe middelengebruik samenhangt met toezicht, begeleiding en risico’s, en wat dit betekent voor professioneel handelen.</t>
   </si>
   <si>
     <t>2014-23</t>
   </si>
   <si>
     <t>Subgroepen brandstichters</t>
   </si>
   <si>
     <t>De dadergroep brandstichters kan in verschillende subtypen worden onderscheiden. Die subtypen beïnvloeden de opsporingsrelevante kenmerken voor politie maar zijn ook van invloed op behandeling van deze groep forensische patiënten.</t>
   </si>
   <si>
     <t>Blended module voor relationeel geweld</t>
   </si>
   <si>
     <t>Een online module gericht op het verkrijgen van praktisch inzicht in en het voorkomen van geweld in relaties. De module kan flexibel ingezet worden in het geheel van de forensische behandeling.</t>
   </si>
   <si>
     <t>2014-28</t>
   </si>
   <si>
     <t>E-health psycho-educatie</t>
   </si>
   <si>
     <t>In dit project zijn psycho-educatie modules opgesteld die voor verschillende patiëntgroepen in de (ambulante) forensische zorg te gebruiken zijn. Focus is geven van inzicht in de specifieke stoornis en bespreken van behandelmogelijkheden.</t>
   </si>
   <si>
-    <t>De Groeifabriek Forensische Zorg JJI´s</t>
-[...10 lines deleted...]
-  <si>
     <t>Behandeling van seksueel grensoverschrijdend gedrag bij cliënten met een LVB</t>
   </si>
   <si>
     <t>Deze behandelinterventie is gericht op de dynamische criminogene factoren die van invloed zijn op seksueel grensoverschrijdend gedrag bij cliënten met een LVB, met als doel dit gedrag te reduceren en in de toekomst te voorkomen.</t>
   </si>
   <si>
     <t>2016-47</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid in de forensische psychiatrie</t>
   </si>
   <si>
     <t>Het belang en mogelijkheden van ervaringsdeskundigen binnen de forensische psychiatrie zijn hier in kaart gebracht, met het oog op praktische toepassingsmogelijkheden en beperkingen die in deze specifieke sector een rol spelen.</t>
   </si>
   <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
-    <t>2017-67</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkeling handreiking voor de behandeling van (chronische) insomnie bij patiënten van forensische afdelingen</t>
   </si>
   <si>
     <t>Er wordt gewerkt aan de ontwikkeling van een handreiking voor cognitieve gedragstherapie voor de behandeling van chronische insomnie (CGT-I). Deze wordt specifiek ontworpen voor de doelgroep van forensisch psychiatrische patiënten.</t>
   </si>
   <si>
     <t>Schema Focused Therapy (SFT)</t>
   </si>
   <si>
     <t>Deze variant van Schema Focused Therapy is gericht op de forensische doelgroep. Binnen SFT worden disfunctionele schema's waar mogelijk aangepast naar nieuwe, functionele schema's om zo onder andere delictgedrag te voorkomen.</t>
   </si>
   <si>
     <t>2013-2</t>
   </si>
   <si>
     <t>Handreiking problematisch middelengebruik klinisch</t>
   </si>
   <si>
     <t>Een richtlijn voor professionals werkzaam in de forensische klinische setting, die werken met patiënten met problematisch middelengebruik als onderdeel van hun diagnose, gericht op recidive vermindering.</t>
   </si>
   <si>
-    <t>2013-11</t>
-[...5 lines deleted...]
-    <t>Door middel van het inventariseren van het gebruik en de inzet van delictanalyse in verschillende settings in de forensische zorg, is een standaard richtlijn geïntroduceerd die professionals kunnen toepassen.</t>
+    <t>Delictanalyse</t>
+  </si>
+  <si>
+    <t>Binnen het thema delictanalyse zijn er drie projecten uitgevoerd, ieder met een eigen focus en invalshoek. Gezamenlijk versterken zij het inzicht in dit complexe domein.</t>
   </si>
   <si>
     <t>2014-25</t>
   </si>
   <si>
     <t>Helpers en Helden: SFT voor LVB</t>
   </si>
   <si>
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
-    <t>2015-44</t>
-[...7 lines deleted...]
-  <si>
     <t>2016-6</t>
   </si>
   <si>
     <t>Handelingsprotocol zorgprogramma psychotische stoornissen (Call 2016-6B)</t>
   </si>
   <si>
     <t>Deze studie betreft een verdieping en vertaalslag naar implementatie in de praktijk, van het zorgprogramma psychotische stoornissen dat in 2015 binnen het EFP is afgerond.</t>
   </si>
   <si>
     <t>2017-52</t>
   </si>
   <si>
     <t>Doorontwikkeling handelingsprotocol middelengebruik (Toolbox)</t>
   </si>
   <si>
     <t>Dit betreft de doorontwikkeling van de handreiking over middelengebruik in forensisch klinische context. Hier wordt toegewerkt naar een handelingsprotocol dat meer praktische handvatten geeft aan het dagelijkse handelen.</t>
   </si>
   <si>
     <t>2013-6</t>
   </si>
   <si>
     <t>Herstelondersteunende interventies patiënten met psychotische stoornis</t>
   </si>
   <si>
     <t>Dit onderzoek biedt een verdieping in effectieve herstelondersteunende (behandel)interventies, ter aanvulling op het Zorgprogramma Psychotische Stoornissen van het EFP.</t>
   </si>
   <si>
     <t>2014-17</t>
   </si>
   <si>
     <t>Seksuele preoccupatie bij zedendelinquenten</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar het werkende mechanisme achter seksuele preoccupatie onder zedendelinquenten. Er is gezocht naar een methode om dit correct vast te stellen, en te beïnvloeden om recidive op dit gebied te voorkomen.</t>
   </si>
   <si>
-    <t>2016-50</t>
-[...7 lines deleted...]
-  <si>
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
   <si>
     <t>In dit vervolgonderzoek wordt door middel van proeftuinen (in fpc's, fpk's, fpa's, ppc's en forensische poli's) gewerkt aan een algemeen en sectorspecifiek implementatieadvies van de methode delictanalyse.</t>
   </si>
   <si>
-    <t>Agressiehantering</t>
-[...16 lines deleted...]
-  <si>
     <t>Grip op Agressie (GoA)</t>
   </si>
   <si>
-    <t>Een behandelinterventie gericht op het verminderen en voorkomen van ernstig agressief gedrag bij cliënten met een licht verstandelijke beperking. Erkend door de Erkenningscommissie Gedragsinterventies Justitie.</t>
+    <t>Grip op Agressie (GoA) biedt een erkend behandelprogramma dat mensen met een LVB helpt agressie te herkennen, beheersen en terugval te voorkomen. Zowel de klinische als ambulante variant zijn vernieuwd met actuele inzichten en praktische materialen voor effectieve gedragsverandering.</t>
   </si>
   <si>
     <t>2013-5</t>
   </si>
   <si>
     <t>Verdiepingsdiagnostiek (Call 2013-5/2017-73)</t>
   </si>
   <si>
     <t>Bij psychiatrische- en of verslavingsproblematiek is er, naast het afnemen van de RISc ook verdiepingsdiagnostiek nodig. In dit onderzoek is er een gestandaardiseerd product ontwikkeld.</t>
   </si>
   <si>
-    <t>2016-49</t>
-[...13 lines deleted...]
-  <si>
     <t>GRIP-app</t>
   </si>
   <si>
-    <t>Een applicatie die erop gericht is stress en boosheid te herkennen en signaleren, waarop beheersing en monitoring kunnen worden ingezet bij de cliënt, door middel van games en oefeningen.</t>
-[...8 lines deleted...]
-    <t>Binnen dit project wordt gewerkt aan de ontwikkeling van een digitaal expertsysteem, waarbij (zorg)professionals uit het gevangeniswezen ondersteuning krijgen in de besluitvorming rondom het doorbreken van het beroepsgeheim.</t>
+    <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
   </si>
   <si>
     <t>Samenwerking in de forensische keten</t>
   </si>
   <si>
-    <t>In dit project is gekeken naar succesfactoren en knelpunten in de samenwerking bij cliënten in de forensische opvang. Aan de hand hiervan is een handreiking ontwikkeld die professionals kunnen gebruiken als leidraad.</t>
-[...2 lines deleted...]
-    <t>2016-57</t>
+    <t>Goede samenwerking is essentieel wanneer forensische cliënten in de maatschappelijke opvang terechtkomen. Binnen dit thema is onderzocht hoe betrokken organisaties beter kunnen samenwerken rondom taken, verantwoordelijkheden en overdracht.</t>
   </si>
   <si>
     <t>Agressief gedrag vanuit het perspectief van mensen met een LVB: een voorstudie naar ervaringsdeskundigheid binnen de forensische behandeling voor LVB</t>
   </si>
   <si>
     <t>Onderzoek naar de ervaringskennis van mensen met een LVB/ZB die zij geven ten aanzien van grensoverschrijdend gedrag. Dit is de eerste stap naar eventuele inzet van ervaringsdeskundigen binnen de LVB-doelgroep.</t>
   </si>
   <si>
-    <t>2013-3</t>
-[...2 lines deleted...]
-    <t>Psycho-educatie module LVB 'Weet Wat Je Kan'</t>
+    <t>Weet wat je kan</t>
   </si>
   <si>
     <t>De psycho-educatie module "Weet wat je kan" is gericht op patiënten met een licht verstandelijke beperking (LVB) en is inzetbaar bij o.a. het vergroten van responsiviteit op (forensische) behandeling.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
@@ -1165,62 +934,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sterk-verhaal-in-beeld-geluid-en-tekst-een-vaktherapeutische-levensverhaalmodule-voor-forensisch-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-diepte-in-een-realist-evaluation-van-ademhalingsinterventies-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse-voor-mensen-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenningsaanvraag-seeking-safety-voor-mensen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteit-bij-forensisch-clienten-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-i-respect" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenning-grip-op-agressie-goa-ambulant" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-en-training-werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-justitiele-interventie-solo" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sprong-in-het-diepe-de-evaluatie-en-implementatie-van-deep" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-seeking-safety-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/integratie-van-seksualiteit-in-de-behandeling" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-bij-behandeling-van-forensische-patienten-met-adhd-call-2018-88" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectief-methodisch-werken-in-reclasseringstoezicht-een-systematisch-literatuuroverzicht-call-2019-105" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/interventie-agressieregulatie-voor-patienten-in-ppcs-call-2018-91" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-leefstijltraining-247-call-2019-106" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/prevalentie-en-effectieve-behandeling-van-nah-in-de-forensische-populatie-call-2019-102" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-handreiking-middelencontrole-voor-reclasseringswerkers-call-2019-99" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verkorte-delictanalyse-call-2019-111" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/e-module-weet-wat-je-kan-evaluatie-en-doorontwikkeling-call-2019-117" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie-goa-ambulant-call-2019-108" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-cova-20-call-2018-81" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-70" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-20" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-29" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-3637" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-2" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-11" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-44" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2014-22" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-49" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-9" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-3" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-63" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-56" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-57" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sterk-verhaal-in-beeld-geluid-en-tekst-een-vaktherapeutische-levensverhaalmodule-voor-forensisch-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-diepte-in-een-realist-evaluation-van-ademhalingsinterventies-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-i-respect" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sprong-in-het-diepe-de-evaluatie-en-implementatie-van-deep" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-ervaringsdeskundigheid-call-2020-124" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/interventie-agressieregulatie-voor-patienten-in-ppcs-call-2018-91" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-leefstijltraining-247-call-2019-106" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-handreiking-middelencontrole-voor-reclasseringswerkers-call-2019-99" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-cova-20-call-2018-81" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/middelengebruik-in-reclasseringscontext" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-47" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-2" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/samenwerking-in-de-forensische-keten" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-57" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI84"/>
+  <dimension ref="A1:AI63"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B84" sqref="B84"/>
+      <selection activeCell="B63" sqref="B63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1356,2914 +1125,2119 @@
         <v>38</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="J3" t="s">
         <v>38</v>
       </c>
       <c r="U3" t="s">
         <v>38</v>
       </c>
       <c r="Z3" t="s">
         <v>38</v>
       </c>
       <c r="AC3" t="s">
         <v>38</v>
       </c>
       <c r="AE3" t="s">
         <v>38</v>
       </c>
       <c r="AF3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>38</v>
       </c>
       <c r="P4" t="s">
         <v>38</v>
       </c>
       <c r="Z4" t="s">
         <v>38</v>
       </c>
       <c r="AF4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
       <c r="G5" t="s">
         <v>38</v>
       </c>
       <c r="J5" t="s">
         <v>38</v>
       </c>
       <c r="N5" t="s">
         <v>38</v>
       </c>
       <c r="Z5" t="s">
         <v>38</v>
       </c>
       <c r="AA5" t="s">
         <v>38</v>
       </c>
       <c r="AF5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
       <c r="F6" t="s">
         <v>38</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="J6" t="s">
         <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="Z6" t="s">
         <v>38</v>
       </c>
       <c r="AF6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" s="1" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
       <c r="I7" t="s">
         <v>38</v>
       </c>
       <c r="V7" t="s">
         <v>38</v>
       </c>
       <c r="AB7" t="s">
         <v>38</v>
       </c>
       <c r="AF7" t="s">
         <v>38</v>
       </c>
       <c r="AG7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="L8" t="s">
         <v>38</v>
       </c>
       <c r="Y8" t="s">
         <v>38</v>
       </c>
       <c r="Z8" t="s">
         <v>38</v>
       </c>
       <c r="AC8" t="s">
         <v>38</v>
       </c>
       <c r="AE8" t="s">
         <v>38</v>
       </c>
       <c r="AF8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
-      <c r="A9" t="s">
+      <c r="B9" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>5</v>
+      </c>
+      <c r="F9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
+      <c r="B10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="G10" t="s">
         <v>38</v>
       </c>
       <c r="L10" t="s">
         <v>38</v>
       </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
       <c r="Z10" t="s">
         <v>38</v>
       </c>
       <c r="AA10" t="s">
         <v>38</v>
       </c>
       <c r="AB10" t="s">
         <v>38</v>
       </c>
       <c r="AC10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD10" t="s">
         <v>38</v>
       </c>
       <c r="AF10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="C11" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
-      <c r="H11" t="s">
-[...11 lines deleted...]
-      <c r="X11" t="s">
+      <c r="G11" t="s">
+        <v>38</v>
+      </c>
+      <c r="J11" t="s">
         <v>38</v>
       </c>
       <c r="Z11" t="s">
         <v>38</v>
       </c>
       <c r="AA11" t="s">
         <v>38</v>
       </c>
       <c r="AF11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
-      <c r="A12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B12" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C12" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="G12" t="s">
         <v>38</v>
       </c>
-      <c r="L12" t="s">
-[...2 lines deleted...]
-      <c r="N12" t="s">
+      <c r="I12" t="s">
+        <v>38</v>
+      </c>
+      <c r="J12" t="s">
+        <v>38</v>
+      </c>
+      <c r="R12" t="s">
         <v>38</v>
       </c>
       <c r="Z12" t="s">
         <v>38</v>
       </c>
       <c r="AA12" t="s">
         <v>38</v>
       </c>
       <c r="AB12" t="s">
         <v>38</v>
       </c>
       <c r="AC12" t="s">
         <v>38</v>
       </c>
       <c r="AD12" t="s">
         <v>38</v>
       </c>
       <c r="AF12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C13" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="D13" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E13" t="s">
+        <v>5</v>
+      </c>
+      <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="J13" t="s">
         <v>38</v>
       </c>
+      <c r="R13" t="s">
+        <v>38</v>
+      </c>
       <c r="Z13" t="s">
         <v>38</v>
       </c>
       <c r="AA13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC13" t="s">
         <v>38</v>
       </c>
       <c r="AF13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E14" t="s">
+        <v>5</v>
+      </c>
+      <c r="F14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>38</v>
       </c>
-      <c r="I14" t="s">
-[...5 lines deleted...]
-      <c r="R14" t="s">
+      <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="Z14" t="s">
         <v>38</v>
       </c>
       <c r="AA14" t="s">
         <v>38</v>
       </c>
-      <c r="AB14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AF14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:35">
-      <c r="A15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B15" s="1" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F15" t="s">
+        <v>4</v>
+      </c>
+      <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>38</v>
       </c>
-      <c r="J15" t="s">
-[...11 lines deleted...]
-      <c r="AC15" t="s">
+      <c r="P15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD15" t="s">
         <v>38</v>
       </c>
       <c r="AF15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
-        <v>5</v>
-[...7 lines deleted...]
-      <c r="N16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16" t="s">
+        <v>38</v>
+      </c>
+      <c r="I16" t="s">
+        <v>38</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="L16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X16" t="s">
         <v>38</v>
       </c>
       <c r="Z16" t="s">
         <v>38</v>
       </c>
       <c r="AA16" t="s">
         <v>38</v>
       </c>
       <c r="AF16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:35">
-      <c r="A17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B17" s="1" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
-      <c r="G17" t="s">
+      <c r="H17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" t="s">
+        <v>38</v>
+      </c>
+      <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="P17" t="s">
         <v>38</v>
       </c>
       <c r="AD17" t="s">
         <v>38</v>
       </c>
       <c r="AF17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:35">
-      <c r="A18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B18" s="1" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
       <c r="G18" t="s">
         <v>38</v>
       </c>
       <c r="J18" t="s">
         <v>38</v>
       </c>
-      <c r="P18" t="s">
-[...2 lines deleted...]
-      <c r="AA18" t="s">
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="W18" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z18" t="s">
         <v>38</v>
       </c>
       <c r="AF18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:35">
       <c r="A19" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="C19" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="H19" t="s">
         <v>38</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
         <v>38</v>
       </c>
-      <c r="L19" t="s">
-[...2 lines deleted...]
-      <c r="X19" t="s">
+      <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="Z19" t="s">
         <v>38</v>
       </c>
-      <c r="AA19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF19" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:35">
-      <c r="A20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B20" s="1" t="s">
-        <v>89</v>
+        <v>79</v>
       </c>
       <c r="C20" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20" t="s">
         <v>38</v>
       </c>
       <c r="H20" t="s">
         <v>38</v>
       </c>
-      <c r="I20" t="s">
+      <c r="J20" t="s">
         <v>38</v>
       </c>
       <c r="L20" t="s">
         <v>38</v>
       </c>
-      <c r="AA20" t="s">
-[...5 lines deleted...]
-      <c r="AD20" t="s">
+      <c r="Z20" t="s">
         <v>38</v>
       </c>
       <c r="AF20" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:35">
       <c r="A21" t="s">
-        <v>91</v>
+        <v>81</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>92</v>
+        <v>82</v>
       </c>
       <c r="C21" t="s">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
         <v>38</v>
       </c>
       <c r="H21" t="s">
         <v>38</v>
       </c>
-      <c r="L21" t="s">
-[...2 lines deleted...]
-      <c r="N21" t="s">
+      <c r="J21" t="s">
         <v>38</v>
       </c>
       <c r="P21" t="s">
+        <v>38</v>
+      </c>
+      <c r="R21" t="s">
         <v>38</v>
       </c>
       <c r="AD21" t="s">
         <v>38</v>
       </c>
       <c r="AF21" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="A22" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
         <v>38</v>
       </c>
-      <c r="G22" t="s">
-[...2 lines deleted...]
-      <c r="P22" t="s">
+      <c r="H22" t="s">
+        <v>38</v>
+      </c>
+      <c r="M22" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA22" t="s">
         <v>38</v>
       </c>
       <c r="AD22" t="s">
         <v>38</v>
       </c>
       <c r="AF22" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
         <v>38</v>
       </c>
-      <c r="G23" t="s">
-[...8 lines deleted...]
-      <c r="W23" t="s">
+      <c r="H23" t="s">
+        <v>38</v>
+      </c>
+      <c r="L23" t="s">
+        <v>38</v>
+      </c>
+      <c r="T23" t="s">
         <v>38</v>
       </c>
       <c r="Z23" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA23" t="s">
         <v>38</v>
       </c>
       <c r="AF23" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="C24" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
         <v>38</v>
       </c>
-      <c r="H24" t="s">
+      <c r="G24" t="s">
         <v>38</v>
       </c>
       <c r="J24" t="s">
         <v>38</v>
       </c>
-      <c r="N24" t="s">
+      <c r="P24" t="s">
+        <v>38</v>
+      </c>
+      <c r="R24" t="s">
         <v>38</v>
       </c>
       <c r="Z24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA24" t="s">
         <v>38</v>
       </c>
       <c r="AF24" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="A25" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="C25" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="D25" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F25" t="s">
+        <v>4</v>
+      </c>
+      <c r="E25" t="s">
         <v>38</v>
       </c>
       <c r="G25" t="s">
         <v>38</v>
       </c>
-      <c r="J25" t="s">
-[...5 lines deleted...]
-      <c r="R25" t="s">
+      <c r="N25" t="s">
         <v>38</v>
       </c>
       <c r="Z25" t="s">
         <v>38</v>
       </c>
       <c r="AA25" t="s">
         <v>38</v>
       </c>
-      <c r="AE25" t="s">
+      <c r="AB25" t="s">
         <v>38</v>
       </c>
       <c r="AF25" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:35">
-      <c r="A26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B26" s="1" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="C26" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D26" t="s">
-        <v>5</v>
-[...10 lines deleted...]
-      <c r="R26" t="s">
+        <v>4</v>
+      </c>
+      <c r="E26" t="s">
+        <v>38</v>
+      </c>
+      <c r="H26" t="s">
+        <v>38</v>
+      </c>
+      <c r="L26" t="s">
+        <v>38</v>
+      </c>
+      <c r="T26" t="s">
         <v>38</v>
       </c>
       <c r="Z26" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA26" t="s">
         <v>38</v>
       </c>
       <c r="AF26" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:35">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="C27" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
         <v>38</v>
       </c>
-      <c r="H27" t="s">
-[...5 lines deleted...]
-      <c r="L27" t="s">
+      <c r="G27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
         <v>38</v>
       </c>
       <c r="Z27" t="s">
         <v>38</v>
       </c>
+      <c r="AA27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD27" t="s">
+        <v>38</v>
+      </c>
       <c r="AF27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:35">
-      <c r="A28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B28" s="1" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
         <v>38</v>
       </c>
       <c r="H28" t="s">
         <v>38</v>
       </c>
       <c r="J28" t="s">
         <v>38</v>
       </c>
       <c r="P28" t="s">
         <v>38</v>
       </c>
-      <c r="R28" t="s">
-[...2 lines deleted...]
-      <c r="AD28" t="s">
+      <c r="AC28" t="s">
         <v>38</v>
       </c>
       <c r="AF28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:35">
       <c r="A29" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="C29" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
       <c r="E29" t="s">
         <v>38</v>
       </c>
       <c r="H29" t="s">
         <v>38</v>
       </c>
-      <c r="M29" t="s">
-[...2 lines deleted...]
-      <c r="AA29" t="s">
+      <c r="J29" t="s">
+        <v>38</v>
+      </c>
+      <c r="P29" t="s">
+        <v>38</v>
+      </c>
+      <c r="X29" t="s">
         <v>38</v>
       </c>
       <c r="AD29" t="s">
         <v>38</v>
       </c>
       <c r="AF29" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:35">
       <c r="A30" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="C30" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
         <v>38</v>
       </c>
       <c r="H30" t="s">
         <v>38</v>
       </c>
-      <c r="J30" t="s">
-[...5 lines deleted...]
-      <c r="Z30" t="s">
+      <c r="P30" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD30" t="s">
         <v>38</v>
       </c>
       <c r="AF30" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:35">
       <c r="A31" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="C31" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
         <v>38</v>
       </c>
-      <c r="H31" t="s">
-[...5 lines deleted...]
-      <c r="T31" t="s">
+      <c r="G31" t="s">
+        <v>38</v>
+      </c>
+      <c r="J31" t="s">
         <v>38</v>
       </c>
       <c r="Z31" t="s">
         <v>38</v>
       </c>
       <c r="AA31" t="s">
         <v>38</v>
       </c>
+      <c r="AC31" t="s">
+        <v>38</v>
+      </c>
       <c r="AF31" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:35">
-      <c r="A32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B32" s="1" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="C32" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
         <v>38</v>
       </c>
       <c r="G32" t="s">
         <v>38</v>
       </c>
       <c r="J32" t="s">
         <v>38</v>
       </c>
-      <c r="P32" t="s">
-[...2 lines deleted...]
-      <c r="R32" t="s">
+      <c r="U32" t="s">
+        <v>38</v>
+      </c>
+      <c r="W32" t="s">
         <v>38</v>
       </c>
       <c r="Z32" t="s">
         <v>38</v>
       </c>
       <c r="AA32" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC32" t="s">
         <v>38</v>
       </c>
       <c r="AF32" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:35">
       <c r="A33" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="C33" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>38</v>
       </c>
-      <c r="G33" t="s">
-[...11 lines deleted...]
-      <c r="AB33" t="s">
+      <c r="H33" t="s">
+        <v>38</v>
+      </c>
+      <c r="S33" t="s">
+        <v>38</v>
+      </c>
+      <c r="X33" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD33" t="s">
         <v>38</v>
       </c>
       <c r="AF33" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:35">
       <c r="B34" s="1" t="s">
-        <v>19</v>
+        <v>116</v>
       </c>
       <c r="C34" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
         <v>38</v>
       </c>
       <c r="H34" t="s">
         <v>38</v>
       </c>
       <c r="L34" t="s">
         <v>38</v>
       </c>
-      <c r="T34" t="s">
+      <c r="N34" t="s">
         <v>38</v>
       </c>
       <c r="Z34" t="s">
         <v>38</v>
       </c>
       <c r="AA34" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD34" t="s">
         <v>38</v>
       </c>
       <c r="AF34" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:35">
       <c r="A35" t="s">
-        <v>131</v>
+        <v>118</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>132</v>
+        <v>119</v>
       </c>
       <c r="C35" t="s">
-        <v>133</v>
+        <v>120</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35" t="s">
         <v>38</v>
       </c>
-      <c r="G35" t="s">
-[...14 lines deleted...]
-      <c r="AC35" t="s">
+      <c r="H35" t="s">
+        <v>38</v>
+      </c>
+      <c r="P35" t="s">
         <v>38</v>
       </c>
       <c r="AD35" t="s">
         <v>38</v>
       </c>
       <c r="AF35" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:35">
       <c r="A36" t="s">
-        <v>134</v>
+        <v>121</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
       <c r="C36" t="s">
-        <v>136</v>
+        <v>123</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
       <c r="E36" t="s">
         <v>38</v>
       </c>
-      <c r="G36" t="s">
-[...2 lines deleted...]
-      <c r="I36" t="s">
+      <c r="H36" t="s">
+        <v>38</v>
+      </c>
+      <c r="J36" t="s">
+        <v>38</v>
+      </c>
+      <c r="P36" t="s">
+        <v>38</v>
+      </c>
+      <c r="X36" t="s">
         <v>38</v>
       </c>
       <c r="AD36" t="s">
         <v>38</v>
       </c>
       <c r="AF36" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:35">
-      <c r="A37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B37" s="1" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
       <c r="C37" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37" t="s">
         <v>38</v>
       </c>
-      <c r="H37" t="s">
-[...2 lines deleted...]
-      <c r="J37" t="s">
+      <c r="G37" t="s">
+        <v>38</v>
+      </c>
+      <c r="N37" t="s">
         <v>38</v>
       </c>
       <c r="P37" t="s">
         <v>38</v>
       </c>
-      <c r="AC37" t="s">
+      <c r="Z37" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA37" t="s">
         <v>38</v>
       </c>
       <c r="AF37" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:35">
-      <c r="A38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B38" s="1" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="C38" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
       <c r="E38" t="s">
         <v>38</v>
       </c>
       <c r="H38" t="s">
         <v>38</v>
       </c>
       <c r="J38" t="s">
         <v>38</v>
       </c>
       <c r="P38" t="s">
         <v>38</v>
       </c>
+      <c r="R38" t="s">
+        <v>38</v>
+      </c>
       <c r="X38" t="s">
         <v>38</v>
       </c>
-      <c r="AD38" t="s">
+      <c r="Z38" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE38" t="s">
         <v>38</v>
       </c>
       <c r="AF38" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:35">
       <c r="A39" t="s">
-        <v>143</v>
+        <v>128</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="C39" t="s">
-        <v>145</v>
+        <v>130</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39" t="s">
         <v>38</v>
       </c>
-      <c r="H39" t="s">
-[...5 lines deleted...]
-      <c r="AD39" t="s">
+      <c r="G39" t="s">
+        <v>38</v>
+      </c>
+      <c r="L39" t="s">
+        <v>38</v>
+      </c>
+      <c r="W39" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z39" t="s">
         <v>38</v>
       </c>
       <c r="AF39" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:35">
       <c r="A40" t="s">
-        <v>146</v>
+        <v>131</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>147</v>
+        <v>132</v>
       </c>
       <c r="C40" t="s">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
       <c r="E40" t="s">
         <v>38</v>
       </c>
       <c r="G40" t="s">
         <v>38</v>
       </c>
-      <c r="J40" t="s">
+      <c r="W40" t="s">
         <v>38</v>
       </c>
       <c r="Z40" t="s">
         <v>38</v>
       </c>
       <c r="AA40" t="s">
         <v>38</v>
       </c>
       <c r="AC40" t="s">
         <v>38</v>
       </c>
       <c r="AF40" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="41" spans="1:35">
       <c r="B41" s="1" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="C41" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="D41" t="s">
         <v>4</v>
       </c>
       <c r="E41" t="s">
         <v>38</v>
       </c>
       <c r="H41" t="s">
         <v>38</v>
       </c>
-      <c r="J41" t="s">
-[...8 lines deleted...]
-      <c r="Z41" t="s">
+      <c r="X41" t="s">
         <v>38</v>
       </c>
       <c r="AA41" t="s">
         <v>38</v>
       </c>
-      <c r="AC41" t="s">
+      <c r="AD41" t="s">
         <v>38</v>
       </c>
       <c r="AF41" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:35">
       <c r="A42" t="s">
-        <v>151</v>
+        <v>136</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>152</v>
+        <v>137</v>
       </c>
       <c r="C42" t="s">
-        <v>153</v>
+        <v>138</v>
       </c>
       <c r="D42" t="s">
         <v>4</v>
       </c>
       <c r="E42" t="s">
         <v>38</v>
       </c>
-      <c r="H42" t="s">
-[...8 lines deleted...]
-      <c r="AD42" t="s">
+      <c r="G42" t="s">
+        <v>38</v>
+      </c>
+      <c r="W42" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA42" t="s">
         <v>38</v>
       </c>
       <c r="AF42" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:35">
-      <c r="A43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B43" s="1" t="s">
-        <v>155</v>
+        <v>139</v>
       </c>
       <c r="C43" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="D43" t="s">
         <v>4</v>
       </c>
       <c r="E43" t="s">
         <v>38</v>
       </c>
       <c r="H43" t="s">
         <v>38</v>
       </c>
       <c r="J43" t="s">
         <v>38</v>
       </c>
-      <c r="U43" t="s">
-[...2 lines deleted...]
-      <c r="Z43" t="s">
+      <c r="N43" t="s">
+        <v>38</v>
+      </c>
+      <c r="P43" t="s">
+        <v>38</v>
+      </c>
+      <c r="W43" t="s">
         <v>38</v>
       </c>
       <c r="AA43" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="AE43" t="s">
         <v>38</v>
       </c>
       <c r="AF43" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:35">
       <c r="A44" t="s">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="C44" t="s">
-        <v>159</v>
+        <v>143</v>
       </c>
       <c r="D44" t="s">
         <v>4</v>
       </c>
       <c r="E44" t="s">
         <v>38</v>
       </c>
       <c r="H44" t="s">
         <v>38</v>
       </c>
       <c r="J44" t="s">
         <v>38</v>
       </c>
-      <c r="P44" t="s">
-[...5 lines deleted...]
-      <c r="Z44" t="s">
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="W44" t="s">
         <v>38</v>
       </c>
       <c r="AA44" t="s">
         <v>38</v>
       </c>
-      <c r="AC44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF44" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="45" spans="1:35">
-      <c r="A45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B45" s="1" t="s">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="C45" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="D45" t="s">
         <v>4</v>
       </c>
       <c r="E45" t="s">
         <v>38</v>
       </c>
       <c r="H45" t="s">
         <v>38</v>
       </c>
+      <c r="I45" t="s">
+        <v>38</v>
+      </c>
       <c r="J45" t="s">
         <v>38</v>
       </c>
-      <c r="P45" t="s">
+      <c r="R45" t="s">
+        <v>38</v>
+      </c>
+      <c r="W45" t="s">
         <v>38</v>
       </c>
       <c r="AA45" t="s">
         <v>38</v>
       </c>
-      <c r="AD45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF45" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:35">
+      <c r="A46" t="s">
+        <v>146</v>
+      </c>
       <c r="B46" s="1" t="s">
-        <v>163</v>
+        <v>147</v>
       </c>
       <c r="C46" t="s">
-        <v>164</v>
+        <v>148</v>
       </c>
       <c r="D46" t="s">
         <v>4</v>
       </c>
       <c r="E46" t="s">
         <v>38</v>
       </c>
       <c r="H46" t="s">
         <v>38</v>
       </c>
-      <c r="L46" t="s">
-[...2 lines deleted...]
-      <c r="N46" t="s">
+      <c r="O46" t="s">
         <v>38</v>
       </c>
       <c r="Z46" t="s">
         <v>38</v>
       </c>
       <c r="AA46" t="s">
         <v>38</v>
       </c>
       <c r="AB46" t="s">
         <v>38</v>
       </c>
       <c r="AC46" t="s">
         <v>38</v>
       </c>
       <c r="AD46" t="s">
         <v>38</v>
       </c>
       <c r="AF46" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="47" spans="1:35">
-      <c r="A47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B47" s="1" t="s">
-        <v>166</v>
+        <v>149</v>
       </c>
       <c r="C47" t="s">
-        <v>167</v>
+        <v>150</v>
       </c>
       <c r="D47" t="s">
         <v>4</v>
       </c>
       <c r="E47" t="s">
         <v>38</v>
       </c>
       <c r="H47" t="s">
         <v>38</v>
       </c>
-      <c r="P47" t="s">
+      <c r="L47" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC47" t="s">
         <v>38</v>
       </c>
       <c r="AD47" t="s">
         <v>38</v>
       </c>
+      <c r="AE47" t="s">
+        <v>38</v>
+      </c>
       <c r="AF47" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="48" spans="1:35">
-      <c r="A48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B48" s="1" t="s">
-        <v>169</v>
+        <v>151</v>
       </c>
       <c r="C48" t="s">
-        <v>170</v>
+        <v>152</v>
       </c>
       <c r="D48" t="s">
         <v>4</v>
       </c>
       <c r="E48" t="s">
         <v>38</v>
       </c>
       <c r="H48" t="s">
         <v>38</v>
       </c>
       <c r="J48" t="s">
         <v>38</v>
       </c>
-      <c r="P48" t="s">
-[...5 lines deleted...]
-      <c r="AD48" t="s">
+      <c r="L48" t="s">
+        <v>38</v>
+      </c>
+      <c r="W48" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z48" t="s">
         <v>38</v>
       </c>
       <c r="AF48" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="49" spans="1:35">
-      <c r="A49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B49" s="1" t="s">
-        <v>172</v>
+        <v>153</v>
       </c>
       <c r="C49" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="D49" t="s">
         <v>4</v>
       </c>
       <c r="E49" t="s">
         <v>38</v>
       </c>
-      <c r="G49" t="s">
-[...5 lines deleted...]
-      <c r="P49" t="s">
+      <c r="H49" t="s">
+        <v>38</v>
+      </c>
+      <c r="I49" t="s">
+        <v>38</v>
+      </c>
+      <c r="J49" t="s">
         <v>38</v>
       </c>
       <c r="Z49" t="s">
         <v>38</v>
       </c>
       <c r="AA49" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC49" t="s">
         <v>38</v>
       </c>
       <c r="AF49" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="50" spans="1:35">
       <c r="A50" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>175</v>
+        <v>156</v>
       </c>
       <c r="C50" t="s">
-        <v>176</v>
+        <v>157</v>
       </c>
       <c r="D50" t="s">
         <v>4</v>
       </c>
       <c r="E50" t="s">
         <v>38</v>
       </c>
       <c r="H50" t="s">
         <v>38</v>
       </c>
-      <c r="J50" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="X50" t="s">
         <v>38</v>
       </c>
       <c r="Z50" t="s">
         <v>38</v>
       </c>
-      <c r="AA50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AF50" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:35">
-      <c r="A51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B51" s="1" t="s">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="C51" t="s">
-        <v>179</v>
+        <v>159</v>
       </c>
       <c r="D51" t="s">
         <v>4</v>
       </c>
       <c r="E51" t="s">
         <v>38</v>
       </c>
-      <c r="G51" t="s">
-[...5 lines deleted...]
-      <c r="W51" t="s">
+      <c r="H51" t="s">
+        <v>38</v>
+      </c>
+      <c r="J51" t="s">
+        <v>38</v>
+      </c>
+      <c r="U51" t="s">
         <v>38</v>
       </c>
       <c r="Z51" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE51" t="s">
         <v>38</v>
       </c>
       <c r="AF51" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:35">
       <c r="A52" t="s">
-        <v>180</v>
+        <v>160</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>181</v>
+        <v>161</v>
       </c>
       <c r="C52" t="s">
-        <v>182</v>
+        <v>162</v>
       </c>
       <c r="D52" t="s">
         <v>4</v>
       </c>
       <c r="E52" t="s">
         <v>38</v>
       </c>
-      <c r="G52" t="s">
-[...2 lines deleted...]
-      <c r="W52" t="s">
+      <c r="H52" t="s">
+        <v>38</v>
+      </c>
+      <c r="I52" t="s">
+        <v>38</v>
+      </c>
+      <c r="J52" t="s">
+        <v>38</v>
+      </c>
+      <c r="M52" t="s">
         <v>38</v>
       </c>
       <c r="Z52" t="s">
         <v>38</v>
       </c>
       <c r="AA52" t="s">
         <v>38</v>
       </c>
       <c r="AC52" t="s">
         <v>38</v>
       </c>
       <c r="AF52" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:35">
+      <c r="A53" t="s">
+        <v>163</v>
+      </c>
       <c r="B53" s="1" t="s">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="C53" t="s">
-        <v>184</v>
+        <v>165</v>
       </c>
       <c r="D53" t="s">
         <v>4</v>
       </c>
       <c r="E53" t="s">
         <v>38</v>
       </c>
       <c r="H53" t="s">
         <v>38</v>
       </c>
-      <c r="X53" t="s">
-[...5 lines deleted...]
-      <c r="AD53" t="s">
+      <c r="I53" t="s">
+        <v>38</v>
+      </c>
+      <c r="J53" t="s">
+        <v>38</v>
+      </c>
+      <c r="W53" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z53" t="s">
         <v>38</v>
       </c>
       <c r="AF53" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="54" spans="1:35">
       <c r="A54" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>186</v>
+        <v>167</v>
       </c>
       <c r="C54" t="s">
-        <v>187</v>
+        <v>168</v>
       </c>
       <c r="D54" t="s">
         <v>4</v>
       </c>
       <c r="E54" t="s">
         <v>38</v>
       </c>
-      <c r="G54" t="s">
-[...2 lines deleted...]
-      <c r="W54" t="s">
+      <c r="H54" t="s">
+        <v>38</v>
+      </c>
+      <c r="J54" t="s">
+        <v>38</v>
+      </c>
+      <c r="X54" t="s">
         <v>38</v>
       </c>
       <c r="Z54" t="s">
         <v>38</v>
       </c>
       <c r="AA54" t="s">
         <v>38</v>
       </c>
       <c r="AF54" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="55" spans="1:35">
+      <c r="A55" t="s">
+        <v>169</v>
+      </c>
       <c r="B55" s="1" t="s">
-        <v>188</v>
+        <v>170</v>
       </c>
       <c r="C55" t="s">
-        <v>189</v>
+        <v>171</v>
       </c>
       <c r="D55" t="s">
         <v>4</v>
       </c>
       <c r="E55" t="s">
         <v>38</v>
       </c>
-      <c r="H55" t="s">
+      <c r="G55" t="s">
         <v>38</v>
       </c>
       <c r="J55" t="s">
         <v>38</v>
       </c>
-      <c r="N55" t="s">
-[...5 lines deleted...]
-      <c r="W55" t="s">
+      <c r="S55" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z55" t="s">
         <v>38</v>
       </c>
       <c r="AA55" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE55" t="s">
         <v>38</v>
       </c>
       <c r="AF55" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:35">
       <c r="A56" t="s">
-        <v>190</v>
+        <v>172</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="C56" t="s">
-        <v>192</v>
+        <v>174</v>
       </c>
       <c r="D56" t="s">
         <v>4</v>
       </c>
       <c r="E56" t="s">
         <v>38</v>
       </c>
-      <c r="H56" t="s">
-[...5 lines deleted...]
-      <c r="N56" t="s">
+      <c r="G56" t="s">
+        <v>38</v>
+      </c>
+      <c r="L56" t="s">
         <v>38</v>
       </c>
       <c r="W56" t="s">
         <v>38</v>
       </c>
+      <c r="Z56" t="s">
+        <v>38</v>
+      </c>
       <c r="AA56" t="s">
         <v>38</v>
       </c>
+      <c r="AC56" t="s">
+        <v>38</v>
+      </c>
       <c r="AF56" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="57" spans="1:35">
+      <c r="A57" t="s">
+        <v>175</v>
+      </c>
       <c r="B57" s="1" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
       <c r="C57" t="s">
-        <v>194</v>
+        <v>177</v>
       </c>
       <c r="D57" t="s">
         <v>4</v>
       </c>
       <c r="E57" t="s">
         <v>38</v>
       </c>
-      <c r="G57" t="s">
-[...8 lines deleted...]
-      <c r="P57" t="s">
+      <c r="H57" t="s">
+        <v>38</v>
+      </c>
+      <c r="U57" t="s">
         <v>38</v>
       </c>
       <c r="Z57" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE57" t="s">
         <v>38</v>
       </c>
       <c r="AF57" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:35">
       <c r="B58" s="1" t="s">
-        <v>195</v>
+        <v>178</v>
       </c>
       <c r="C58" t="s">
-        <v>196</v>
+        <v>179</v>
       </c>
       <c r="D58" t="s">
         <v>4</v>
       </c>
       <c r="E58" t="s">
         <v>38</v>
       </c>
       <c r="H58" t="s">
         <v>38</v>
       </c>
-      <c r="U58" t="s">
+      <c r="J58" t="s">
+        <v>38</v>
+      </c>
+      <c r="P58" t="s">
+        <v>38</v>
+      </c>
+      <c r="R58" t="s">
         <v>38</v>
       </c>
       <c r="Z58" t="s">
         <v>38</v>
       </c>
       <c r="AF58" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="59" spans="1:35">
+      <c r="A59" t="s">
+        <v>180</v>
+      </c>
       <c r="B59" s="1" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="C59" t="s">
-        <v>198</v>
+        <v>182</v>
       </c>
       <c r="D59" t="s">
         <v>4</v>
       </c>
       <c r="E59" t="s">
         <v>38</v>
       </c>
       <c r="H59" t="s">
         <v>38</v>
       </c>
-      <c r="I59" t="s">
-[...8 lines deleted...]
-      <c r="W59" t="s">
+      <c r="M59" t="s">
+        <v>38</v>
+      </c>
+      <c r="U59" t="s">
         <v>38</v>
       </c>
       <c r="AA59" t="s">
         <v>38</v>
       </c>
+      <c r="AD59" t="s">
+        <v>38</v>
+      </c>
       <c r="AF59" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="60" spans="1:35">
-      <c r="A60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B60" s="1" t="s">
-        <v>200</v>
+        <v>183</v>
       </c>
       <c r="C60" t="s">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="D60" t="s">
         <v>4</v>
       </c>
       <c r="E60" t="s">
         <v>38</v>
       </c>
       <c r="H60" t="s">
         <v>38</v>
       </c>
-      <c r="O60" t="s">
-[...2 lines deleted...]
-      <c r="Z60" t="s">
+      <c r="I60" t="s">
+        <v>38</v>
+      </c>
+      <c r="J60" t="s">
+        <v>38</v>
+      </c>
+      <c r="N60" t="s">
         <v>38</v>
       </c>
       <c r="AA60" t="s">
         <v>38</v>
       </c>
       <c r="AB60" t="s">
         <v>38</v>
       </c>
-      <c r="AC60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD60" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE60" t="s">
         <v>38</v>
       </c>
       <c r="AF60" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="61" spans="1:35">
       <c r="B61" s="1" t="s">
-        <v>202</v>
+        <v>185</v>
       </c>
       <c r="C61" t="s">
-        <v>203</v>
+        <v>186</v>
       </c>
       <c r="D61" t="s">
         <v>4</v>
       </c>
       <c r="E61" t="s">
         <v>38</v>
       </c>
       <c r="H61" t="s">
         <v>38</v>
       </c>
-      <c r="L61" t="s">
-[...5 lines deleted...]
-      <c r="AA61" t="s">
+      <c r="K61" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q61" t="s">
         <v>38</v>
       </c>
       <c r="AB61" t="s">
         <v>38</v>
       </c>
-      <c r="AC61" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AF61" t="s">
         <v>38</v>
       </c>
+      <c r="AH61" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="62" spans="1:35">
-      <c r="A62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B62" s="1" t="s">
-        <v>205</v>
+        <v>187</v>
       </c>
       <c r="C62" t="s">
-        <v>206</v>
+        <v>188</v>
       </c>
       <c r="D62" t="s">
         <v>4</v>
       </c>
       <c r="E62" t="s">
         <v>38</v>
       </c>
-      <c r="H62" t="s">
-[...8 lines deleted...]
-      <c r="W62" t="s">
+      <c r="G62" t="s">
+        <v>38</v>
+      </c>
+      <c r="O62" t="s">
+        <v>38</v>
+      </c>
+      <c r="R62" t="s">
         <v>38</v>
       </c>
       <c r="Z62" t="s">
         <v>38</v>
       </c>
       <c r="AF62" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:35">
       <c r="B63" s="1" t="s">
-        <v>207</v>
+        <v>189</v>
       </c>
       <c r="C63" t="s">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="D63" t="s">
         <v>4</v>
       </c>
       <c r="E63" t="s">
         <v>38</v>
       </c>
       <c r="H63" t="s">
         <v>38</v>
       </c>
-      <c r="I63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J63" t="s">
         <v>38</v>
       </c>
+      <c r="R63" t="s">
+        <v>38</v>
+      </c>
+      <c r="T63" t="s">
+        <v>38</v>
+      </c>
       <c r="Z63" t="s">
         <v>38</v>
       </c>
       <c r="AA63" t="s">
         <v>38</v>
       </c>
       <c r="AC63" t="s">
         <v>38</v>
       </c>
       <c r="AF63" t="s">
-        <v>38</v>
-[...751 lines deleted...]
-      <c r="AF84" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
@@ -4287,71 +3261,50 @@
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
-    <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
-[...19 lines deleted...]
-    <hyperlink ref="B84" r:id="rId_hyperlink_83"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>