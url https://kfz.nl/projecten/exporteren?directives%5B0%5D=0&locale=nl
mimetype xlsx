--- v0 (2026-01-26)
+++ v1 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="175">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -137,339 +137,255 @@
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2022-185</t>
   </si>
   <si>
     <t>Doorontwikkeling Delictanalyseproducten</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2024-215</t>
   </si>
   <si>
     <t>Zicht Op Agressie</t>
   </si>
   <si>
     <t>Het doel van het onderzoek is om zicht te krijgen op agressie incidenten en de opvolging hiervan. In een handreiking worden met adviezen voor de praktijk, en worden aanbevelingen gedaan m.b.t. hoe forensische teams incidentmeldingen kunnen registreren, duiden en evalueren.</t>
   </si>
   <si>
-    <t>2024-210</t>
-[...1 lines deleted...]
-  <si>
     <t>Elkaar goed begrijpen in de Forensische Zorg</t>
   </si>
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
-    <t>2024-211</t>
-[...1 lines deleted...]
-  <si>
     <t>Van locatie veranderd: een onderzoek naar overplaatsingen in de Tbs</t>
   </si>
   <si>
     <t>Het doel van het project is om zicht te krijgen op factoren die een rol spelen bij overplaatsingen in kader van behandelstagnatie zodat er mogelijk eerder geïntervenieerd kan worden in de behandeling of gezorgd kan worden dat een dergelijke overplaatsing een minder stagnerende werking op zichzelf heeft.</t>
   </si>
   <si>
-    <t>2024-217</t>
-[...1 lines deleted...]
-  <si>
     <t>Evaluatieonderzoek implementatie Waaiermodel</t>
   </si>
   <si>
     <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
     <t>BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>Het BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
-    <t>2023-207</t>
-[...1 lines deleted...]
-  <si>
     <t>Gezamenlijke besluitvorming over vaktherapeutische behandeling in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van dit project is om een praktisch inzetbare vaktherapeutische keuzehulp te ontwikkelen.</t>
   </si>
   <si>
     <t>2023-206</t>
   </si>
   <si>
     <t>Ondersteuning bij cultuurverandering: een reflectiemethode voor forensische zorgprofessionals</t>
   </si>
   <si>
     <t>Vanuit de behoefte van FHIC-zorgprofessionals aan ondersteuning bij cultuurverandering, is in een verkennend onderzoek deze vorm van ethiekondersteuning omgevormd tot een reflectiemethode. Middels deze reflectiemethode voeren teams laagdrempelig een socratisch dialoog over een centrale waarde. Het doel van het project is de doorontwikkeling van de reflectiemethode, en onderzoek naar de acceptatie, geschiktheid, haalbaarheid, implementatie en de ervaren opbrengst.</t>
   </si>
   <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
     <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
-    <t>2022-180</t>
-[...1 lines deleted...]
-  <si>
     <t>Meten is weten: een pilotstudie naar de inzet van wearables ter ondersteuning van agressieregulatietherapie</t>
   </si>
   <si>
     <t>Het in kaart brengen van hoe wearables ingezet kunnen worden in ambulant aangeboden ARopMaat behandelingen</t>
   </si>
   <si>
-    <t>2022-186</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
     <t>2022-179</t>
   </si>
   <si>
     <t>Rapid realist review naar effectiviteit van forensische zorg voor personen met een LVB</t>
   </si>
   <si>
     <t>Een literatuurstudie naar hoe forensische behandelingen dienen te worden ingericht om optimaal effectief te zijn voor de LVB-populatie.</t>
   </si>
   <si>
-    <t>2020-132</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische best practices in BW/MO instellingen</t>
   </si>
   <si>
     <t>In dit project is in kaart gebracht wat de forensische best practices zijn binnen de BW/MO instellingen. Waar worden positieve ervaringen opgedaan en waar zit de relevante kennis?</t>
   </si>
   <si>
-    <t>2021-158</t>
-[...10 lines deleted...]
-  <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
     <t>2020-131</t>
   </si>
   <si>
     <t>Literatuuronderzoek en operationalisatie van behandelvoortgang binnen de forensische zorg</t>
   </si>
   <si>
     <t>Het ontwikkelen van een multidimensionaal conceptueel model voor de operationalisatie van behandelvoortgang dat toepasbaar is binnen de gehele forensische zorg.</t>
   </si>
   <si>
     <t>2020-125</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling "Goed Ernaast"</t>
   </si>
   <si>
     <t>Op welk niveau bevindt het KFZ product "Goed ernaast" zich nu en wat is er nodig voor een doorontwikkeling?</t>
   </si>
   <si>
-    <t>2018-78</t>
-[...1 lines deleted...]
-  <si>
     <t>Behoefteninventarisatie betrekken familie en andere naasten bij de forensische zorg</t>
   </si>
   <si>
     <t>In deze pre-call zal de behoeften en ervaringen van naasten, cliënten en behandelaars geïnventariseerd worden op het gebied van betrekken van naasten in de forensische zorg.</t>
   </si>
   <si>
-    <t>2018-96</t>
-[...1 lines deleted...]
-  <si>
     <t>Gezinsbenadering in de (forensische) zorg: een eerste verkenning</t>
   </si>
   <si>
     <t>Een handreiking voor gezinsbenadering volgens een levensloopperspectief voor hulpverleners in de BW/MO setting</t>
   </si>
   <si>
-    <t>2019-118</t>
-[...25 lines deleted...]
-  <si>
     <t>Risicomanagement LVB</t>
   </si>
   <si>
-    <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. In dit KFZ‑project is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
-[...5 lines deleted...]
-    <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
+    <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. Binnen dit thema is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
+  </si>
+  <si>
+    <t>Handreiking indicatiestelling forensische zorg voor LVB</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
-    <t>2018-85</t>
-[...1 lines deleted...]
-  <si>
     <t>Implementatietraject duurzame verbinding</t>
   </si>
   <si>
     <t>Relationeel werken en contact na behandeling ter voorkoming van recidive.</t>
   </si>
   <si>
-    <t>2018-79</t>
-[...5 lines deleted...]
-    <t>Deze pre-call inventariseert de behoeften van professionals en patiënten in de forensische zorg met betrekking tot continuïteit van zorg en de levensloop.</t>
+    <t>Mind the Gap</t>
+  </si>
+  <si>
+    <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
   </si>
   <si>
     <t>2017-69</t>
   </si>
   <si>
     <t>Implementatie van de behandeling van brandstichters</t>
   </si>
   <si>
     <t>Dit project betreft de implementatiestudie van het behandelprotocol voor de behandeling van (subtypen) brandstichters in de forensische ggz.</t>
   </si>
   <si>
     <t>Seeking Safety</t>
   </si>
   <si>
-    <t>In dit project is er een LVB-variant als addendum van SeSa ontwikkeld voor de behandeling van traumagerelateerde klachten/stoornissen en verslaving in de forensische psychiatrie en verslavingszorg.</t>
-[...2 lines deleted...]
-    <t>2017-71</t>
+    <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
   </si>
   <si>
     <t>Het ontwikkelen van de DROS 2.0</t>
   </si>
   <si>
     <t>In dit project wordt het instrument de DROS (Dynamic Risk Outcome Scales) herzien en gevalideerd, zodat het in de toekomst onderbouwd zowel als ROM-instrument als risicotaxatie-instrument ingezet kan worden.</t>
   </si>
   <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
   </si>
   <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
     <t>2013-13</t>
   </si>
   <si>
     <t>Contact tussen slachtoffer/nabestaande en tbs-er</t>
   </si>
   <si>
     <t>Dit project geeft een richtlijn voor het al dan niet initiëren van contact tussen dader en slachtoffer. Het doel is de positie van het slachtoffer te verbeteren en te definiëren wanneer het wenselijk is om deze te betrekken in de behandeling van de dader.</t>
   </si>
   <si>
-    <t>Netwerkactivatie tijdens de behandeling</t>
-[...4 lines deleted...]
-  <si>
     <t>2014-34</t>
   </si>
   <si>
     <t>Behandelvoortgang persoonlijkheids stoornissen</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een persoonlijkheidsstoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
     <t>2014-35</t>
   </si>
   <si>
     <t>Behandelvoortgang seksuele stoornissen (Call 2014-35)</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een seksuele stoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
     <t>Forensische FACT LVB</t>
   </si>
   <si>
     <t>De Borg-instellingen werken samen aan de implementatie van het forensische FACT-team voor de LVB-doelgroep. Ze hebben de resultaten hiervan onderzocht en stimuleren de landelijke ontwikkeling van de For (F)ACT LVB.</t>
   </si>
   <si>
     <t>Forensische High &amp; Intensive Care (FHIC)</t>
   </si>
   <si>
-    <t>Centraal staat het ontwikkelen van een forensische variant van het model High en Intensive Care (HIC) om een klinisch en forensisch vangnet voor de ambulante setting te creëren.</t>
+    <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
   </si>
   <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
     <t>Sociotherapeutisch milieu</t>
   </si>
   <si>
     <t>Explorerende studie (bestaande uit twee delen) over best practice van sociotherapie en over de werkzame elementen in het creëren van een gunstig sociotherapeutisch milieu in de forensische klinische setting.</t>
   </si>
   <si>
     <t>Delictanalyse</t>
   </si>
   <si>
     <t>Binnen het thema delictanalyse zijn er drie projecten uitgevoerd, ieder met een eigen focus en invalshoek. Gezamenlijk versterken zij het inzicht in dit complexe domein.</t>
   </si>
   <si>
     <t>2015-21</t>
   </si>
   <si>
     <t>Protocol voor middelencontrole in reclasseringscontext</t>
   </si>
@@ -507,59 +423,50 @@
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
   <si>
     <t>In dit vervolgonderzoek wordt door middel van proeftuinen (in fpc's, fpk's, fpa's, ppc's en forensische poli's) gewerkt aan een algemeen en sectorspecifiek implementatieadvies van de methode delictanalyse.</t>
   </si>
   <si>
     <t>Krachtgericht werken binnen de maatschappelijke opvang en beschermd wonen</t>
   </si>
   <si>
     <t>Binnen deze projecten is gewerkt aan het versterken van veiligheid in opvang- en zorgvoorzieningen. De projecten richten zich op hoe medewerkers en cliënten gezamenlijk kunnen bijdragen aan een veilig leef- en werkklimaat.</t>
   </si>
   <si>
     <t>Verlofhulp</t>
   </si>
   <si>
     <t>Deze applicatie is bedoeld ter ondersteuning van de patiënt tijdens zijn verlof vanuit een klinische behandeling.</t>
   </si>
   <si>
     <t>Partnergeweld</t>
   </si>
   <si>
     <t>Binnen dit thema staat partnergeweld centraal. Het onderzoek richt zich op het vergroten van inzicht in aard, aanpak en preventie van partnergeweld binnen de forensische context.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Hier wordt een basis zorgprogramma ontworpen voor de ambulante forensische setting, met oog voor verschillen met de klinische setting (bijv. doelgroep) en verschillende werkwijzen die kenmerkend zijn voor de ambulante zorg.</t>
   </si>
   <si>
     <t>GRIP-app</t>
   </si>
   <si>
     <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
   </si>
   <si>
     <t>De Proactieve Agressiehantering voor Opvangvoorzieningen (PAvO)</t>
   </si>
   <si>
     <t>De PAVO‑methodiek richt zich op het proactief omgaan met agressie binnen opvangvoorzieningen. Het project biedt handvatten om agressie te signaleren, te voorkomen en op een professionele manier te hanteren.</t>
   </si>
   <si>
     <t>2016-60</t>
   </si>
   <si>
     <t>Handreiking slachtofferbewust werken voor forensisch maatschappelijk werkers</t>
   </si>
   <si>
     <t>Dit project betreft de implementatie en doorontwikkeling van de handreiking: Slachtofferbewust werken voor Forensisch Maatschappelijk Werkers.</t>
   </si>
 </sst>
 </file>
 
@@ -886,62 +793,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezamenlijke-besluitvorming-over-vaktherapeutische-behandeling-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/meten-is-weten-een-pilotstudie-naar-de-inzet-van-wearables-ter-ondersteuning-van-agressieregulatietherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-seeking-safety-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-voor-verlof-call-2019-118" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-voor-ontslagplanning-call-2019-119" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-borg-call-2019-107" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap-continuiteit-in-de-forensische-keten-precall-2018-79" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-13" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-24" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-2" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ambulante-risicotaxatie-instrument-fare" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/httpskfznlprojectencall-2014-30" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-49" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezamenlijke-besluitvorming-over-vaktherapeutische-behandeling-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/meten-is-weten-een-pilotstudie-naar-de-inzet-van-wearables-ter-ondersteuning-van-agressieregulatietherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-13" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-2" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ambulante-risicotaxatie-instrument-fare" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verlofhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI54"/>
+  <dimension ref="A1:AI48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B54" sqref="B54"/>
+      <selection activeCell="B48" sqref="B48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1080,1843 +987,1609 @@
         <v>5</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="S3" t="s">
         <v>37</v>
       </c>
       <c r="Y3" t="s">
         <v>37</v>
       </c>
       <c r="Z3" t="s">
         <v>37</v>
       </c>
       <c r="AC3" t="s">
         <v>37</v>
       </c>
       <c r="AE3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>37</v>
       </c>
       <c r="L4" t="s">
         <v>37</v>
       </c>
       <c r="Z4" t="s">
         <v>37</v>
       </c>
       <c r="AA4" t="s">
         <v>37</v>
       </c>
       <c r="AB4" t="s">
         <v>37</v>
       </c>
       <c r="AC4" t="s">
         <v>37</v>
       </c>
       <c r="AD4" t="s">
         <v>37</v>
       </c>
       <c r="AE4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="F5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>37</v>
       </c>
       <c r="J5" t="s">
         <v>37</v>
       </c>
       <c r="K5" t="s">
         <v>37</v>
       </c>
       <c r="P5" t="s">
         <v>37</v>
       </c>
       <c r="Q5" t="s">
         <v>37</v>
       </c>
       <c r="Z5" t="s">
         <v>37</v>
       </c>
       <c r="AE5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
       <c r="F6" t="s">
         <v>37</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="I6" t="s">
         <v>37</v>
       </c>
       <c r="J6" t="s">
         <v>37</v>
       </c>
       <c r="Z6" t="s">
         <v>37</v>
       </c>
       <c r="AA6" t="s">
         <v>37</v>
       </c>
       <c r="AB6" t="s">
         <v>37</v>
       </c>
       <c r="AD6" t="s">
         <v>37</v>
       </c>
       <c r="AE6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="B7" s="1" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>37</v>
       </c>
       <c r="I7" t="s">
         <v>37</v>
       </c>
       <c r="U7" t="s">
         <v>37</v>
       </c>
       <c r="AB7" t="s">
         <v>37</v>
       </c>
       <c r="AE7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" s="1" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="J8" t="s">
         <v>37</v>
       </c>
       <c r="Z8" t="s">
         <v>37</v>
       </c>
       <c r="AE8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
       <c r="F9" t="s">
         <v>37</v>
       </c>
       <c r="G9" t="s">
         <v>37</v>
       </c>
       <c r="L9" t="s">
         <v>37</v>
       </c>
       <c r="Y9" t="s">
         <v>37</v>
       </c>
       <c r="Z9" t="s">
         <v>37</v>
       </c>
       <c r="AC9" t="s">
         <v>37</v>
       </c>
       <c r="AE9" t="s">
         <v>37</v>
       </c>
       <c r="AF9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="B10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10" t="s">
+        <v>37</v>
+      </c>
+      <c r="I10" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="B11" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="G11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="12" spans="1:35">
+      <c r="B12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C12" t="s">
         <v>59</v>
-      </c>
-[...71 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="G12" t="s">
         <v>37</v>
       </c>
       <c r="I12" t="s">
         <v>37</v>
       </c>
       <c r="J12" t="s">
         <v>37</v>
       </c>
       <c r="L12" t="s">
         <v>37</v>
       </c>
       <c r="W12" t="s">
         <v>37</v>
       </c>
       <c r="Z12" t="s">
         <v>37</v>
       </c>
       <c r="AA12" t="s">
         <v>37</v>
       </c>
       <c r="AE12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" t="s">
+        <v>37</v>
+      </c>
+      <c r="G13" t="s">
+        <v>37</v>
+      </c>
+      <c r="J13" t="s">
+        <v>37</v>
+      </c>
+      <c r="R13" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="14" spans="1:35">
+      <c r="B14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C14" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" t="s">
+        <v>37</v>
+      </c>
+      <c r="H14" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35">
+      <c r="B15" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" t="s">
         <v>66</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...71 lines deleted...]
-      </c>
       <c r="D15" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F15" t="s">
+        <v>4</v>
+      </c>
+      <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="G15" t="s">
         <v>37</v>
       </c>
-      <c r="J15" t="s">
-[...5 lines deleted...]
-      <c r="R15" t="s">
+      <c r="L15" t="s">
+        <v>37</v>
+      </c>
+      <c r="U15" t="s">
         <v>37</v>
       </c>
       <c r="Z15" t="s">
         <v>37</v>
       </c>
       <c r="AA15" t="s">
         <v>37</v>
       </c>
+      <c r="AB15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>37</v>
+      </c>
       <c r="AE15" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AF15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="G16" t="s">
         <v>37</v>
       </c>
-      <c r="L16" t="s">
-[...2 lines deleted...]
-      <c r="U16" t="s">
+      <c r="J16" t="s">
+        <v>37</v>
+      </c>
+      <c r="S16" t="s">
         <v>37</v>
       </c>
       <c r="Z16" t="s">
         <v>37</v>
       </c>
       <c r="AA16" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="AC16" t="s">
         <v>37</v>
       </c>
       <c r="AE16" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C17" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
+        <v>37</v>
+      </c>
+      <c r="H17" t="s">
+        <v>37</v>
+      </c>
+      <c r="V17" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35">
+      <c r="B18" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
+        <v>4</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="G18" t="s">
+        <v>37</v>
+      </c>
+      <c r="V18" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35">
+      <c r="B19" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E19" t="s">
+        <v>37</v>
+      </c>
+      <c r="G19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>37</v>
+      </c>
+      <c r="V19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35">
+      <c r="B20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C20" t="s">
         <v>78</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
+      <c r="H20" t="s">
+        <v>37</v>
+      </c>
+      <c r="I20" t="s">
+        <v>37</v>
+      </c>
+      <c r="J20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>37</v>
+      </c>
+      <c r="R20" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35">
+      <c r="B21" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C21" t="s">
         <v>80</v>
       </c>
-      <c r="D17" t="s">
-[...25 lines deleted...]
-      <c r="A18" t="s">
+      <c r="D21" t="s">
+        <v>4</v>
+      </c>
+      <c r="E21" t="s">
+        <v>37</v>
+      </c>
+      <c r="H21" t="s">
+        <v>37</v>
+      </c>
+      <c r="M21" t="s">
+        <v>37</v>
+      </c>
+      <c r="R21" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35">
+      <c r="B22" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C22" t="s">
         <v>82</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D22" t="s">
+        <v>4</v>
+      </c>
+      <c r="E22" t="s">
+        <v>37</v>
+      </c>
+      <c r="H22" t="s">
+        <v>37</v>
+      </c>
+      <c r="I22" t="s">
+        <v>37</v>
+      </c>
+      <c r="J22" t="s">
+        <v>37</v>
+      </c>
+      <c r="K22" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH22" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="23" spans="1:35">
+      <c r="B23" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="D18" t="s">
-[...25 lines deleted...]
-      <c r="A19" t="s">
+      <c r="C23" t="s">
         <v>84</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="D23" t="s">
+        <v>4</v>
+      </c>
+      <c r="E23" t="s">
+        <v>37</v>
+      </c>
+      <c r="G23" t="s">
+        <v>37</v>
+      </c>
+      <c r="K23" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH23" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="24" spans="1:35">
+      <c r="A24" t="s">
         <v>85</v>
       </c>
-      <c r="C19" t="s">
+      <c r="B24" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="D19" t="s">
-[...25 lines deleted...]
-      <c r="A20" t="s">
+      <c r="C24" t="s">
         <v>87</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="D24" t="s">
+        <v>4</v>
+      </c>
+      <c r="E24" t="s">
+        <v>37</v>
+      </c>
+      <c r="H24" t="s">
+        <v>37</v>
+      </c>
+      <c r="J24" t="s">
+        <v>37</v>
+      </c>
+      <c r="W24" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE24" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:35">
+      <c r="B25" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C20" t="s">
+      <c r="C25" t="s">
         <v>89</v>
       </c>
-      <c r="D20" t="s">
-[...22 lines deleted...]
-      <c r="A21" t="s">
+      <c r="D25" t="s">
+        <v>4</v>
+      </c>
+      <c r="E25" t="s">
+        <v>37</v>
+      </c>
+      <c r="H25" t="s">
+        <v>37</v>
+      </c>
+      <c r="J25" t="s">
+        <v>37</v>
+      </c>
+      <c r="P25" t="s">
+        <v>37</v>
+      </c>
+      <c r="R25" t="s">
+        <v>37</v>
+      </c>
+      <c r="X25" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="26" spans="1:35">
+      <c r="B26" s="1" t="s">
         <v>90</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="C26" t="s">
         <v>91</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D26" t="s">
+        <v>4</v>
+      </c>
+      <c r="E26" t="s">
+        <v>37</v>
+      </c>
+      <c r="H26" t="s">
+        <v>37</v>
+      </c>
+      <c r="R26" t="s">
+        <v>37</v>
+      </c>
+      <c r="U26" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="27" spans="1:35">
+      <c r="B27" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="D21" t="s">
-[...19 lines deleted...]
-      <c r="A22" t="s">
+      <c r="C27" t="s">
         <v>93</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...185 lines deleted...]
-      </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
         <v>37</v>
       </c>
-      <c r="G27" t="s">
-[...5 lines deleted...]
-      <c r="Q27" t="s">
+      <c r="H27" t="s">
+        <v>37</v>
+      </c>
+      <c r="N27" t="s">
+        <v>37</v>
+      </c>
+      <c r="V27" t="s">
         <v>37</v>
       </c>
       <c r="Z27" t="s">
         <v>37</v>
       </c>
       <c r="AA27" t="s">
         <v>37</v>
       </c>
-      <c r="AB27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AD27" t="s">
         <v>37</v>
       </c>
       <c r="AE27" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AH27" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:35">
       <c r="A28" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
         <v>37</v>
       </c>
       <c r="H28" t="s">
         <v>37</v>
       </c>
-      <c r="J28" t="s">
+      <c r="L28" t="s">
         <v>37</v>
       </c>
       <c r="W28" t="s">
         <v>37</v>
       </c>
       <c r="Z28" t="s">
         <v>37</v>
       </c>
+      <c r="AA28" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>37</v>
+      </c>
       <c r="AE28" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:35">
+      <c r="A29" t="s">
+        <v>97</v>
+      </c>
       <c r="B29" s="1" t="s">
-        <v>113</v>
+        <v>98</v>
       </c>
       <c r="C29" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
       <c r="E29" t="s">
         <v>37</v>
       </c>
       <c r="H29" t="s">
         <v>37</v>
       </c>
       <c r="J29" t="s">
         <v>37</v>
       </c>
-      <c r="P29" t="s">
-[...5 lines deleted...]
-      <c r="X29" t="s">
+      <c r="S29" t="s">
         <v>37</v>
       </c>
       <c r="Z29" t="s">
         <v>37</v>
       </c>
-      <c r="AA29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE29" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AF29" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:35">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>100</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>116</v>
+        <v>101</v>
       </c>
       <c r="C30" t="s">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
         <v>37</v>
       </c>
-      <c r="H30" t="s">
-[...2 lines deleted...]
-      <c r="R30" t="s">
+      <c r="G30" t="s">
+        <v>37</v>
+      </c>
+      <c r="J30" t="s">
         <v>37</v>
       </c>
       <c r="U30" t="s">
         <v>37</v>
       </c>
       <c r="Z30" t="s">
         <v>37</v>
       </c>
       <c r="AA30" t="s">
         <v>37</v>
       </c>
       <c r="AE30" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="31" spans="1:35">
+      <c r="A31" t="s">
+        <v>103</v>
+      </c>
       <c r="B31" s="1" t="s">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="C31" t="s">
-        <v>119</v>
+        <v>105</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
         <v>37</v>
       </c>
-      <c r="H31" t="s">
-[...5 lines deleted...]
-      <c r="V31" t="s">
+      <c r="G31" t="s">
+        <v>37</v>
+      </c>
+      <c r="J31" t="s">
+        <v>37</v>
+      </c>
+      <c r="U31" t="s">
         <v>37</v>
       </c>
       <c r="Z31" t="s">
         <v>37</v>
       </c>
       <c r="AA31" t="s">
         <v>37</v>
       </c>
-      <c r="AD31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE31" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="32" spans="1:35">
-      <c r="A32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B32" s="1" t="s">
-        <v>121</v>
+        <v>106</v>
       </c>
       <c r="C32" t="s">
-        <v>122</v>
+        <v>107</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
         <v>37</v>
       </c>
       <c r="H32" t="s">
         <v>37</v>
       </c>
-      <c r="L32" t="s">
-[...5 lines deleted...]
-      <c r="Z32" t="s">
+      <c r="I32" t="s">
+        <v>37</v>
+      </c>
+      <c r="J32" t="s">
+        <v>37</v>
+      </c>
+      <c r="R32" t="s">
         <v>37</v>
       </c>
       <c r="AA32" t="s">
         <v>37</v>
       </c>
-      <c r="AC32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE32" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:35">
-      <c r="A33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B33" s="1" t="s">
-        <v>124</v>
+        <v>108</v>
       </c>
       <c r="C33" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>37</v>
       </c>
       <c r="H33" t="s">
         <v>37</v>
       </c>
+      <c r="I33" t="s">
+        <v>37</v>
+      </c>
       <c r="J33" t="s">
         <v>37</v>
       </c>
-      <c r="S33" t="s">
+      <c r="Y33" t="s">
         <v>37</v>
       </c>
       <c r="Z33" t="s">
         <v>37</v>
       </c>
+      <c r="AC33" t="s">
+        <v>37</v>
+      </c>
       <c r="AE33" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG33" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH33" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="34" spans="1:35">
       <c r="B34" s="1" t="s">
-        <v>126</v>
+        <v>110</v>
       </c>
       <c r="C34" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
         <v>37</v>
       </c>
-      <c r="G34" t="s">
-[...2 lines deleted...]
-      <c r="V34" t="s">
+      <c r="H34" t="s">
+        <v>37</v>
+      </c>
+      <c r="L34" t="s">
         <v>37</v>
       </c>
       <c r="Z34" t="s">
         <v>37</v>
       </c>
+      <c r="AA34" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD34" t="s">
+        <v>37</v>
+      </c>
       <c r="AE34" t="s">
         <v>37</v>
       </c>
+      <c r="AF34" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="35" spans="1:35">
-      <c r="A35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B35" s="1" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="C35" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35" t="s">
         <v>37</v>
       </c>
       <c r="G35" t="s">
         <v>37</v>
       </c>
+      <c r="I35" t="s">
+        <v>37</v>
+      </c>
       <c r="J35" t="s">
         <v>37</v>
       </c>
-      <c r="U35" t="s">
+      <c r="Y35" t="s">
         <v>37</v>
       </c>
       <c r="Z35" t="s">
         <v>37</v>
       </c>
-      <c r="AA35" t="s">
+      <c r="AC35" t="s">
         <v>37</v>
       </c>
       <c r="AE35" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:35">
-      <c r="A36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B36" s="1" t="s">
-        <v>132</v>
+        <v>114</v>
       </c>
       <c r="C36" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
       <c r="E36" t="s">
         <v>37</v>
       </c>
-      <c r="G36" t="s">
+      <c r="H36" t="s">
         <v>37</v>
       </c>
       <c r="J36" t="s">
         <v>37</v>
       </c>
       <c r="U36" t="s">
         <v>37</v>
       </c>
       <c r="Z36" t="s">
         <v>37</v>
       </c>
-      <c r="AA36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE36" t="s">
         <v>37</v>
       </c>
+      <c r="AF36" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="37" spans="1:35">
+      <c r="A37" t="s">
+        <v>116</v>
+      </c>
       <c r="B37" s="1" t="s">
-        <v>134</v>
+        <v>117</v>
       </c>
       <c r="C37" t="s">
-        <v>135</v>
+        <v>118</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37" t="s">
         <v>37</v>
       </c>
       <c r="H37" t="s">
         <v>37</v>
       </c>
-      <c r="I37" t="s">
-[...5 lines deleted...]
-      <c r="R37" t="s">
+      <c r="X37" t="s">
         <v>37</v>
       </c>
       <c r="AA37" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD37" t="s">
         <v>37</v>
       </c>
       <c r="AE37" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:35">
       <c r="B38" s="1" t="s">
-        <v>136</v>
+        <v>119</v>
       </c>
       <c r="C38" t="s">
-        <v>137</v>
+        <v>120</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
       <c r="E38" t="s">
         <v>37</v>
       </c>
       <c r="H38" t="s">
         <v>37</v>
       </c>
-      <c r="I38" t="s">
-[...5 lines deleted...]
-      <c r="Y38" t="s">
+      <c r="U38" t="s">
         <v>37</v>
       </c>
       <c r="Z38" t="s">
         <v>37</v>
       </c>
-      <c r="AC38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE38" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="AH38" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:35">
       <c r="B39" s="1" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="C39" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39" t="s">
         <v>37</v>
       </c>
       <c r="H39" t="s">
         <v>37</v>
       </c>
-      <c r="L39" t="s">
-[...2 lines deleted...]
-      <c r="Z39" t="s">
+      <c r="U39" t="s">
         <v>37</v>
       </c>
       <c r="AA39" t="s">
         <v>37</v>
       </c>
-      <c r="AB39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AE39" t="s">
         <v>37</v>
       </c>
-      <c r="AF39" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="40" spans="1:35">
+      <c r="A40" t="s">
+        <v>123</v>
+      </c>
       <c r="B40" s="1" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="C40" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
       <c r="E40" t="s">
         <v>37</v>
       </c>
       <c r="G40" t="s">
         <v>37</v>
       </c>
-      <c r="I40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J40" t="s">
         <v>37</v>
       </c>
-      <c r="Y40" t="s">
+      <c r="S40" t="s">
         <v>37</v>
       </c>
       <c r="Z40" t="s">
         <v>37</v>
       </c>
-      <c r="AC40" t="s">
+      <c r="AA40" t="s">
         <v>37</v>
       </c>
       <c r="AE40" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF40" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="41" spans="1:35">
       <c r="B41" s="1" t="s">
-        <v>142</v>
+        <v>126</v>
       </c>
       <c r="C41" t="s">
-        <v>143</v>
+        <v>127</v>
       </c>
       <c r="D41" t="s">
         <v>4</v>
       </c>
       <c r="E41" t="s">
         <v>37</v>
       </c>
       <c r="H41" t="s">
         <v>37</v>
       </c>
+      <c r="I41" t="s">
+        <v>37</v>
+      </c>
       <c r="J41" t="s">
         <v>37</v>
       </c>
-      <c r="U41" t="s">
+      <c r="Y41" t="s">
         <v>37</v>
       </c>
       <c r="Z41" t="s">
         <v>37</v>
       </c>
+      <c r="AA41" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC41" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD41" t="s">
+        <v>37</v>
+      </c>
       <c r="AE41" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AF41" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="42" spans="1:35">
       <c r="A42" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="C42" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="D42" t="s">
         <v>4</v>
       </c>
       <c r="E42" t="s">
         <v>37</v>
       </c>
       <c r="H42" t="s">
         <v>37</v>
       </c>
-      <c r="X42" t="s">
+      <c r="U42" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z42" t="s">
         <v>37</v>
       </c>
       <c r="AA42" t="s">
         <v>37</v>
       </c>
-      <c r="AD42" t="s">
+      <c r="AC42" t="s">
         <v>37</v>
       </c>
       <c r="AE42" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF42" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="43" spans="1:35">
       <c r="B43" s="1" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="C43" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="D43" t="s">
         <v>4</v>
       </c>
       <c r="E43" t="s">
         <v>37</v>
       </c>
       <c r="H43" t="s">
         <v>37</v>
       </c>
-      <c r="U43" t="s">
-[...2 lines deleted...]
-      <c r="Z43" t="s">
+      <c r="I43" t="s">
+        <v>37</v>
+      </c>
+      <c r="L43" t="s">
+        <v>37</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB43" t="s">
         <v>37</v>
       </c>
       <c r="AE43" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="44" spans="1:35">
       <c r="B44" s="1" t="s">
-        <v>149</v>
+        <v>133</v>
       </c>
       <c r="C44" t="s">
-        <v>150</v>
+        <v>134</v>
       </c>
       <c r="D44" t="s">
         <v>4</v>
       </c>
       <c r="E44" t="s">
         <v>37</v>
       </c>
-      <c r="H44" t="s">
-[...5 lines deleted...]
-      <c r="AA44" t="s">
+      <c r="G44" t="s">
+        <v>37</v>
+      </c>
+      <c r="I44" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z44" t="s">
         <v>37</v>
       </c>
       <c r="AE44" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="45" spans="1:35">
-      <c r="A45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B45" s="1" t="s">
-        <v>152</v>
+        <v>135</v>
       </c>
       <c r="C45" t="s">
-        <v>153</v>
+        <v>136</v>
       </c>
       <c r="D45" t="s">
         <v>4</v>
       </c>
       <c r="E45" t="s">
         <v>37</v>
       </c>
       <c r="G45" t="s">
         <v>37</v>
       </c>
-      <c r="J45" t="s">
-[...5 lines deleted...]
-      <c r="Z45" t="s">
+      <c r="W45" t="s">
         <v>37</v>
       </c>
       <c r="AA45" t="s">
         <v>37</v>
       </c>
       <c r="AE45" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AF45" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="46" spans="1:35">
       <c r="B46" s="1" t="s">
-        <v>154</v>
+        <v>137</v>
       </c>
       <c r="C46" t="s">
-        <v>155</v>
+        <v>138</v>
       </c>
       <c r="D46" t="s">
         <v>4</v>
       </c>
       <c r="E46" t="s">
         <v>37</v>
       </c>
       <c r="H46" t="s">
         <v>37</v>
       </c>
       <c r="I46" t="s">
         <v>37</v>
       </c>
       <c r="J46" t="s">
         <v>37</v>
       </c>
-      <c r="Y46" t="s">
-[...2 lines deleted...]
-      <c r="Z46" t="s">
+      <c r="N46" t="s">
         <v>37</v>
       </c>
       <c r="AA46" t="s">
         <v>37</v>
       </c>
       <c r="AB46" t="s">
         <v>37</v>
       </c>
-      <c r="AC46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD46" t="s">
         <v>37</v>
       </c>
       <c r="AE46" t="s">
         <v>37</v>
       </c>
+      <c r="AF46" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="47" spans="1:35">
-      <c r="A47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B47" s="1" t="s">
-        <v>157</v>
+        <v>139</v>
       </c>
       <c r="C47" t="s">
-        <v>158</v>
+        <v>140</v>
       </c>
       <c r="D47" t="s">
         <v>4</v>
       </c>
       <c r="E47" t="s">
         <v>37</v>
       </c>
       <c r="H47" t="s">
         <v>37</v>
       </c>
-      <c r="U47" t="s">
-[...2 lines deleted...]
-      <c r="Z47" t="s">
+      <c r="I47" t="s">
+        <v>37</v>
+      </c>
+      <c r="L47" t="s">
         <v>37</v>
       </c>
       <c r="AA47" t="s">
         <v>37</v>
       </c>
-      <c r="AC47" t="s">
+      <c r="AB47" t="s">
         <v>37</v>
       </c>
       <c r="AE47" t="s">
         <v>37</v>
       </c>
-      <c r="AF47" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="48" spans="1:35">
+      <c r="A48" t="s">
+        <v>141</v>
+      </c>
       <c r="B48" s="1" t="s">
-        <v>159</v>
+        <v>142</v>
       </c>
       <c r="C48" t="s">
-        <v>160</v>
+        <v>143</v>
       </c>
       <c r="D48" t="s">
         <v>4</v>
       </c>
       <c r="E48" t="s">
         <v>37</v>
       </c>
       <c r="H48" t="s">
         <v>37</v>
       </c>
       <c r="I48" t="s">
         <v>37</v>
       </c>
+      <c r="J48" t="s">
+        <v>37</v>
+      </c>
       <c r="L48" t="s">
         <v>37</v>
       </c>
-      <c r="Y48" t="s">
+      <c r="Z48" t="s">
         <v>37</v>
       </c>
       <c r="AA48" t="s">
         <v>37</v>
       </c>
-      <c r="AB48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE48" t="s">
-        <v>37</v>
-[...196 lines deleted...]
-      <c r="AE54" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
@@ -2925,56 +2598,50 @@
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
-    <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
-[...4 lines deleted...]
-    <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>