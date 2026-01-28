--- v0 (2025-10-26)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,282 +119,180 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2025-216</t>
-[...5 lines deleted...]
-    <t>Een doorontwikkeling waarin een draaiboek wordt opgesteld voor het aanbieden van de Weet Wat Je Kan-module in groepsverband.</t>
+    <t>2024-212</t>
+  </si>
+  <si>
+    <t>In- en uitstroom in zorgketen forensische cliënten/patiënten met een LVB</t>
+  </si>
+  <si>
+    <t>In kaart brengen van knelpunten en succesfactoren met betrekking tot overplaatsing en overdracht vanuit een Borginstelling naar een vervolgvoorziening, om de continuïteit in de ketenzorg te verbeteren.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>2024-212</t>
-[...32 lines deleted...]
-    <t>In dit project wordt kennis uit literatuur en attitudes en vaardigheden van professionals omgezet in praktische handvatten t.a.v. seksualiteit bij LVB-cliënten.</t>
+    <t>Seksualiteitsbeleid bij forensische cliënten</t>
+  </si>
+  <si>
+    <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2022-179</t>
   </si>
   <si>
     <t>Rapid realist review naar effectiviteit van forensische zorg voor personen met een LVB</t>
   </si>
   <si>
     <t>Een literatuurstudie naar hoe forensische behandelingen dienen te worden ingericht om optimaal effectief te zijn voor de LVB-populatie.</t>
   </si>
   <si>
     <t>2021-152</t>
   </si>
   <si>
     <t>Doorontwikkeling Helpers en Helden</t>
   </si>
   <si>
     <t>Binnen dit project wordt de interventie Helpers en Helden (SFT voor LVB) doorontwikkeld.</t>
   </si>
   <si>
-    <t>2021-158</t>
-[...16 lines deleted...]
-  <si>
     <t>2018-82</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie CoVa Plus</t>
   </si>
   <si>
     <t>Binnen dit project worden de noodzakelijke aanpassingen van de CoVa Plus geïnventariseerd en getoetst.</t>
   </si>
   <si>
     <t>2020-123</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling SFT bij LVB</t>
   </si>
   <si>
     <t>In dit project wordt de eventuele doorontwikkeling van de module Helpers &amp; Helden onderzocht.</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
-    <t>2019-117</t>
-[...14 lines deleted...]
-    <t>De handreiking is ontwikkeld ten behoeve van het risicomanagement van forensische psychiatrische patiënten met LVB problematiek.</t>
+    <t>Risicomanagement LVB</t>
+  </si>
+  <si>
+    <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. Binnen dit thema is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
   </si>
   <si>
     <t>2018-84</t>
   </si>
   <si>
     <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
-    <t>2017-70</t>
-[...5 lines deleted...]
-    <t>In dit project is er een LVB-variant als addendum van SeSa ontwikkeld voor de behandeling van traumagerelateerde klachten/stoornissen en verslaving in de forensische psychiatrie en verslavingszorg.</t>
+    <t>Seeking Safety</t>
+  </si>
+  <si>
+    <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
   </si>
   <si>
     <t>2017-71</t>
   </si>
   <si>
     <t>Het ontwikkelen van de DROS 2.0</t>
   </si>
   <si>
     <t>In dit project wordt het instrument de DROS (Dynamic Risk Outcome Scales) herzien en gevalideerd, zodat het in de toekomst onderbouwd zowel als ROM-instrument als risicotaxatie-instrument ingezet kan worden.</t>
   </si>
   <si>
-    <t>2015-41</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische FACT LVB</t>
   </si>
   <si>
     <t>De Borg-instellingen werken samen aan de implementatie van het forensische FACT-team voor de LVB-doelgroep. Ze hebben de resultaten hiervan onderzocht en stimuleren de landelijke ontwikkeling van de For (F)ACT LVB.</t>
   </si>
   <si>
-    <t>2015-43</t>
-[...1 lines deleted...]
-  <si>
     <t>Behandeling van seksueel grensoverschrijdend gedrag bij cliënten met een LVB</t>
   </si>
   <si>
     <t>Deze behandelinterventie is gericht op de dynamische criminogene factoren die van invloed zijn op seksueel grensoverschrijdend gedrag bij cliënten met een LVB, met als doel dit gedrag te reduceren en in de toekomst te voorkomen.</t>
   </si>
   <si>
-    <t>2015-42</t>
-[...16 lines deleted...]
-  <si>
     <t>2016-50</t>
   </si>
   <si>
     <t>Handreiking 'LVBeeld; basis voor discussie, vertrekpunt voor herkenning'</t>
   </si>
   <si>
     <t>Dit project heeft als doel dat professionals die aan het begin van de strafrechtsketen staan, een LVB-cliënt sneller en beter herkennen. Door middel van interactieve training leert men de LVB tijdig te herkennen en te signaleren.</t>
   </si>
   <si>
-    <t>2014-22</t>
-[...10 lines deleted...]
-  <si>
     <t>Grip op Agressie (GoA)</t>
   </si>
   <si>
-    <t>Een behandelinterventie gericht op het verminderen en voorkomen van ernstig agressief gedrag bij cliënten met een licht verstandelijke beperking. Erkend door de Erkenningscommissie Gedragsinterventies Justitie.</t>
+    <t>Grip op Agressie (GoA) biedt een erkend behandelprogramma dat mensen met een LVB helpt agressie te herkennen, beheersen en terugval te voorkomen. Zowel de klinische als ambulante variant zijn vernieuwd met actuele inzichten en praktische materialen voor effectieve gedragsverandering.</t>
   </si>
   <si>
     <t>2016-57</t>
   </si>
   <si>
     <t>Agressief gedrag vanuit het perspectief van mensen met een LVB: een voorstudie naar ervaringsdeskundigheid binnen de forensische behandeling voor LVB</t>
   </si>
   <si>
     <t>Onderzoek naar de ervaringskennis van mensen met een LVB/ZB die zij geven ten aanzien van grensoverschrijdend gedrag. Dit is de eerste stap naar eventuele inzet van ervaringsdeskundigen binnen de LVB-doelgroep.</t>
   </si>
   <si>
-    <t>2013-3</t>
-[...2 lines deleted...]
-    <t>Psycho-educatie module LVB 'Weet Wat Je Kan'</t>
+    <t>Weet wat je kan</t>
   </si>
   <si>
     <t>De psycho-educatie module "Weet wat je kan" is gericht op patiënten met een licht verstandelijke beperking (LVB) en is inzetbaar bij o.a. het vergroten van responsiviteit op (forensische) behandeling.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
@@ -703,62 +601,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-weet-wat-je-kan" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse-voor-mensen-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenningsaanvraag-seeking-safety-voor-mensen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteit-bij-forensisch-clienten-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-seeking-safety-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/e-module-weet-wat-je-kan-evaluatie-en-doorontwikkeling-call-2019-117" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-handreiking-risicomanagement-lvb-call-2018-93" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-70" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-42" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-44" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2014-22" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-57" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-57" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI27"/>
+  <dimension ref="A1:AI18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B27" sqref="B27"/>
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -845,1065 +743,678 @@
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>38</v>
       </c>
       <c r="G2" t="s">
         <v>38</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="K2" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q2" t="s">
         <v>38</v>
       </c>
       <c r="R2" t="s">
         <v>38</v>
       </c>
       <c r="Z2" t="s">
         <v>38</v>
       </c>
-      <c r="AE2" t="s">
+      <c r="AA2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:35">
-      <c r="A3" t="s">
+      <c r="B3" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" t="s">
         <v>40</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="Q3" t="s">
+      <c r="I3" t="s">
+        <v>38</v>
+      </c>
+      <c r="J3" t="s">
         <v>38</v>
       </c>
       <c r="R3" t="s">
         <v>38</v>
       </c>
       <c r="Z3" t="s">
         <v>38</v>
       </c>
       <c r="AA3" t="s">
         <v>38</v>
       </c>
-      <c r="AH3" t="s">
+      <c r="AB3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
-      <c r="H4" t="s">
+      <c r="G4" t="s">
         <v>38</v>
       </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R4" t="s">
         <v>38</v>
       </c>
-      <c r="U4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z4" t="s">
         <v>38</v>
       </c>
       <c r="AA4" t="s">
         <v>38</v>
       </c>
       <c r="AE4" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AF4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>4</v>
-[...7 lines deleted...]
-      <c r="P5" t="s">
+        <v>5</v>
+      </c>
+      <c r="F5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J5" t="s">
         <v>38</v>
       </c>
       <c r="R5" t="s">
         <v>38</v>
       </c>
-      <c r="W5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Z5" t="s">
         <v>38</v>
       </c>
       <c r="AA5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC5" t="s">
         <v>38</v>
       </c>
       <c r="AF5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>49</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="G6" t="s">
-[...2 lines deleted...]
-      <c r="I6" t="s">
+      <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="J6" t="s">
         <v>38</v>
       </c>
+      <c r="P6" t="s">
+        <v>38</v>
+      </c>
       <c r="R6" t="s">
-        <v>38</v>
-[...10 lines deleted...]
-      <c r="AC6" t="s">
         <v>38</v>
       </c>
       <c r="AD6" t="s">
         <v>38</v>
       </c>
       <c r="AF6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>52</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="J7" t="s">
         <v>38</v>
       </c>
+      <c r="P7" t="s">
+        <v>38</v>
+      </c>
       <c r="R7" t="s">
         <v>38</v>
       </c>
       <c r="Z7" t="s">
         <v>38</v>
       </c>
       <c r="AA7" t="s">
         <v>38</v>
       </c>
-      <c r="AE7" t="s">
+      <c r="AF7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>55</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="R8" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="1:35">
+      <c r="B9" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="D8" t="s">
-[...28 lines deleted...]
-      <c r="A9" t="s">
+      <c r="C9" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" t="s">
+        <v>38</v>
+      </c>
+      <c r="I9" t="s">
         <v>38</v>
       </c>
       <c r="J9" t="s">
         <v>38</v>
       </c>
-      <c r="P9" t="s">
+      <c r="L9" t="s">
         <v>38</v>
       </c>
       <c r="R9" t="s">
         <v>38</v>
       </c>
       <c r="Z9" t="s">
         <v>38</v>
       </c>
-      <c r="AA9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE9" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AF9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H10" t="s">
+        <v>38</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="R10" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="B11" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C11" t="s">
         <v>62</v>
       </c>
-      <c r="D10" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="H11" t="s">
         <v>38</v>
       </c>
       <c r="J11" t="s">
         <v>38</v>
       </c>
       <c r="P11" t="s">
         <v>38</v>
       </c>
       <c r="R11" t="s">
         <v>38</v>
       </c>
-      <c r="AD11" t="s">
+      <c r="X11" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE11" t="s">
         <v>38</v>
       </c>
       <c r="AF11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>63</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" t="s">
+        <v>65</v>
+      </c>
+      <c r="D12" t="s">
+        <v>4</v>
+      </c>
+      <c r="E12" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12" t="s">
+        <v>38</v>
+      </c>
+      <c r="R12" t="s">
+        <v>38</v>
+      </c>
+      <c r="U12" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35">
+      <c r="B13" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C13" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D13" t="s">
+        <v>4</v>
+      </c>
+      <c r="E13" t="s">
+        <v>38</v>
+      </c>
+      <c r="H13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I13" t="s">
+        <v>38</v>
+      </c>
+      <c r="J13" t="s">
+        <v>38</v>
+      </c>
+      <c r="R13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE13" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="14" spans="1:35">
+      <c r="B14" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...28 lines deleted...]
-      <c r="A13" t="s">
+      <c r="C14" t="s">
         <v>69</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="H14" t="s">
         <v>38</v>
       </c>
+      <c r="I14" t="s">
+        <v>38</v>
+      </c>
       <c r="J14" t="s">
         <v>38</v>
       </c>
-      <c r="P14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R14" t="s">
         <v>38</v>
       </c>
-      <c r="Z14" t="s">
+      <c r="W14" t="s">
         <v>38</v>
       </c>
       <c r="AA14" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AC14" t="s">
         <v>38</v>
       </c>
       <c r="AF14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="H15" t="s">
         <v>38</v>
       </c>
       <c r="I15" t="s">
         <v>38</v>
       </c>
-      <c r="J15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L15" t="s">
         <v>38</v>
       </c>
       <c r="R15" t="s">
         <v>38</v>
       </c>
-      <c r="Z15" t="s">
-[...2 lines deleted...]
-      <c r="AE15" t="s">
+      <c r="AA15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:35">
-      <c r="A16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B16" s="1" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C16" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="H16" t="s">
         <v>38</v>
       </c>
-      <c r="M16" t="s">
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="P16" t="s">
         <v>38</v>
       </c>
       <c r="R16" t="s">
         <v>38</v>
       </c>
       <c r="Z16" t="s">
         <v>38</v>
       </c>
-      <c r="AA16" t="s">
-[...11 lines deleted...]
-      <c r="AE16" t="s">
+      <c r="AF16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="C17" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
-      <c r="H17" t="s">
-[...5 lines deleted...]
-      <c r="P17" t="s">
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
         <v>38</v>
       </c>
       <c r="R17" t="s">
         <v>38</v>
       </c>
-      <c r="X17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z17" t="s">
         <v>38</v>
       </c>
-      <c r="AA17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AF17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:35">
-      <c r="A18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B18" s="1" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
       <c r="H18" t="s">
         <v>38</v>
       </c>
+      <c r="J18" t="s">
+        <v>38</v>
+      </c>
       <c r="R18" t="s">
         <v>38</v>
       </c>
-      <c r="U18" t="s">
+      <c r="T18" t="s">
         <v>38</v>
       </c>
       <c r="Z18" t="s">
         <v>38</v>
       </c>
       <c r="AA18" t="s">
         <v>38</v>
       </c>
-      <c r="AE18" t="s">
-[...341 lines deleted...]
-      <c r="AF27" t="s">
+      <c r="AC18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF18" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
-    <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
-[...7 lines deleted...]
-    <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>