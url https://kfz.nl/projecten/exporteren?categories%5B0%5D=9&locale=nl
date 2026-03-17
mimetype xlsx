--- v1 (2026-01-28)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,53 +119,50 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2024-212</t>
-[...1 lines deleted...]
-  <si>
     <t>In- en uitstroom in zorgketen forensische cliënten/patiënten met een LVB</t>
   </si>
   <si>
     <t>In kaart brengen van knelpunten en succesfactoren met betrekking tot overplaatsing en overdracht vanuit een Borginstelling naar een vervolgvoorziening, om de continuïteit in de ketenzorg te verbeteren.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>Seksualiteitsbeleid bij forensische cliënten</t>
   </si>
   <si>
     <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2022-179</t>
   </si>
   <si>
     <t>Rapid realist review naar effectiviteit van forensische zorg voor personen met een LVB</t>
   </si>
   <si>
     <t>Een literatuurstudie naar hoe forensische behandelingen dienen te worden ingericht om optimaal effectief te zijn voor de LVB-populatie.</t>
   </si>
   <si>
     <t>2021-152</t>
@@ -188,102 +185,84 @@
   <si>
     <t>2020-123</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling SFT bij LVB</t>
   </si>
   <si>
     <t>In dit project wordt de eventuele doorontwikkeling van de module Helpers &amp; Helden onderzocht.</t>
   </si>
   <si>
     <t>2019-120</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening: kennisagenda</t>
   </si>
   <si>
     <t>Evaluatie en inventarisatie behoeften LVB-populatie in de forensische zorgverlening</t>
   </si>
   <si>
     <t>Risicomanagement LVB</t>
   </si>
   <si>
     <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. Binnen dit thema is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
   </si>
   <si>
-    <t>2018-84</t>
-[...2 lines deleted...]
-    <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
+    <t>Handreiking indicatiestelling forensische zorg voor LVB</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>Seeking Safety</t>
   </si>
   <si>
     <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
   </si>
   <si>
-    <t>2017-71</t>
-[...1 lines deleted...]
-  <si>
     <t>Het ontwikkelen van de DROS 2.0</t>
   </si>
   <si>
     <t>In dit project wordt het instrument de DROS (Dynamic Risk Outcome Scales) herzien en gevalideerd, zodat het in de toekomst onderbouwd zowel als ROM-instrument als risicotaxatie-instrument ingezet kan worden.</t>
   </si>
   <si>
     <t>Forensische FACT LVB</t>
   </si>
   <si>
     <t>De Borg-instellingen werken samen aan de implementatie van het forensische FACT-team voor de LVB-doelgroep. Ze hebben de resultaten hiervan onderzocht en stimuleren de landelijke ontwikkeling van de For (F)ACT LVB.</t>
   </si>
   <si>
     <t>Behandeling van seksueel grensoverschrijdend gedrag bij cliënten met een LVB</t>
   </si>
   <si>
     <t>Deze behandelinterventie is gericht op de dynamische criminogene factoren die van invloed zijn op seksueel grensoverschrijdend gedrag bij cliënten met een LVB, met als doel dit gedrag te reduceren en in de toekomst te voorkomen.</t>
   </si>
   <si>
-    <t>2016-50</t>
-[...7 lines deleted...]
-  <si>
     <t>Grip op Agressie (GoA)</t>
   </si>
   <si>
     <t>Grip op Agressie (GoA) biedt een erkend behandelprogramma dat mensen met een LVB helpt agressie te herkennen, beheersen en terugval te voorkomen. Zowel de klinische als ambulante variant zijn vernieuwd met actuele inzichten en praktische materialen voor effectieve gedragsverandering.</t>
-  </si>
-[...1 lines deleted...]
-    <t>2016-57</t>
   </si>
   <si>
     <t>Agressief gedrag vanuit het perspectief van mensen met een LVB: een voorstudie naar ervaringsdeskundigheid binnen de forensische behandeling voor LVB</t>
   </si>
   <si>
     <t>Onderzoek naar de ervaringskennis van mensen met een LVB/ZB die zij geven ten aanzien van grensoverschrijdend gedrag. Dit is de eerste stap naar eventuele inzet van ervaringsdeskundigen binnen de LVB-doelgroep.</t>
   </si>
   <si>
     <t>Weet wat je kan</t>
   </si>
   <si>
     <t>De psycho-educatie module "Weet wat je kan" is gericht op patiënten met een licht verstandelijke beperking (LVB) en is inzetbaar bij o.a. het vergroten van responsiviteit op (forensische) behandeling.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -601,62 +580,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-57" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-vgn-call-2019-120" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-57" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI18"/>
+  <dimension ref="A1:AI17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B18" sqref="B18"/>
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -725,696 +704,645 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
-      <c r="A2" t="s">
+      <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="K2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Q2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AH2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="B3" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
         <v>39</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>42</v>
       </c>
-      <c r="C4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="F5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>48</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="P6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>51</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="P7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>54</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="B9" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" t="s">
         <v>56</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" t="s">
+        <v>37</v>
+      </c>
+      <c r="I9" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>37</v>
+      </c>
+      <c r="R9" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
+      <c r="B10" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D9" t="s">
-[...28 lines deleted...]
-      <c r="A10" t="s">
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="M10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="B11" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" t="s">
+        <v>37</v>
+      </c>
+      <c r="P11" t="s">
+        <v>37</v>
+      </c>
+      <c r="R11" t="s">
+        <v>37</v>
+      </c>
+      <c r="X11" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="12" spans="1:35">
+      <c r="B12" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="C11" t="s">
+      <c r="C12" t="s">
         <v>62</v>
       </c>
-      <c r="D11" t="s">
-[...42 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="U12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="B13" s="1" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C13" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="B14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" t="s">
+        <v>37</v>
+      </c>
+      <c r="H14" t="s">
+        <v>37</v>
+      </c>
+      <c r="I14" t="s">
+        <v>37</v>
+      </c>
+      <c r="J14" t="s">
+        <v>37</v>
+      </c>
+      <c r="R14" t="s">
+        <v>37</v>
+      </c>
+      <c r="W14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35">
+      <c r="B15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C15" t="s">
         <v>68</v>
       </c>
-      <c r="C14" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H15" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J15" t="s">
+        <v>37</v>
+      </c>
+      <c r="P15" t="s">
+        <v>37</v>
       </c>
       <c r="R15" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>37</v>
       </c>
       <c r="AF15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="B16" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G16" t="s">
+        <v>37</v>
+      </c>
+      <c r="O16" t="s">
+        <v>37</v>
       </c>
       <c r="R16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
-      <c r="A17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B17" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" t="s">
+        <v>37</v>
       </c>
       <c r="R17" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="T17" t="s">
+        <v>37</v>
       </c>
       <c r="Z17" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>37</v>
       </c>
       <c r="AF17" t="s">
-        <v>38</v>
-[...37 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
-    <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>