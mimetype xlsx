--- v0 (2025-12-26)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -140,104 +140,77 @@
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2024-219</t>
   </si>
   <si>
     <t>Een sterk verhaal in beeld, geluid en tekst. Een vaktherapeutische levensverhaalmodule voor forensisch cliënten</t>
   </si>
   <si>
     <t>De levensverhaleninterventie 'Een Sterk Verhaal', richt zich op cliënten persoonlijkheidsstoornissen met 12 gestructureerde groepssessies.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2024-211</t>
   </si>
   <si>
     <t>Van locatie veranderd: een onderzoek naar overplaatsingen in de Tbs</t>
   </si>
   <si>
     <t>Het doel van het project is om zicht te krijgen op factoren die een rol spelen bij overplaatsingen in kader van behandelstagnatie zodat er mogelijk eerder geïntervenieerd kan worden in de behandeling of gezorgd kan worden dat een dergelijke overplaatsing een minder stagnerende werking op zichzelf heeft.</t>
   </si>
   <si>
-    <t>2022-171</t>
-[...7 lines deleted...]
-  <si>
     <t>2022-175</t>
   </si>
   <si>
     <t>Doorontwikkeling Justitiële Interventie i-Respect</t>
   </si>
   <si>
     <t>Het doel van deze call is om de justitiële interventie i-Respect door te ontwikkelen.</t>
   </si>
   <si>
-    <t>2021-154</t>
-[...7 lines deleted...]
-  <si>
     <t>2021-143</t>
   </si>
   <si>
     <t>Online gedragstraining bij reclasseringscliënten</t>
   </si>
   <si>
     <t>Wat is het verschil tussen het geven van online- en offline trainingen? Welke ervaringen zijn er opgedaan met online justitiële interventies? En wat zijn de voor- en nadelen hiervan?</t>
   </si>
   <si>
     <t>2020-128</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling justitiële interventie Solo</t>
   </si>
   <si>
     <t>Doel van het vooronderzoek is het nut en de noodzaak van Solo vast te stellen door enerzijds wetenschappelijk bewijs voor de werkzaamheid van het programma te verzamelen, anderzijds door te onderzoeken of het programma aansluit op de behoeften van de deelnemers</t>
   </si>
   <si>
-    <t>2021-158</t>
-[...7 lines deleted...]
-  <si>
     <t>2018-82</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie CoVa Plus</t>
   </si>
   <si>
     <t>Binnen dit project worden de noodzakelijke aanpassingen van de CoVa Plus geïnventariseerd en getoetst.</t>
   </si>
   <si>
     <t>2020-123</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling SFT bij LVB</t>
   </si>
   <si>
     <t>In dit project wordt de eventuele doorontwikkeling van de module Helpers &amp; Helden onderzocht.</t>
   </si>
   <si>
     <t>2018-91</t>
   </si>
   <si>
     <t>Interventie agressieregulatie voor patienten in PPC’s</t>
   </si>
   <si>
     <t>Een (aangepaste, verkorte) interventie gericht op het verbeteren van agressieregulatie problematiek bij patiënten in de PPC’s.</t>
@@ -248,123 +221,99 @@
   <si>
     <t>Implementatie interventie Alcohol en geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie direct bruikbaar is voor het Opleidingshuis 3RO.</t>
   </si>
   <si>
     <t>2019-107</t>
   </si>
   <si>
     <t>Doorontwikkeling Justitiële Interventie BORG</t>
   </si>
   <si>
     <t>Het doel van dit project is om het BORG-programma te verbeteren en te versterken.</t>
   </si>
   <si>
     <t>2019-106</t>
   </si>
   <si>
     <t>Doorontwikkeling justitiële interventie Leefstijltraining 24/7</t>
   </si>
   <si>
     <t>In dit project is de leefstijltraining geactualiseerd en zijn de handleidingen gebruiksvriendelijker gemaakt.</t>
   </si>
   <si>
-    <t>2019-117</t>
-[...16 lines deleted...]
-  <si>
     <t>2018-81</t>
   </si>
   <si>
     <t>Doorontwikkeling CoVa 2.0</t>
   </si>
   <si>
     <t>Een procesevaluatie en doorontwikkeling van CoVa 2.0</t>
   </si>
   <si>
     <t>2018-83</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie Alcohol en Geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie voldoet aan de gestelde inhoudelijke eisen van de Erkenningscommissie Justitiële Interventies</t>
   </si>
   <si>
     <t>2017-68</t>
   </si>
   <si>
     <t>Transcranial Direct Current Stimulation (tDCS) als nieuwe interventie voor het reduceren van gewelddadige recidive</t>
   </si>
   <si>
     <t>In deze studie wordt onderzocht in hoeverre de methodiek tDCS een succesvolle interventie kan zijn om gewelddadig delictgedrag bij verslaafden justitiabelen in de toekomst te voorkomen.</t>
   </si>
   <si>
-    <t>2017-70</t>
-[...5 lines deleted...]
-    <t>In dit project is er een LVB-variant als addendum van SeSa ontwikkeld voor de behandeling van traumagerelateerde klachten/stoornissen en verslaving in de forensische psychiatrie en verslavingszorg.</t>
+    <t>Seeking Safety</t>
+  </si>
+  <si>
+    <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
   </si>
   <si>
     <t>Blended module voor relationeel geweld</t>
   </si>
   <si>
     <t>Een online module gericht op het verkrijgen van praktisch inzicht in en het voorkomen van geweld in relaties. De module kan flexibel ingezet worden in het geheel van de forensische behandeling.</t>
   </si>
   <si>
     <t>De Groeifabriek Forensische Zorg JJI´s</t>
   </si>
   <si>
     <t>Er is een online training ontworpen voor jongeren in een justitiële jeugdinrichting. De training is gebaseerd op mindset interventies en draagt bij het vergroten van vertrouwen in ontwikkelingsmogelijkheden in de toekomst.</t>
   </si>
   <si>
-    <t>2018-74</t>
-[...1 lines deleted...]
-  <si>
     <t>Grip op Agressie (GoA)</t>
   </si>
   <si>
-    <t>Een behandelinterventie gericht op het verminderen en voorkomen van ernstig agressief gedrag bij cliënten met een licht verstandelijke beperking. Erkend door de Erkenningscommissie Gedragsinterventies Justitie.</t>
+    <t>Grip op Agressie (GoA) biedt een erkend behandelprogramma dat mensen met een LVB helpt agressie te herkennen, beheersen en terugval te voorkomen. Zowel de klinische als ambulante variant zijn vernieuwd met actuele inzichten en praktische materialen voor effectieve gedragsverandering.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -670,62 +619,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sterk-verhaal-in-beeld-geluid-en-tekst-een-vaktherapeutische-levensverhaalmodule-voor-forensisch-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenningsaanvraag-seeking-safety-voor-mensen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-i-respect" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenning-grip-op-agressie-goa-ambulant" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-justitiele-interventie-solo" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-seeking-safety-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/interventie-agressieregulatie-voor-patienten-in-ppcs-call-2018-91" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-borg-call-2019-107" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-leefstijltraining-247-call-2019-106" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/e-module-weet-wat-je-kan-evaluatie-en-doorontwikkeling-call-2019-117" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie-goa-ambulant-call-2019-108" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-cova-20-call-2018-81" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-70" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-29" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sterk-verhaal-in-beeld-geluid-en-tekst-een-vaktherapeutische-levensverhaalmodule-voor-forensisch-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-i-respect" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-justitiele-interventie-solo" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/interventie-agressieregulatie-voor-patienten-in-ppcs-call-2018-91" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-borg-call-2019-107" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-leefstijltraining-247-call-2019-106" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-cova-20-call-2018-81" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-29" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI24"/>
+  <dimension ref="A1:AI19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B24" sqref="B24"/>
+      <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -876,788 +825,587 @@
         <v>38</v>
       </c>
       <c r="Z3" t="s">
         <v>38</v>
       </c>
       <c r="AE3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
-      <c r="H4" t="s">
+      <c r="G4" t="s">
         <v>38</v>
       </c>
       <c r="P4" t="s">
         <v>38</v>
       </c>
-      <c r="R4" t="s">
-[...11 lines deleted...]
-      <c r="AA4" t="s">
+      <c r="AD4" t="s">
         <v>38</v>
       </c>
       <c r="AF4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
-      <c r="G5" t="s">
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
         <v>38</v>
       </c>
       <c r="P5" t="s">
         <v>38</v>
       </c>
       <c r="AD5" t="s">
         <v>38</v>
       </c>
       <c r="AF5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="J6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P6" t="s">
         <v>38</v>
       </c>
-      <c r="AA6" t="s">
+      <c r="AD6" t="s">
         <v>38</v>
       </c>
       <c r="AF6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C7" t="s">
         <v>53</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
-      <c r="L7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="J7" t="s">
         <v>38</v>
       </c>
       <c r="P7" t="s">
+        <v>38</v>
+      </c>
+      <c r="R7" t="s">
         <v>38</v>
       </c>
       <c r="AD7" t="s">
         <v>38</v>
       </c>
       <c r="AF7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
         <v>54</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>55</v>
       </c>
       <c r="C8" t="s">
         <v>56</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
       <c r="P8" t="s">
         <v>38</v>
       </c>
-      <c r="AD8" t="s">
+      <c r="R8" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA8" t="s">
         <v>38</v>
       </c>
       <c r="AF8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
         <v>57</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C9" t="s">
         <v>59</v>
       </c>
       <c r="D9" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" t="s">
         <v>38</v>
       </c>
       <c r="J9" t="s">
         <v>38</v>
       </c>
       <c r="P9" t="s">
         <v>38</v>
       </c>
-      <c r="R9" t="s">
-[...8 lines deleted...]
-      <c r="AE9" t="s">
+      <c r="AC9" t="s">
         <v>38</v>
       </c>
       <c r="AF9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
         <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="H10" t="s">
         <v>38</v>
       </c>
       <c r="J10" t="s">
         <v>38</v>
       </c>
       <c r="P10" t="s">
         <v>38</v>
       </c>
-      <c r="R10" t="s">
+      <c r="X10" t="s">
         <v>38</v>
       </c>
       <c r="AD10" t="s">
         <v>38</v>
       </c>
       <c r="AF10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" t="s">
         <v>63</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C11" t="s">
         <v>65</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="G11" t="s">
         <v>38</v>
       </c>
-      <c r="J11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P11" t="s">
         <v>38</v>
       </c>
-      <c r="R11" t="s">
-[...8 lines deleted...]
-      <c r="AF11" t="s">
+      <c r="W11" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
         <v>66</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="C12" t="s">
         <v>68</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="H12" t="s">
         <v>38</v>
       </c>
-      <c r="J12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P12" t="s">
         <v>38</v>
       </c>
-      <c r="AC12" t="s">
+      <c r="AD12" t="s">
         <v>38</v>
       </c>
       <c r="AF12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
         <v>69</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>70</v>
       </c>
       <c r="C13" t="s">
         <v>71</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>38</v>
       </c>
-      <c r="J13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P13" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="X13" t="s">
         <v>38</v>
       </c>
       <c r="AD13" t="s">
         <v>38</v>
       </c>
       <c r="AF13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
         <v>72</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>73</v>
       </c>
       <c r="C14" t="s">
         <v>74</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
-      <c r="G14" t="s">
+      <c r="H14" t="s">
+        <v>38</v>
+      </c>
+      <c r="J14" t="s">
         <v>38</v>
       </c>
       <c r="P14" t="s">
         <v>38</v>
       </c>
-      <c r="W14" t="s">
+      <c r="X14" t="s">
         <v>38</v>
       </c>
       <c r="AD14" t="s">
         <v>38</v>
       </c>
-      <c r="AE14" t="s">
+      <c r="AF14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
         <v>75</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>76</v>
       </c>
       <c r="C15" t="s">
         <v>77</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="H15" t="s">
+      <c r="G15" t="s">
+        <v>38</v>
+      </c>
+      <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="P15" t="s">
         <v>38</v>
       </c>
-      <c r="AD15" t="s">
+      <c r="Z15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA15" t="s">
         <v>38</v>
       </c>
       <c r="AF15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:35">
-      <c r="A16" t="s">
+      <c r="B16" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" t="s">
         <v>79</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16" t="s">
+        <v>38</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="P16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X16" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17" spans="1:35">
+      <c r="B17" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="D16" t="s">
-[...31 lines deleted...]
-      <c r="A17" t="s">
+      <c r="C17" t="s">
         <v>81</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17" t="s">
+        <v>38</v>
+      </c>
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="P17" t="s">
+        <v>38</v>
+      </c>
+      <c r="W17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35">
+      <c r="B18" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C18" t="s">
         <v>83</v>
       </c>
-      <c r="D17" t="s">
-[...25 lines deleted...]
-      <c r="A18" t="s">
+      <c r="D18" t="s">
+        <v>4</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="G18" t="s">
+        <v>38</v>
+      </c>
+      <c r="J18" t="s">
+        <v>38</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="P18" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35">
+      <c r="B19" s="1" t="s">
         <v>84</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C19" t="s">
         <v>85</v>
       </c>
-      <c r="C18" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="H19" t="s">
         <v>38</v>
       </c>
       <c r="J19" t="s">
         <v>38</v>
       </c>
       <c r="P19" t="s">
         <v>38</v>
       </c>
-      <c r="X19" t="s">
-[...2 lines deleted...]
-      <c r="AD19" t="s">
+      <c r="R19" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z19" t="s">
         <v>38</v>
       </c>
       <c r="AF19" t="s">
-        <v>38</v>
-[...179 lines deleted...]
-      <c r="AF24" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
-    <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
-[...3 lines deleted...]
-    <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>