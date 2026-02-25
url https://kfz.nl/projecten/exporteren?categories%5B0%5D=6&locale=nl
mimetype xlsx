--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -138,53 +138,50 @@
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2020-124</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling Ervaringsdeskundigheid in de Forensische GGZ</t>
   </si>
   <si>
     <t>Doel van dit programma is om de kwaliteit van de forensische zorg te ontwikkelen en verbeteren en om de implementatie van de ontwikkelde producten te stimuleren.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2016-47</t>
   </si>
   <si>
     <t>Ervaringsdeskundigheid in de forensische psychiatrie</t>
   </si>
   <si>
     <t>Het belang en mogelijkheden van ervaringsdeskundigen binnen de forensische psychiatrie zijn hier in kaart gebracht, met het oog op praktische toepassingsmogelijkheden en beperkingen die in deze specifieke sector een rol spelen.</t>
-  </si>
-[...1 lines deleted...]
-    <t>2016-57</t>
   </si>
   <si>
     <t>Agressief gedrag vanuit het perspectief van mensen met een LVB: een voorstudie naar ervaringsdeskundigheid binnen de forensische behandeling voor LVB</t>
   </si>
   <si>
     <t>Onderzoek naar de ervaringskennis van mensen met een LVB/ZB die zij geven ten aanzien van grensoverschrijdend gedrag. Dit is de eerste stap naar eventuele inzet van ervaringsdeskundigen binnen de LVB-doelgroep.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -702,58 +699,55 @@
         <v>38</v>
       </c>
       <c r="O3" t="s">
         <v>38</v>
       </c>
       <c r="Z3" t="s">
         <v>38</v>
       </c>
       <c r="AA3" t="s">
         <v>38</v>
       </c>
       <c r="AB3" t="s">
         <v>38</v>
       </c>
       <c r="AC3" t="s">
         <v>38</v>
       </c>
       <c r="AD3" t="s">
         <v>38</v>
       </c>
       <c r="AF3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>38</v>
       </c>
       <c r="O4" t="s">
         <v>38</v>
       </c>
       <c r="R4" t="s">
         <v>38</v>
       </c>
       <c r="Z4" t="s">
         <v>38</v>
       </c>
       <c r="AF4" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>