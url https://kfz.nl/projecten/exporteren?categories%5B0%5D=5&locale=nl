--- v0 (2026-01-26)
+++ v1 (2026-03-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="86">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,216 +119,195 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2021-157</t>
+    <t>2025-266</t>
+  </si>
+  <si>
+    <t>AI in de Forensische Zorg</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is om te onderzoeken hoe verschillende vormen van AI op een verantwoorde, effectieve en duurzame manier kunnen worden ingezet in de klinische en ambulante forensische zorg, zowel in de jeugd- als volwassenensector.</t>
+  </si>
+  <si>
+    <t>x</t>
   </si>
   <si>
     <t>De effectiviteitspuzzel van eHealth</t>
   </si>
   <si>
     <t>Wat is de toegevoegde waarde van online modules voor behandelingen in de forensische zorg?</t>
   </si>
   <si>
-    <t>x</t>
-[...1 lines deleted...]
-  <si>
     <t>2023-209</t>
   </si>
   <si>
     <t>De Diepte In: Een realist evaluation van ademhalingsinterventies in de forensische klinische zorg</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-183</t>
-[...1 lines deleted...]
-  <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-180</t>
-[...1 lines deleted...]
-  <si>
     <t>Meten is weten: een pilotstudie naar de inzet van wearables ter ondersteuning van agressieregulatietherapie</t>
   </si>
   <si>
     <t>Het in kaart brengen van hoe wearables ingezet kunnen worden in ambulant aangeboden ARopMaat behandelingen</t>
   </si>
   <si>
     <t>2021-159</t>
   </si>
   <si>
     <t>Doorontwikkeling e-Health modules psycho-educatie</t>
   </si>
   <si>
     <t>Doorontwikkeling e-Health modules psycho-educatie voor forensische ambulante instellingen.</t>
   </si>
   <si>
-    <t>2021-143</t>
-[...1 lines deleted...]
-  <si>
     <t>Online gedragstraining bij reclasseringscliënten</t>
   </si>
   <si>
     <t>Wat is het verschil tussen het geven van online- en offline trainingen? Welke ervaringen zijn er opgedaan met online justitiële interventies? En wat zijn de voor- en nadelen hiervan?</t>
   </si>
   <si>
-    <t>2021-142</t>
-[...1 lines deleted...]
-  <si>
     <t>AI binnen 3RO: Toepassing en toekomst</t>
   </si>
   <si>
     <t>Artificial intelligence (AI) wordt steeds vaker gebruikt in onze samenleving, maar waarom nog niet binnen de 3RO? En, is dat wenselijk?</t>
   </si>
   <si>
-    <t>2020-148</t>
-[...1 lines deleted...]
-  <si>
     <t>Virtual Reality oefen-omgeving voor zedenplegers gericht op kinderen</t>
   </si>
   <si>
     <t>Het doel van dit project is om te onderzoeken of een VR-oefen-omgeving een nuttige aanvulling is op de huidige behandeling van daders van seksueel kindermisbruik binnen FPC’s.</t>
   </si>
   <si>
     <t>2020-146</t>
   </si>
   <si>
     <t>Een sprong in het diepe: De evaluatie en implementatie van DEEP</t>
   </si>
   <si>
     <t>Een sprong in het diepe: De evaluatie en implementatie van DEEP, een virtual reality biofeedback game, in de forensische zorg</t>
   </si>
   <si>
     <t>2020-127</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling e-modules psycho-educatie</t>
   </si>
   <si>
     <t>Het doel van dit huidige project is het doen van ‘onderzoek’ om te achterhalen wat er nodig is aan doorontwikkeling zodat het product technisch gezien door (vrijwel) alle ambulante forensische instellingen gebruikt kan worden en het aanbod in voldoende mate voldoet aan de behoeften van de behandelaars en cliënten.</t>
   </si>
   <si>
-    <t>2020-135</t>
-[...1 lines deleted...]
-  <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
-    <t>Best practices en concrete do’s en don’ts voor het werken op afstand met reclasseringscliënten.</t>
+    <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
     <t>2018-80</t>
   </si>
   <si>
     <t>Technologie in de fggz: crossing borders</t>
   </si>
   <si>
     <t>In deze pre-call is onderzocht welke specifieke veelbelovende technologieën meer aandacht vanuit de praktijk en onderzoek behoeven.</t>
   </si>
   <si>
-    <t>2017-68</t>
-[...1 lines deleted...]
-  <si>
     <t>Transcranial Direct Current Stimulation (tDCS) als nieuwe interventie voor het reduceren van gewelddadige recidive</t>
   </si>
   <si>
     <t>In deze studie wordt onderzocht in hoeverre de methodiek tDCS een succesvolle interventie kan zijn om gewelddadig delictgedrag bij verslaafden justitiabelen in de toekomst te voorkomen.</t>
   </si>
   <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
   </si>
   <si>
     <t>2014-26</t>
   </si>
   <si>
     <t>Do's &amp; Don'ts e-Health</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken welke e-health toepassingen uit de algemene zorgsector wel of niet succesvol zijn in de praktijk, wat hiervoor de redenen zijn en wat de forensische zorgsector hiervan kan leren voor eigen e-health toepassingen.</t>
   </si>
   <si>
     <t>Blended module voor relationeel geweld</t>
   </si>
   <si>
     <t>Een online module gericht op het verkrijgen van praktisch inzicht in en het voorkomen van geweld in relaties. De module kan flexibel ingezet worden in het geheel van de forensische behandeling.</t>
   </si>
   <si>
     <t>2014-28</t>
   </si>
   <si>
     <t>E-health psycho-educatie</t>
   </si>
   <si>
     <t>In dit project zijn psycho-educatie modules opgesteld die voor verschillende patiëntgroepen in de (ambulante) forensische zorg te gebruiken zijn. Focus is geven van inzicht in de specifieke stoornis en bespreken van behandelmogelijkheden.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Er is een online training ontworpen voor jongeren in een justitiële jeugdinrichting. De training is gebaseerd op mindset interventies en draagt bij het vergroten van vertrouwen in ontwikkelingsmogelijkheden in de toekomst.</t>
   </si>
   <si>
     <t>GRIP-app</t>
   </si>
   <si>
     <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -640,51 +619,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-diepte-in-een-realist-evaluation-van-ademhalingsinterventies-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/meten-is-weten-een-pilotstudie-naar-de-inzet-van-wearables-ter-ondersteuning-van-agressieregulatietherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-binnen-3ro-toepassing-en-toekomst" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sprong-in-het-diepe-de-evaluatie-en-implementatie-van-deep" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-29" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-diepte-in-een-realist-evaluation-van-ademhalingsinterventies-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/meten-is-weten-een-pilotstudie-naar-de-inzet-van-wearables-ter-ondersteuning-van-agressieregulatietherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ai-binnen-3ro-toepassing-en-toekomst" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sprong-in-het-diepe-de-evaluatie-en-implementatie-van-deep" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-e-modules-psycho-educatie" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/technologie-in-de-fggz-crossing-borders-call-2018-80" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-68" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-26" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AI22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B22" sqref="B22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -774,760 +753,736 @@
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>4</v>
-[...7 lines deleted...]
-      <c r="J2" t="s">
+        <v>5</v>
+      </c>
+      <c r="F2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
         <v>38</v>
       </c>
       <c r="N2" t="s">
         <v>38</v>
       </c>
       <c r="Z2" t="s">
         <v>38</v>
       </c>
       <c r="AA2" t="s">
         <v>38</v>
       </c>
-      <c r="AF2" t="s">
+      <c r="AG2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:35">
-      <c r="A3" t="s">
+      <c r="B3" s="1" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C3" t="s">
         <v>40</v>
       </c>
       <c r="D3" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="J3" t="s">
         <v>38</v>
       </c>
       <c r="N3" t="s">
         <v>38</v>
       </c>
       <c r="Z3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA3" t="s">
         <v>38</v>
       </c>
       <c r="AF3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>41</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>4</v>
-[...7 lines deleted...]
-      <c r="L4" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" t="s">
         <v>38</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
-      <c r="S4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z4" t="s">
         <v>38</v>
       </c>
-      <c r="AA4" t="s">
-[...11 lines deleted...]
-      <c r="AG4" t="s">
+      <c r="AF4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="S5" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:35">
+      <c r="B6" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="D5" t="s">
-[...34 lines deleted...]
-      <c r="A6" t="s">
+      <c r="C6" t="s">
         <v>47</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="D6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="L6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:35">
+      <c r="B7" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C6" t="s">
+      <c r="C7" t="s">
         <v>49</v>
       </c>
-      <c r="D6" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F7" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
-      <c r="Z7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA7" t="s">
         <v>38</v>
       </c>
-      <c r="AF7" t="s">
+      <c r="AE7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>52</v>
+      </c>
+      <c r="D8" t="s">
+        <v>5</v>
+      </c>
+      <c r="F8" t="s">
+        <v>38</v>
+      </c>
+      <c r="G8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF8" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="1:35">
+      <c r="B9" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C9" t="s">
         <v>54</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="P9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
+      <c r="B10" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="D8" t="s">
-[...25 lines deleted...]
-      <c r="A9" t="s">
+      <c r="C10" t="s">
         <v>56</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="G10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="B11" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C11" t="s">
         <v>58</v>
       </c>
-      <c r="D9" t="s">
-[...62 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
-      <c r="H11" t="s">
+      <c r="G11" t="s">
         <v>38</v>
       </c>
       <c r="J11" t="s">
         <v>38</v>
       </c>
       <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="W11" t="s">
         <v>38</v>
       </c>
       <c r="Z11" t="s">
         <v>38</v>
       </c>
       <c r="AF11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="C12" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
-      <c r="G12" t="s">
+      <c r="H12" t="s">
+        <v>38</v>
+      </c>
+      <c r="J12" t="s">
         <v>38</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="Z12" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="AB12" t="s">
         <v>38</v>
       </c>
       <c r="AF12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="C13" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
-      <c r="H13" t="s">
-[...2 lines deleted...]
-      <c r="I13" t="s">
+      <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
+      <c r="Z13" t="s">
+        <v>38</v>
+      </c>
       <c r="AA13" t="s">
         <v>38</v>
       </c>
       <c r="AB13" t="s">
         <v>38</v>
       </c>
-      <c r="AD13" t="s">
-[...2 lines deleted...]
-      <c r="AG13" t="s">
+      <c r="AF13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="B14" s="1" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="H14" t="s">
         <v>38</v>
       </c>
-      <c r="L14" t="s">
+      <c r="I14" t="s">
         <v>38</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
-      <c r="Z14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA14" t="s">
         <v>38</v>
       </c>
       <c r="AB14" t="s">
         <v>38</v>
       </c>
-      <c r="AC14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD14" t="s">
         <v>38</v>
       </c>
-      <c r="AF14" t="s">
+      <c r="AG14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:35">
-      <c r="A15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B15" s="1" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="G15" t="s">
+      <c r="H15" t="s">
+        <v>38</v>
+      </c>
+      <c r="L15" t="s">
         <v>38</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="Z15" t="s">
         <v>38</v>
       </c>
       <c r="AA15" t="s">
         <v>38</v>
       </c>
       <c r="AB15" t="s">
         <v>38</v>
       </c>
       <c r="AC15" t="s">
         <v>38</v>
       </c>
       <c r="AD15" t="s">
         <v>38</v>
       </c>
-      <c r="AG15" t="s">
+      <c r="AF15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="G16" t="s">
         <v>38</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
-      <c r="P16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z16" t="s">
         <v>38</v>
       </c>
       <c r="AA16" t="s">
         <v>38</v>
       </c>
-      <c r="AF16" t="s">
+      <c r="AB16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="B17" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="P17" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35">
+      <c r="B18" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" t="s">
+        <v>4</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="H18" t="s">
+        <v>38</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="V18" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35">
+      <c r="A19" t="s">
+        <v>76</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C19" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="H19" t="s">
+        <v>38</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35">
+      <c r="B20" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C17" t="s">
+      <c r="C20" t="s">
         <v>80</v>
       </c>
-      <c r="D17" t="s">
-[...28 lines deleted...]
-      <c r="A18" t="s">
+      <c r="D20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E20" t="s">
+        <v>38</v>
+      </c>
+      <c r="H20" t="s">
+        <v>38</v>
+      </c>
+      <c r="J20" t="s">
+        <v>38</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="P20" t="s">
+        <v>38</v>
+      </c>
+      <c r="W20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35">
+      <c r="A21" t="s">
         <v>81</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="B21" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="C18" t="s">
+      <c r="C21" t="s">
         <v>83</v>
       </c>
-      <c r="D18" t="s">
-[...100 lines deleted...]
-      </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
         <v>38</v>
       </c>
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>38</v>
       </c>
       <c r="J21" t="s">
         <v>38</v>
       </c>
       <c r="N21" t="s">
         <v>38</v>
       </c>
-      <c r="P21" t="s">
-[...2 lines deleted...]
-      <c r="Z21" t="s">
+      <c r="W21" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA21" t="s">
         <v>38</v>
       </c>
       <c r="AF21" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="B22" s="1" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="C22" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
         <v>38</v>
       </c>
       <c r="H22" t="s">
         <v>38</v>
       </c>
       <c r="I22" t="s">
         <v>38</v>
       </c>
       <c r="J22" t="s">
         <v>38</v>
       </c>
       <c r="N22" t="s">
         <v>38</v>
       </c>
       <c r="AA22" t="s">
         <v>38</v>
       </c>
       <c r="AB22" t="s">
         <v>38</v>
       </c>