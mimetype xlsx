--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -165,53 +165,50 @@
     <t>2018-84</t>
   </si>
   <si>
     <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2014-25</t>
   </si>
   <si>
     <t>Helpers en Helden: SFT voor LVB</t>
   </si>
   <si>
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
     <t>2013-5</t>
   </si>
   <si>
     <t>Verdiepingsdiagnostiek (Call 2013-5/2017-73)</t>
   </si>
   <si>
     <t>Bij psychiatrische- en of verslavingsproblematiek is er, naast het afnemen van de RISc ook verdiepingsdiagnostiek nodig. In dit onderzoek is er een gestandaardiseerd product ontwikkeld.</t>
-  </si>
-[...1 lines deleted...]
-    <t>2015-9</t>
   </si>
   <si>
     <t>Antisociaal gedrag en problematisch middelengebruik</t>
   </si>
   <si>
     <t>In dit project is een aanzet geformuleerd voor een richtlijn over de diagnostiek en de behandeling van problematisch middelengebruik.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -843,58 +840,55 @@
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="M6" t="s">
         <v>38</v>
       </c>
       <c r="U6" t="s">
         <v>38</v>
       </c>
       <c r="AA6" t="s">
         <v>38</v>
       </c>
       <c r="AD6" t="s">
         <v>38</v>
       </c>
       <c r="AF6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
-      <c r="A7" t="s">
+      <c r="B7" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
       <c r="J7" t="s">
         <v>38</v>
       </c>
       <c r="M7" t="s">
         <v>38</v>
       </c>
       <c r="X7" t="s">
         <v>38</v>
       </c>
       <c r="AA7" t="s">
         <v>38</v>
       </c>
       <c r="AF7" t="s">
         <v>38</v>
       </c>