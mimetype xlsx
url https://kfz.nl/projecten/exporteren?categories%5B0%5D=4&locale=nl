--- v1 (2025-12-16)
+++ v2 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,69 +119,60 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2020-139</t>
-[...5 lines deleted...]
-    <t>Gezien het hoge percentage licht verstandelijk beperkten (LVB) in de forensische zorg, is het belangrijk dat modules/interventies meer worden toegesneden op de behoeften en karakteristieken van cliënten met een LVB.</t>
+    <t>2021-141</t>
+  </si>
+  <si>
+    <t>Doorontwikkeling verdiepingsdiagnostiek</t>
+  </si>
+  <si>
+    <t>De doorontwikkeling van het product verdiepingsdiagnostiek heeft betrekking op de verdere implementatie van het product.</t>
   </si>
   <si>
     <t>x</t>
-  </si>
-[...7 lines deleted...]
-    <t>De doorontwikkeling van het product verdiepingsdiagnostiek heeft betrekking op de verdere implementatie van het product.</t>
   </si>
   <si>
     <t>2018-84</t>
   </si>
   <si>
     <t>Handreiking indicatiestelling forensische zorg voor LVB (Call 2018-84)</t>
   </si>
   <si>
     <t>In dit project wordt een handreiking ontwikkeld voor indicatiestellers forensische zorg voor het herkennen en bepalen van de (aard van de) LVB problematiek.</t>
   </si>
   <si>
     <t>2014-25</t>
   </si>
   <si>
     <t>Helpers en Helden: SFT voor LVB</t>
   </si>
   <si>
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
     <t>2013-5</t>
   </si>
   <si>
     <t>Verdiepingsdiagnostiek (Call 2013-5/2017-73)</t>
   </si>
@@ -520,62 +511,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse-voor-mensen-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-9" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-verdiepingsdiagnostiek" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-indicatiestelling-forensische-zorg-voor-lvb-call-2018-84" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI7"/>
+  <dimension ref="A1:AI6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B7" sqref="B7"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -662,267 +653,222 @@
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
         <v>38</v>
       </c>
       <c r="H2" t="s">
         <v>38</v>
       </c>
-      <c r="J2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M2" t="s">
         <v>38</v>
       </c>
-      <c r="R2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AA2" t="s">
         <v>38</v>
       </c>
-      <c r="AE2" t="s">
+      <c r="AD2" t="s">
         <v>38</v>
       </c>
       <c r="AF2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>38</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="M3" t="s">
         <v>38</v>
       </c>
+      <c r="R3" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>38</v>
+      </c>
       <c r="AA3" t="s">
         <v>38</v>
       </c>
+      <c r="AB3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>38</v>
+      </c>
       <c r="AD3" t="s">
         <v>38</v>
       </c>
-      <c r="AF3" t="s">
+      <c r="AE3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
       <c r="H4" t="s">
         <v>38</v>
       </c>
+      <c r="I4" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
       <c r="M4" t="s">
         <v>38</v>
       </c>
-      <c r="R4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z4" t="s">
         <v>38</v>
       </c>
       <c r="AA4" t="s">
         <v>38</v>
       </c>
-      <c r="AB4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC4" t="s">
         <v>38</v>
       </c>
-      <c r="AD4" t="s">
-[...2 lines deleted...]
-      <c r="AE4" t="s">
+      <c r="AF4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
       <c r="H5" t="s">
         <v>38</v>
       </c>
-      <c r="I5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M5" t="s">
         <v>38</v>
       </c>
-      <c r="Z5" t="s">
+      <c r="U5" t="s">
         <v>38</v>
       </c>
       <c r="AA5" t="s">
         <v>38</v>
       </c>
-      <c r="AC5" t="s">
+      <c r="AD5" t="s">
         <v>38</v>
       </c>
       <c r="AF5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
-      <c r="A6" t="s">
+      <c r="B6" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
       <c r="M6" t="s">
         <v>38</v>
       </c>
-      <c r="U6" t="s">
+      <c r="X6" t="s">
         <v>38</v>
       </c>
       <c r="AA6" t="s">
         <v>38</v>
       </c>
-      <c r="AD6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF6" t="s">
-        <v>38</v>
-[...30 lines deleted...]
-      <c r="AF7" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
-    <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>