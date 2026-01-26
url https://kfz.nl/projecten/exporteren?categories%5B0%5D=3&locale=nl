--- v0 (2025-10-25)
+++ v1 (2026-01-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -149,369 +149,279 @@
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2023-206</t>
   </si>
   <si>
     <t>Ondersteuning bij cultuurverandering: een reflectiemethode voor forensische zorgprofessionals</t>
   </si>
   <si>
     <t>Vanuit de behoefte van FHIC-zorgprofessionals aan ondersteuning bij cultuurverandering, is in een verkennend onderzoek deze vorm van ethiekondersteuning omgevormd tot een reflectiemethode. Middels deze reflectiemethode voeren teams laagdrempelig een socratisch dialoog over een centrale waarde. Het doel van het project is de doorontwikkeling van de reflectiemethode, en onderzoek naar de acceptatie, geschiktheid, haalbaarheid, implementatie en de ervaren opbrengst.</t>
   </si>
   <si>
     <t>2023-205</t>
   </si>
   <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
-    <t>2023-189</t>
-[...1 lines deleted...]
-  <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
-    <t>Dit project richt zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
+    <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-182</t>
-[...16 lines deleted...]
-  <si>
     <t>2022-183</t>
   </si>
   <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-168</t>
-[...5 lines deleted...]
-    <t>Het ontwikkelen van een theoretisch kader voor de forensische kwaliteitsnetwerken, dat duidelijk maakt welke aanpak en welke werkzame factoren tot welke doelen leiden.</t>
+    <t>Kwaliteitsnetwerken</t>
+  </si>
+  <si>
+    <t>Kwaliteitsnetwerken brengen professionals uit de forensische zorg samen om kennis en ervaring te delen. Zo wordt gezamenlijk gewerkt aan het verbeteren van kwaliteit en vakmanschap in de praktijk.</t>
   </si>
   <si>
     <t>2022-186</t>
   </si>
   <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
-    <t>2022-173</t>
-[...7 lines deleted...]
-  <si>
     <t>2021-149</t>
   </si>
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
     <t>2021-155</t>
   </si>
   <si>
     <t>Handreiking en training werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
     <t>Het verbeteren van online (gespreks)vaardigheden bij de reclassering</t>
   </si>
   <si>
     <t>2021-143</t>
   </si>
   <si>
     <t>Online gedragstraining bij reclasseringscliënten</t>
   </si>
   <si>
     <t>Wat is het verschil tussen het geven van online- en offline trainingen? Welke ervaringen zijn er opgedaan met online justitiële interventies? En wat zijn de voor- en nadelen hiervan?</t>
   </si>
   <si>
     <t>2020-132</t>
   </si>
   <si>
     <t>Forensische best practices in BW/MO instellingen</t>
   </si>
   <si>
     <t>In dit project is in kaart gebracht wat de forensische best practices zijn binnen de BW/MO instellingen. Waar worden positieve ervaringen opgedaan en waar zit de relevante kennis?</t>
   </si>
   <si>
     <t>2020-147</t>
   </si>
   <si>
     <t>Behandelen van vrouwen in forensische klinische zorg: Een vak apart?</t>
   </si>
   <si>
     <t>De handreiking bestaat uit concrete richtlijnen voor het behandelen van vrouwen in de forensisch klinische zorg, waarbij ook kennis uit de ambulante sector wordt meegenomen.</t>
   </si>
   <si>
-    <t>2020-130</t>
-[...7 lines deleted...]
-  <si>
     <t>2020-126</t>
   </si>
   <si>
     <t>Integratie van seksualiteit in de behandeling</t>
   </si>
   <si>
     <t>In dit project wordt er een handreiking ontwikkeld voor het integreren van seksuele gezond in de behandeling binnen de gesloten forensische zorg.</t>
   </si>
   <si>
     <t>2018-89</t>
   </si>
   <si>
     <t>Responsiviteit ASS</t>
   </si>
   <si>
     <t>Dit project zal een overzicht opleveren van de neurocognitieve problemen en leerstijl van mensen met ASS en de invloed die dat heeft op de responsiviteit in gangbare interventies.</t>
   </si>
   <si>
     <t>2019-100</t>
   </si>
   <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
-    <t>2020-129</t>
-[...14 lines deleted...]
-    <t>Onderzoek van de leerstijl van mensen met ADHD.</t>
+    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten met ADHD</t>
   </si>
   <si>
     <t>2018-96</t>
   </si>
   <si>
     <t>Gezinsbenadering in de (forensische) zorg: een eerste verkenning</t>
   </si>
   <si>
     <t>Een handreiking voor gezinsbenadering volgens een levensloopperspectief voor hulpverleners in de BW/MO setting</t>
   </si>
   <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
-    <t>2018-95</t>
-[...14 lines deleted...]
-    <t>De handreiking is ontwikkeld ten behoeve van het risicomanagement van forensische psychiatrische patiënten met LVB problematiek.</t>
+    <t>Risicomanagement LVB</t>
+  </si>
+  <si>
+    <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. In dit KFZ‑project is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
   </si>
   <si>
     <t>2016-51</t>
   </si>
   <si>
     <t>Cognitieve profielen</t>
   </si>
   <si>
     <t>Dit project richt zich op het verhelderen van de relatie tussen antisociaal gedrag en problematisch middelengebruik door het gebruik van cognitieve profielen, zodat men in de behandeling de juiste primaire focus heeft.</t>
   </si>
   <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
-    <t>2014-14</t>
-[...7 lines deleted...]
-  <si>
     <t>2014-16</t>
   </si>
   <si>
     <t>Vrouwvijandigheid bij zedendelinquenten</t>
   </si>
   <si>
     <t>Centraal stond het vast stellen en in kaart brengen van deze specifieke cognitieve vervorming bij zedendelinquenten. Er is gekeken naar een passend instrument om dit te meten en naar implicaties hiervan voor behandeling.</t>
   </si>
   <si>
-    <t>2016-61</t>
-[...1 lines deleted...]
-  <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
     <t>2017-67</t>
   </si>
   <si>
     <t>Ontwikkeling handreiking voor de behandeling van (chronische) insomnie bij patiënten van forensische afdelingen</t>
   </si>
   <si>
     <t>Er wordt gewerkt aan de ontwikkeling van een handreiking voor cognitieve gedragstherapie voor de behandeling van chronische insomnie (CGT-I). Deze wordt specifiek ontworpen voor de doelgroep van forensisch psychiatrische patiënten.</t>
   </si>
   <si>
     <t>2014-17</t>
   </si>
   <si>
     <t>Seksuele preoccupatie bij zedendelinquenten</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar het werkende mechanisme achter seksuele preoccupatie onder zedendelinquenten. Er is gezocht naar een methode om dit correct vast te stellen, en te beïnvloeden om recidive op dit gebied te voorkomen.</t>
   </si>
   <si>
-    <t>2016-48</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkelingsstoornissen</t>
   </si>
   <si>
     <t>In dit inventariserende onderzoek is gekeken naar de behoeften aan verdiepend onderzoek gericht op de specifieke doelgroep van forensisch psychiatrische patiënten met een ontwikkelingsstoornis ASS en/of ADHD.</t>
   </si>
   <si>
     <t>2016-50</t>
   </si>
   <si>
     <t>Handreiking 'LVBeeld; basis voor discussie, vertrekpunt voor herkenning'</t>
   </si>
   <si>
     <t>Dit project heeft als doel dat professionals die aan het begin van de strafrechtsketen staan, een LVB-cliënt sneller en beter herkennen. Door middel van interactieve training leert men de LVB tijdig te herkennen en te signaleren.</t>
   </si>
   <si>
-    <t>2016-54</t>
-[...5 lines deleted...]
-    <t>In dit onderzoek is gekeken welke factoren van belang zijn in het vormgeven van een veilig behandelklimaat. Tevens is er een werkboek en een handelingsprotocol ontwikkeld over de inzet van dwang en drang binnen het krachtgericht werken.</t>
+    <t>Krachtgericht werken binnen de maatschappelijke opvang en beschermd wonen</t>
+  </si>
+  <si>
+    <t>Binnen deze projecten is gewerkt aan het versterken van veiligheid in opvang- en zorgvoorzieningen. De projecten richten zich op hoe medewerkers en cliënten gezamenlijk kunnen bijdragen aan een veilig leef- en werkklimaat.</t>
   </si>
   <si>
     <t>2016-49</t>
   </si>
   <si>
     <t>Basiszorgprogramma ambulant</t>
   </si>
   <si>
     <t>Hier wordt een basis zorgprogramma ontworpen voor de ambulante forensische setting, met oog voor verschillen met de klinische setting (bijv. doelgroep) en verschillende werkwijzen die kenmerkend zijn voor de ambulante zorg.</t>
   </si>
   <si>
     <t>2017-63</t>
   </si>
   <si>
     <t>Expertsysteem beroepsgeheim PPC's</t>
   </si>
   <si>
     <t>Binnen dit project wordt gewerkt aan de ontwikkeling van een digitaal expertsysteem, waarbij (zorg)professionals uit het gevangeniswezen ondersteuning krijgen in de besluitvorming rondom het doorbreken van het beroepsgeheim.</t>
   </si>
   <si>
-    <t>2016-55</t>
-[...5 lines deleted...]
-    <t>Bij (dreigende) agressie vallen professionals snel terug op repressie en regels, wat risico op nieuwe incidenten verhogen kan. Vanuit herstelgericht werken heeft deze call een handleiding 'Proactieve Agressiehantering voor Opvangvoorzieningen' (PAvO) opgeleverd.</t>
+    <t>De Proactieve Agressiehantering voor Opvangvoorzieningen (PAvO)</t>
+  </si>
+  <si>
+    <t>De PAVO‑methodiek richt zich op het proactief omgaan met agressie binnen opvangvoorzieningen. Het project biedt handvatten om agressie te signaleren, te voorkomen en op een professionele manier te hanteren.</t>
   </si>
   <si>
     <t>2016-60</t>
   </si>
   <si>
     <t>Handreiking slachtofferbewust werken voor forensisch maatschappelijk werkers</t>
   </si>
   <si>
     <t>Dit project betreft de implementatie en doorontwikkeling van de handreiking: Slachtofferbewust werken voor Forensisch Maatschappelijk Werkers.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -826,62 +736,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/traumabehandeling-en-responsiviteit-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatiestudie-omgaan-met-de-spagaat-krachtgericht-werken-binnen-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-theoretisch-kader-voor-de-forensische-kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn-beheer-behoud-en-implementatie" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-en-training-werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-vertaling-kfz-calls-producten-naar-mogelijkheden-doorontwikkeling-forensische-leerlijn-call-2020-130" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/integratie-van-seksualiteit-in-de-behandeling" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-naar-de-bruikbaarheid-en-effecten-van-kwaliteitstoetsingsmethoden-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-bij-behandeling-van-forensische-patienten-met-adhd-call-2018-88" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/omgaan-met-de-spagaat-van-het-krachtgericht-werken-met-forensische-clienten-binnen-de-opvang" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-handreiking-risicomanagement-lvb-call-2018-93" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-51" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-14" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-54" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-49" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-63" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-55" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-en-training-werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/integratie-van-seksualiteit-in-de-behandeling" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-51" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-49" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-63" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI41"/>
+  <dimension ref="A1:AI34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B41" sqref="B41"/>
+      <selection activeCell="B34" sqref="B34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1067,1440 +977,1164 @@
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>38</v>
       </c>
       <c r="L4" t="s">
         <v>38</v>
       </c>
       <c r="Z4" t="s">
         <v>38</v>
       </c>
       <c r="AA4" t="s">
         <v>38</v>
       </c>
       <c r="AB4" t="s">
         <v>38</v>
       </c>
       <c r="AC4" t="s">
         <v>38</v>
       </c>
       <c r="AF4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
         <v>38</v>
       </c>
       <c r="I5" t="s">
         <v>38</v>
       </c>
       <c r="J5" t="s">
         <v>38</v>
       </c>
       <c r="L5" t="s">
         <v>38</v>
       </c>
       <c r="Z5" t="s">
         <v>38</v>
       </c>
       <c r="AA5" t="s">
         <v>38</v>
       </c>
       <c r="AC5" t="s">
         <v>38</v>
       </c>
       <c r="AE5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="L6" t="s">
         <v>38</v>
       </c>
       <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="S6" t="s">
         <v>38</v>
       </c>
       <c r="Z6" t="s">
         <v>38</v>
       </c>
       <c r="AA6" t="s">
         <v>38</v>
       </c>
       <c r="AB6" t="s">
         <v>38</v>
       </c>
       <c r="AC6" t="s">
         <v>38</v>
       </c>
       <c r="AD6" t="s">
         <v>38</v>
       </c>
       <c r="AG6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>52</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="L7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:35">
+      <c r="B8" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D7" t="s">
-[...25 lines deleted...]
-      <c r="A8" t="s">
+      <c r="C8" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F8" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
-      <c r="I8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L8" t="s">
         <v>38</v>
       </c>
+      <c r="S8" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>38</v>
+      </c>
       <c r="AB8" t="s">
         <v>38</v>
       </c>
-      <c r="AE8" t="s">
-[...2 lines deleted...]
-      <c r="AF8" t="s">
+      <c r="AH8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="G9" t="s">
         <v>38</v>
       </c>
+      <c r="I9" t="s">
+        <v>38</v>
+      </c>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
       <c r="L9" t="s">
         <v>38</v>
       </c>
-      <c r="N9" t="s">
+      <c r="W9" t="s">
         <v>38</v>
       </c>
       <c r="Z9" t="s">
         <v>38</v>
       </c>
       <c r="AA9" t="s">
         <v>38</v>
       </c>
-      <c r="AB9" t="s">
-[...8 lines deleted...]
-      <c r="AF9" t="s">
+      <c r="AE9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
         <v>60</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
-      <c r="G10" t="s">
+      <c r="H10" t="s">
+        <v>38</v>
+      </c>
+      <c r="I10" t="s">
+        <v>38</v>
+      </c>
+      <c r="J10" t="s">
         <v>38</v>
       </c>
       <c r="L10" t="s">
         <v>38</v>
       </c>
-      <c r="S10" t="s">
+      <c r="X10" t="s">
         <v>38</v>
       </c>
       <c r="Z10" t="s">
         <v>38</v>
       </c>
       <c r="AA10" t="s">
         <v>38</v>
       </c>
-      <c r="AB10" t="s">
-[...2 lines deleted...]
-      <c r="AH10" t="s">
+      <c r="AF10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>38</v>
       </c>
       <c r="I11" t="s">
         <v>38</v>
       </c>
-      <c r="J11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L11" t="s">
         <v>38</v>
       </c>
-      <c r="W11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AA11" t="s">
         <v>38</v>
       </c>
-      <c r="AE11" t="s">
+      <c r="AB11" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
         <v>66</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>38</v>
       </c>
       <c r="L12" t="s">
         <v>38</v>
       </c>
-      <c r="Z12" t="s">
-[...8 lines deleted...]
-      <c r="AC12" t="s">
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="P12" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD12" t="s">
         <v>38</v>
       </c>
       <c r="AF12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
+        <v>67</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
         <v>69</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>38</v>
       </c>
       <c r="I13" t="s">
         <v>38</v>
       </c>
-      <c r="J13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L13" t="s">
         <v>38</v>
       </c>
-      <c r="X13" t="s">
-[...8 lines deleted...]
-      <c r="AF13" t="s">
+      <c r="AB13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" t="s">
         <v>72</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="H14" t="s">
         <v>38</v>
       </c>
-      <c r="I14" t="s">
+      <c r="J14" t="s">
         <v>38</v>
       </c>
       <c r="L14" t="s">
         <v>38</v>
       </c>
-      <c r="AA14" t="s">
-[...5 lines deleted...]
-      <c r="AD14" t="s">
+      <c r="Z14" t="s">
         <v>38</v>
       </c>
       <c r="AF14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
+        <v>73</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" t="s">
         <v>75</v>
       </c>
-      <c r="B15" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="H15" t="s">
         <v>38</v>
       </c>
+      <c r="J15" t="s">
+        <v>38</v>
+      </c>
       <c r="L15" t="s">
         <v>38</v>
       </c>
-      <c r="N15" t="s">
-[...5 lines deleted...]
-      <c r="AD15" t="s">
+      <c r="Z15" t="s">
         <v>38</v>
       </c>
       <c r="AF15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" t="s">
         <v>78</v>
       </c>
-      <c r="B16" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="H16" t="s">
         <v>38</v>
       </c>
-      <c r="I16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L16" t="s">
         <v>38</v>
       </c>
-      <c r="AB16" t="s">
-[...2 lines deleted...]
-      <c r="AE16" t="s">
+      <c r="T16" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C17" t="s">
         <v>81</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" t="s">
+        <v>38</v>
+      </c>
+      <c r="U17" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35">
+      <c r="B18" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C18" t="s">
         <v>82</v>
       </c>
-      <c r="C17" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>38</v>
       </c>
       <c r="L18" t="s">
         <v>38</v>
       </c>
+      <c r="T18" t="s">
+        <v>38</v>
+      </c>
       <c r="Z18" t="s">
         <v>38</v>
       </c>
       <c r="AA18" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="AC18" t="s">
         <v>38</v>
       </c>
       <c r="AF18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:35">
       <c r="A19" t="s">
+        <v>83</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C19" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="G19" t="s">
+        <v>38</v>
+      </c>
+      <c r="L19" t="s">
+        <v>38</v>
+      </c>
+      <c r="V19" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35">
+      <c r="B20" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C20" t="s">
         <v>87</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="D20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E20" t="s">
+        <v>38</v>
+      </c>
+      <c r="H20" t="s">
+        <v>38</v>
+      </c>
+      <c r="L20" t="s">
+        <v>38</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35">
+      <c r="B21" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="C19" t="s">
+      <c r="C21" t="s">
         <v>89</v>
       </c>
-      <c r="D19" t="s">
-[...65 lines deleted...]
-      </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
         <v>38</v>
       </c>
-      <c r="G21" t="s">
+      <c r="H21" t="s">
+        <v>38</v>
+      </c>
+      <c r="I21" t="s">
+        <v>38</v>
+      </c>
+      <c r="J21" t="s">
         <v>38</v>
       </c>
       <c r="L21" t="s">
         <v>38</v>
       </c>
-      <c r="U21" t="s">
+      <c r="R21" t="s">
         <v>38</v>
       </c>
       <c r="Z21" t="s">
-        <v>38</v>
-[...7 lines deleted...]
-      <c r="AC21" t="s">
         <v>38</v>
       </c>
       <c r="AE21" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="A22" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="C22" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
         <v>38</v>
       </c>
       <c r="G22" t="s">
         <v>38</v>
       </c>
       <c r="L22" t="s">
         <v>38</v>
       </c>
       <c r="Z22" t="s">
         <v>38</v>
       </c>
       <c r="AA22" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="AH22" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="C23" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
         <v>38</v>
       </c>
       <c r="H23" t="s">
         <v>38</v>
       </c>
       <c r="L23" t="s">
         <v>38</v>
       </c>
-      <c r="T23" t="s">
+      <c r="W23" t="s">
         <v>38</v>
       </c>
       <c r="Z23" t="s">
         <v>38</v>
       </c>
       <c r="AA23" t="s">
         <v>38</v>
       </c>
-      <c r="AF23" t="s">
+      <c r="AC23" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE23" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="C24" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
         <v>38</v>
       </c>
       <c r="G24" t="s">
         <v>38</v>
       </c>
       <c r="L24" t="s">
         <v>38</v>
       </c>
-      <c r="V24" t="s">
-[...5 lines deleted...]
-      <c r="AE24" t="s">
+      <c r="W24" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF24" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="B25" s="1" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>38</v>
       </c>
       <c r="H25" t="s">
         <v>38</v>
       </c>
       <c r="L25" t="s">
         <v>38</v>
       </c>
-      <c r="N25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z25" t="s">
         <v>38</v>
       </c>
       <c r="AA25" t="s">
         <v>38</v>
       </c>
       <c r="AB25" t="s">
         <v>38</v>
       </c>
       <c r="AC25" t="s">
         <v>38</v>
       </c>
       <c r="AD25" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE25" t="s">
         <v>38</v>
       </c>
       <c r="AF25" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="A26" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="C26" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
         <v>38</v>
       </c>
       <c r="H26" t="s">
         <v>38</v>
       </c>
-      <c r="I26" t="s">
+      <c r="J26" t="s">
         <v>38</v>
       </c>
       <c r="L26" t="s">
         <v>38</v>
       </c>
-      <c r="AB26" t="s">
-[...2 lines deleted...]
-      <c r="AE26" t="s">
+      <c r="W26" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF26" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:35">
       <c r="A27" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C27" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
         <v>38</v>
       </c>
-      <c r="H27" t="s">
-[...5 lines deleted...]
-      <c r="J27" t="s">
+      <c r="G27" t="s">
         <v>38</v>
       </c>
       <c r="L27" t="s">
         <v>38</v>
       </c>
-      <c r="R27" t="s">
+      <c r="W27" t="s">
         <v>38</v>
       </c>
       <c r="Z27" t="s">
         <v>38</v>
       </c>
-      <c r="AE27" t="s">
+      <c r="AA27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:35">
-      <c r="A28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B28" s="1" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="C28" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
         <v>38</v>
       </c>
       <c r="G28" t="s">
         <v>38</v>
       </c>
       <c r="L28" t="s">
         <v>38</v>
       </c>
       <c r="Z28" t="s">
         <v>38</v>
       </c>
       <c r="AA28" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:35">
       <c r="A29" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="C29" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
       <c r="E29" t="s">
         <v>38</v>
       </c>
       <c r="H29" t="s">
         <v>38</v>
       </c>
+      <c r="I29" t="s">
+        <v>38</v>
+      </c>
       <c r="L29" t="s">
         <v>38</v>
       </c>
-      <c r="W29" t="s">
-[...2 lines deleted...]
-      <c r="Z29" t="s">
+      <c r="R29" t="s">
         <v>38</v>
       </c>
       <c r="AA29" t="s">
         <v>38</v>
       </c>
-      <c r="AC29" t="s">
-[...2 lines deleted...]
-      <c r="AE29" t="s">
+      <c r="AD29" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF29" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:35">
-      <c r="A30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B30" s="1" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="C30" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
         <v>38</v>
       </c>
-      <c r="G30" t="s">
+      <c r="H30" t="s">
+        <v>38</v>
+      </c>
+      <c r="I30" t="s">
         <v>38</v>
       </c>
       <c r="L30" t="s">
         <v>38</v>
       </c>
-      <c r="S30" t="s">
-[...5 lines deleted...]
-      <c r="AH30" t="s">
+      <c r="Y30" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE30" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:35">
       <c r="A31" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="C31" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
         <v>38</v>
       </c>
-      <c r="G31" t="s">
+      <c r="H31" t="s">
+        <v>38</v>
+      </c>
+      <c r="J31" t="s">
         <v>38</v>
       </c>
       <c r="L31" t="s">
         <v>38</v>
       </c>
-      <c r="W31" t="s">
-[...2 lines deleted...]
-      <c r="Z31" t="s">
+      <c r="AA31" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE31" t="s">
         <v>38</v>
       </c>
       <c r="AF31" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:35">
       <c r="A32" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="C32" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
         <v>38</v>
       </c>
-      <c r="H32" t="s">
+      <c r="G32" t="s">
         <v>38</v>
       </c>
       <c r="L32" t="s">
         <v>38</v>
       </c>
-      <c r="Z32" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AC32" t="s">
         <v>38</v>
       </c>
-      <c r="AD32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AF32" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:35">
-      <c r="A33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B33" s="1" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="C33" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>38</v>
       </c>
       <c r="H33" t="s">
         <v>38</v>
       </c>
-      <c r="J33" t="s">
+      <c r="I33" t="s">
         <v>38</v>
       </c>
       <c r="L33" t="s">
         <v>38</v>
       </c>
-      <c r="W33" t="s">
-[...5 lines deleted...]
-      <c r="AF33" t="s">
+      <c r="AA33" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE33" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:35">
       <c r="A34" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="C34" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
         <v>38</v>
       </c>
-      <c r="G34" t="s">
+      <c r="H34" t="s">
+        <v>38</v>
+      </c>
+      <c r="I34" t="s">
+        <v>38</v>
+      </c>
+      <c r="J34" t="s">
         <v>38</v>
       </c>
       <c r="L34" t="s">
         <v>38</v>
       </c>
-      <c r="W34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z34" t="s">
         <v>38</v>
       </c>
       <c r="AA34" t="s">
         <v>38</v>
       </c>
-      <c r="AC34" t="s">
-[...247 lines deleted...]
-      <c r="AE41" t="s">
+      <c r="AE34" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
-    <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
-[...5 lines deleted...]
-    <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>