--- v1 (2026-01-26)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,303 +119,219 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2024-210</t>
-[...1 lines deleted...]
-  <si>
     <t>Elkaar goed begrijpen in de Forensische Zorg</t>
   </si>
   <si>
     <t>Een vooronderzoek naar uitgangspunten voor diversiteitsensitieve kwaliteitszorg</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2023-206</t>
   </si>
   <si>
     <t>Ondersteuning bij cultuurverandering: een reflectiemethode voor forensische zorgprofessionals</t>
   </si>
   <si>
     <t>Vanuit de behoefte van FHIC-zorgprofessionals aan ondersteuning bij cultuurverandering, is in een verkennend onderzoek deze vorm van ethiekondersteuning omgevormd tot een reflectiemethode. Middels deze reflectiemethode voeren teams laagdrempelig een socratisch dialoog over een centrale waarde. Het doel van het project is de doorontwikkeling van de reflectiemethode, en onderzoek naar de acceptatie, geschiktheid, haalbaarheid, implementatie en de ervaren opbrengst.</t>
   </si>
   <si>
-    <t>2023-205</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische scherpte – De jas die iedereen past?!</t>
   </si>
   <si>
     <t>Het doel van het project is hoofdzakelijk het construct 'forensische scherpte' handzamer en concreter te maken voor zowel individuele professionals, als voor instellingen.</t>
   </si>
   <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
     <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-183</t>
-[...1 lines deleted...]
-  <si>
     <t>Neuropredictie in de forensische zorg: Een kwalitatieve analyse van ethische en juridische dilemma’s en co-creatie van handreikingen voor de praktijk</t>
   </si>
   <si>
     <t>Het doel van dit project is het onderzoeken van ethische en juridische dilemma’s voor het gebruik van neurotechnologieën, en meer specifiek neuropredictie, in de forensische zorg.</t>
   </si>
   <si>
     <t>Kwaliteitsnetwerken</t>
   </si>
   <si>
     <t>Kwaliteitsnetwerken brengen professionals uit de forensische zorg samen om kennis en ervaring te delen. Zo wordt gezamenlijk gewerkt aan het verbeteren van kwaliteit en vakmanschap in de praktijk.</t>
   </si>
   <si>
-    <t>2022-186</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
     <t>2021-149</t>
   </si>
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
-    <t>2021-155</t>
-[...10 lines deleted...]
-  <si>
     <t>Online gedragstraining bij reclasseringscliënten</t>
   </si>
   <si>
     <t>Wat is het verschil tussen het geven van online- en offline trainingen? Welke ervaringen zijn er opgedaan met online justitiële interventies? En wat zijn de voor- en nadelen hiervan?</t>
   </si>
   <si>
-    <t>2020-132</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische best practices in BW/MO instellingen</t>
   </si>
   <si>
     <t>In dit project is in kaart gebracht wat de forensische best practices zijn binnen de BW/MO instellingen. Waar worden positieve ervaringen opgedaan en waar zit de relevante kennis?</t>
   </si>
   <si>
-    <t>2020-147</t>
-[...1 lines deleted...]
-  <si>
     <t>Behandelen van vrouwen in forensische klinische zorg: Een vak apart?</t>
   </si>
   <si>
     <t>De handreiking bestaat uit concrete richtlijnen voor het behandelen van vrouwen in de forensisch klinische zorg, waarbij ook kennis uit de ambulante sector wordt meegenomen.</t>
   </si>
   <si>
-    <t>2020-126</t>
-[...7 lines deleted...]
-  <si>
     <t>2018-89</t>
   </si>
   <si>
     <t>Responsiviteit ASS</t>
   </si>
   <si>
     <t>Dit project zal een overzicht opleveren van de neurocognitieve problemen en leerstijl van mensen met ASS en de invloed die dat heeft op de responsiviteit in gangbare interventies.</t>
   </si>
   <si>
-    <t>2019-100</t>
-[...1 lines deleted...]
-  <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
-    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten met ADHD</t>
-[...2 lines deleted...]
-    <t>2018-96</t>
+    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten</t>
   </si>
   <si>
     <t>Gezinsbenadering in de (forensische) zorg: een eerste verkenning</t>
   </si>
   <si>
     <t>Een handreiking voor gezinsbenadering volgens een levensloopperspectief voor hulpverleners in de BW/MO setting</t>
   </si>
   <si>
     <t>Forensische Leerlijn</t>
   </si>
   <si>
     <t>De doelstelling van de Forensische Leerlijn is het bevorderen van de deskundigheid en het vakmanschap van de professionals in het forensische zorgveld.</t>
   </si>
   <si>
     <t>Risicomanagement LVB</t>
   </si>
   <si>
-    <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. In dit KFZ‑project is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
-[...8 lines deleted...]
-    <t>Dit project richt zich op het verhelderen van de relatie tussen antisociaal gedrag en problematisch middelengebruik door het gebruik van cognitieve profielen, zodat men in de behandeling de juiste primaire focus heeft.</t>
+    <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. Binnen dit thema is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
   </si>
   <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
     <t>2014-16</t>
   </si>
   <si>
     <t>Vrouwvijandigheid bij zedendelinquenten</t>
   </si>
   <si>
     <t>Centraal stond het vast stellen en in kaart brengen van deze specifieke cognitieve vervorming bij zedendelinquenten. Er is gekeken naar een passend instrument om dit te meten en naar implicaties hiervan voor behandeling.</t>
   </si>
   <si>
     <t>Competentieset forensisch sociaal professional</t>
   </si>
   <si>
     <t>In dit project is er gekeken naar een overkoepelende competentieset voor de forensisch sociaal werker, waarbij gericht wordt gekeken naar onder andere specifieke competenties en vereist geachte vakkennis.</t>
   </si>
   <si>
-    <t>2017-67</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkeling handreiking voor de behandeling van (chronische) insomnie bij patiënten van forensische afdelingen</t>
   </si>
   <si>
     <t>Er wordt gewerkt aan de ontwikkeling van een handreiking voor cognitieve gedragstherapie voor de behandeling van chronische insomnie (CGT-I). Deze wordt specifiek ontworpen voor de doelgroep van forensisch psychiatrische patiënten.</t>
   </si>
   <si>
     <t>2014-17</t>
   </si>
   <si>
     <t>Seksuele preoccupatie bij zedendelinquenten</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar het werkende mechanisme achter seksuele preoccupatie onder zedendelinquenten. Er is gezocht naar een methode om dit correct vast te stellen, en te beïnvloeden om recidive op dit gebied te voorkomen.</t>
   </si>
   <si>
     <t>Ontwikkelingsstoornissen</t>
   </si>
   <si>
     <t>In dit inventariserende onderzoek is gekeken naar de behoeften aan verdiepend onderzoek gericht op de specifieke doelgroep van forensisch psychiatrische patiënten met een ontwikkelingsstoornis ASS en/of ADHD.</t>
   </si>
   <si>
-    <t>2016-50</t>
-[...7 lines deleted...]
-  <si>
     <t>Krachtgericht werken binnen de maatschappelijke opvang en beschermd wonen</t>
   </si>
   <si>
     <t>Binnen deze projecten is gewerkt aan het versterken van veiligheid in opvang- en zorgvoorzieningen. De projecten richten zich op hoe medewerkers en cliënten gezamenlijk kunnen bijdragen aan een veilig leef- en werkklimaat.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Binnen dit project wordt gewerkt aan de ontwikkeling van een digitaal expertsysteem, waarbij (zorg)professionals uit het gevangeniswezen ondersteuning krijgen in de besluitvorming rondom het doorbreken van het beroepsgeheim.</t>
   </si>
   <si>
     <t>De Proactieve Agressiehantering voor Opvangvoorzieningen (PAvO)</t>
   </si>
   <si>
     <t>De PAVO‑methodiek richt zich op het proactief omgaan met agressie binnen opvangvoorzieningen. Het project biedt handvatten om agressie te signaleren, te voorkomen en op een professionele manier te hanteren.</t>
   </si>
   <si>
     <t>2016-60</t>
   </si>
   <si>
     <t>Handreiking slachtofferbewust werken voor forensisch maatschappelijk werkers</t>
   </si>
   <si>
     <t>Dit project betreft de implementatie en doorontwikkeling van de handreiking: Slachtofferbewust werken voor Forensisch Maatschappelijk Werkers.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
@@ -736,62 +652,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-en-training-werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/integratie-van-seksualiteit-in-de-behandeling" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-51" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-49" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-63" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/elkaar-goed-begrijpen-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-scherpte-de-jas-die-iedereen-past" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/neuropredictie-in-de-forensische-zorg-een-kwalitatieve-analyse-van-ethische-en-juridische-dilemmas-en-co-creatie-van-handreikingen-voor-de-praktijk" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/online-gedragstraining-bij-reclasseringsclienten" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit-ass-call-2018-89" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/responsiviteit" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-leerlijn" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-61" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2016-48" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI34"/>
+  <dimension ref="A1:AI28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B34" sqref="B34"/>
+      <selection activeCell="B28" sqref="B28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -860,1281 +776,1044 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
-      <c r="A2" t="s">
+      <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Y3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
       <c r="F4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="B5" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
         <v>47</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="D6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="N6" t="s">
+        <v>37</v>
+      </c>
+      <c r="S6" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:35">
+      <c r="B7" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C6" t="s">
+      <c r="C7" t="s">
         <v>49</v>
       </c>
-      <c r="D6" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="B8" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>37</v>
+      </c>
+      <c r="S8" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH8" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="9" spans="1:35">
+      <c r="B9" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
         <v>53</v>
       </c>
-      <c r="C8" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>54</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10" t="s">
+        <v>37</v>
+      </c>
+      <c r="I10" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10" t="s">
+        <v>37</v>
+      </c>
+      <c r="X10" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="B11" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
         <v>58</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="D11" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="P11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="12" spans="1:35">
+      <c r="B12" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C12" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
-[...31 lines deleted...]
-      <c r="A11" t="s">
+      <c r="D12" t="s">
+        <v>4</v>
+      </c>
+      <c r="E12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H12" t="s">
+        <v>37</v>
+      </c>
+      <c r="I12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35">
+      <c r="B13" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C13" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
-[...74 lines deleted...]
-      </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H13" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J13" t="s">
+        <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF13" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
+        <v>63</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" t="s">
+        <v>37</v>
+      </c>
+      <c r="H14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14" t="s">
+        <v>37</v>
+      </c>
+      <c r="T14" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF14" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35">
+      <c r="B15" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>4</v>
+      </c>
+      <c r="E15" t="s">
+        <v>37</v>
+      </c>
+      <c r="G15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>37</v>
+      </c>
+      <c r="U15" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="16" spans="1:35">
+      <c r="B16" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E16" t="s">
+        <v>37</v>
+      </c>
+      <c r="H16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>37</v>
+      </c>
+      <c r="T16" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="1:35">
+      <c r="B17" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" t="s">
         <v>70</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...103 lines deleted...]
-      </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L17" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="V17" t="s">
+        <v>37</v>
       </c>
       <c r="AB17" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="B18" s="1" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="C18" t="s">
+        <v>72</v>
+      </c>
+      <c r="D18" t="s">
+        <v>4</v>
+      </c>
+      <c r="E18" t="s">
+        <v>37</v>
+      </c>
+      <c r="H18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18" t="s">
+        <v>37</v>
+      </c>
+      <c r="N18" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35">
+      <c r="B19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C19" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" t="s">
+        <v>4</v>
+      </c>
+      <c r="E19" t="s">
+        <v>37</v>
+      </c>
+      <c r="H19" t="s">
+        <v>37</v>
+      </c>
+      <c r="I19" t="s">
+        <v>37</v>
+      </c>
+      <c r="J19" t="s">
+        <v>37</v>
+      </c>
+      <c r="L19" t="s">
+        <v>37</v>
+      </c>
+      <c r="R19" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35">
+      <c r="A20" t="s">
+        <v>75</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C20" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E20" t="s">
+        <v>37</v>
+      </c>
+      <c r="H20" t="s">
+        <v>37</v>
+      </c>
+      <c r="L20" t="s">
+        <v>37</v>
+      </c>
+      <c r="W20" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35">
+      <c r="A21" t="s">
+        <v>78</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" t="s">
+        <v>4</v>
+      </c>
+      <c r="E21" t="s">
+        <v>37</v>
+      </c>
+      <c r="G21" t="s">
+        <v>37</v>
+      </c>
+      <c r="L21" t="s">
+        <v>37</v>
+      </c>
+      <c r="W21" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF21" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35">
+      <c r="B22" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C22" t="s">
         <v>82</v>
       </c>
-      <c r="D18" t="s">
-[...25 lines deleted...]
-      <c r="A19" t="s">
+      <c r="D22" t="s">
+        <v>4</v>
+      </c>
+      <c r="E22" t="s">
+        <v>37</v>
+      </c>
+      <c r="H22" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF22" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="23" spans="1:35">
+      <c r="B23" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C23" t="s">
         <v>84</v>
       </c>
-      <c r="C19" t="s">
-[...138 lines deleted...]
-      </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H23" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J23" t="s">
+        <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z23" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF23" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>85</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>97</v>
+        <v>86</v>
       </c>
       <c r="C24" t="s">
-        <v>98</v>
+        <v>87</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z24" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>37</v>
       </c>
       <c r="AF24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="B25" s="1" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="C25" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G25" t="s">
+        <v>37</v>
       </c>
       <c r="L25" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z25" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA25" t="s">
-        <v>38</v>
-[...14 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AG25" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:35">
-      <c r="A26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B26" s="1" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="C26" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I26" t="s">
+        <v>37</v>
       </c>
       <c r="L26" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE26" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:35">
-      <c r="A27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B27" s="1" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="C27" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H27" t="s">
+        <v>37</v>
+      </c>
+      <c r="I27" t="s">
+        <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA27" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE27" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="28" spans="1:35">
+      <c r="A28" t="s">
+        <v>94</v>
+      </c>
       <c r="B28" s="1" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H28" t="s">
+        <v>37</v>
+      </c>
+      <c r="I28" t="s">
+        <v>37</v>
+      </c>
+      <c r="J28" t="s">
+        <v>37</v>
       </c>
       <c r="L28" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z28" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA28" t="s">
-        <v>38</v>
-[...209 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE28" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
-    <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
-[...4 lines deleted...]
-    <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>