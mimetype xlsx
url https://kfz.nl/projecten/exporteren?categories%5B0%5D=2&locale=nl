--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -804,56 +804,56 @@
       </c>
       <c r="K4" t="s">
         <v>38</v>
       </c>
       <c r="Q4" t="s">
         <v>38</v>
       </c>
       <c r="AB4" t="s">
         <v>38</v>
       </c>
       <c r="AH4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
         <v>38</v>
       </c>
       <c r="I5" t="s">
         <v>38</v>
       </c>
       <c r="K5" t="s">
         <v>38</v>
       </c>
       <c r="Q5" t="s">
         <v>38</v>
       </c>
       <c r="Z5" t="s">
         <v>38</v>
       </c>
       <c r="AA5" t="s">
         <v>38</v>
       </c>
       <c r="AB5" t="s">
         <v>38</v>
       </c>
       <c r="AC5" t="s">
         <v>38</v>
       </c>
       <c r="AD5" t="s">
         <v>38</v>