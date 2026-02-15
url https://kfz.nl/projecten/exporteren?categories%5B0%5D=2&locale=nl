--- v1 (2025-12-26)
+++ v2 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -140,120 +140,93 @@
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2024-212</t>
   </si>
   <si>
     <t>In- en uitstroom in zorgketen forensische cliënten/patiënten met een LVB</t>
   </si>
   <si>
     <t>In kaart brengen van knelpunten en succesfactoren met betrekking tot overplaatsing en overdracht vanuit een Borginstelling naar een vervolgvoorziening, om de continuïteit in de ketenzorg te verbeteren.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2024-211</t>
   </si>
   <si>
     <t>Van locatie veranderd: een onderzoek naar overplaatsingen in de Tbs</t>
   </si>
   <si>
     <t>Het doel van het project is om zicht te krijgen op factoren die een rol spelen bij overplaatsingen in kader van behandelstagnatie zodat er mogelijk eerder geïntervenieerd kan worden in de behandeling of gezorgd kan worden dat een dergelijke overplaatsing een minder stagnerende werking op zichzelf heeft.</t>
   </si>
   <si>
-    <t>2023-172</t>
-[...7 lines deleted...]
-  <si>
     <t>2023-190</t>
   </si>
   <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
-    <t>2019-115</t>
-[...5 lines deleted...]
-    <t>In dit project worden concrete en toegankelijke informatie-uitwisselingsproducten ontwikkeld voor de BW/MO instellingen en getoetst op de toepasbaarheid in een pilot.</t>
+    <t>BW/MO cliënt op de juiste plek</t>
+  </si>
+  <si>
+    <t>Passende zorg begint met de juiste plaatsing. Deze projecten richten zich op het verbeteren van informatie‑uitwisseling tussen plaatser en woonvoorziening bij forensische cliënten.</t>
   </si>
   <si>
     <t>2019-118</t>
   </si>
   <si>
     <t>Handreiking Verlof Toetsing (VT)</t>
   </si>
   <si>
     <t>De Handreiking Verlof Toesting (VT) biedt resultaat op inhoud en proces van de verloftoetsing binnen de scope van de FPA’s in Nederland.</t>
   </si>
   <si>
-    <t>2019-119</t>
-[...7 lines deleted...]
-  <si>
     <t>2018-85</t>
   </si>
   <si>
     <t>Implementatietraject duurzame verbinding</t>
   </si>
   <si>
     <t>Relationeel werken en contact na behandeling ter voorkoming van recidive.</t>
   </si>
   <si>
-    <t>2018-79</t>
-[...14 lines deleted...]
-    <t>In dit project is gekeken naar succesfactoren en knelpunten in de samenwerking bij cliënten in de forensische opvang. Aan de hand hiervan is een handreiking ontwikkeld die professionals kunnen gebruiken als leidraad.</t>
+    <t>Mind the Gap</t>
+  </si>
+  <si>
+    <t>‘Mind the Gap’ brengt helder in kaart welke knelpunten professionals en patiënten ervaren bij de continuïteit van forensische zorg, vooral in de overgang naar vervolgvoorzieningen en re-integratie.</t>
+  </si>
+  <si>
+    <t>Samenwerking in de forensische keten</t>
+  </si>
+  <si>
+    <t>Goede samenwerking is essentieel wanneer forensische cliënten in de maatschappelijke opvang terechtkomen. Binnen dit thema is onderzocht hoe betrokken organisaties beter kunnen samenwerken rondom taken, verantwoordelijkheden en overdracht.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -559,62 +532,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-checklist-en-interviewprotocol-voor-intake" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-forensische-client-op-de-juiste-plek-naar-passende-zorg-door-een-goede-informatie-uitwisseling-tussen-plaatser-en-woonvoorziening-call-2019-115" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-voor-verlof-call-2019-118" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-voor-ontslagplanning-call-2019-119" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap-continuiteit-in-de-forensische-keten-precall-2018-79" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-56" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/in-en-uitstroom-in-zorgketen-forensische-clientenpatienten-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/bwmo-client-op-de-juiste-plek" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-voor-verlof-call-2019-118" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/mind-the-gap" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/samenwerking-in-de-forensische-keten" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI11"/>
+  <dimension ref="A1:AI9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B11" sqref="B11"/>
+      <selection activeCell="B9" sqref="B9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -769,346 +742,271 @@
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
       <c r="Q3" t="s">
         <v>38</v>
       </c>
       <c r="Z3" t="s">
         <v>38</v>
       </c>
       <c r="AE3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" t="s">
         <v>38</v>
       </c>
       <c r="I4" t="s">
         <v>38</v>
       </c>
       <c r="K4" t="s">
         <v>38</v>
       </c>
       <c r="Q4" t="s">
         <v>38</v>
       </c>
+      <c r="Z4" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>38</v>
+      </c>
       <c r="AB4" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD4" t="s">
         <v>38</v>
       </c>
       <c r="AH4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
       <c r="H5" t="s">
         <v>38</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K5" t="s">
         <v>38</v>
       </c>
       <c r="Q5" t="s">
         <v>38</v>
       </c>
-      <c r="Z5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AB5" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="AD5" t="s">
         <v>38</v>
       </c>
       <c r="AH5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
       <c r="K6" t="s">
         <v>38</v>
       </c>
-      <c r="Q6" t="s">
-[...5 lines deleted...]
-      <c r="AH6" t="s">
+      <c r="Z6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
+      <c r="I7" t="s">
+        <v>38</v>
+      </c>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
       <c r="K7" t="s">
         <v>38</v>
       </c>
       <c r="Z7" t="s">
         <v>38</v>
       </c>
       <c r="AE7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
-      <c r="A8" t="s">
+      <c r="B8" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
-      <c r="H8" t="s">
+      <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="K8" t="s">
         <v>38</v>
       </c>
+      <c r="Q8" t="s">
+        <v>38</v>
+      </c>
       <c r="Z8" t="s">
         <v>38</v>
       </c>
+      <c r="AA8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>38</v>
+      </c>
       <c r="AE8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="H9" t="s">
         <v>38</v>
       </c>
-      <c r="I9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K9" t="s">
         <v>38</v>
       </c>
-      <c r="Z9" t="s">
-[...5 lines deleted...]
-      <c r="AG9" t="s">
+      <c r="Q9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF9" t="s">
         <v>38</v>
       </c>
       <c r="AH9" t="s">
-        <v>38</v>
-[...80 lines deleted...]
-      <c r="AH11" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
-    <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
-    <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>