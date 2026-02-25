--- v0 (2026-01-07)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -146,90 +146,72 @@
   <si>
     <t>Het doel van dit project is onder andere om inzicht te krijgen in het concept klimaat zoals dit in de literatuur en in de praktijk wordt gehanteerd in verschillende werkvelden en settingen.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2024-215</t>
   </si>
   <si>
     <t>Zicht Op Agressie</t>
   </si>
   <si>
     <t>Het doel van het onderzoek is om zicht te krijgen op agressie incidenten en de opvolging hiervan. In een handreiking worden met adviezen voor de praktijk, en worden aanbevelingen gedaan m.b.t. hoe forensische teams incidentmeldingen kunnen registreren, duiden en evalueren.</t>
   </si>
   <si>
     <t>2023-206</t>
   </si>
   <si>
     <t>Ondersteuning bij cultuurverandering: een reflectiemethode voor forensische zorgprofessionals</t>
   </si>
   <si>
     <t>Vanuit de behoefte van FHIC-zorgprofessionals aan ondersteuning bij cultuurverandering, is in een verkennend onderzoek deze vorm van ethiekondersteuning omgevormd tot een reflectiemethode. Middels deze reflectiemethode voeren teams laagdrempelig een socratisch dialoog over een centrale waarde. Het doel van het project is de doorontwikkeling van de reflectiemethode, en onderzoek naar de acceptatie, geschiktheid, haalbaarheid, implementatie en de ervaren opbrengst.</t>
   </si>
   <si>
-    <t>2015-45</t>
-[...5 lines deleted...]
-    <t>Centraal staat het ontwikkelen van een forensische variant van het model High en Intensive Care (HIC) om een klinisch en forensisch vangnet voor de ambulante setting te creëren.</t>
+    <t>Forensische High &amp; Intensive Care (FHIC)</t>
+  </si>
+  <si>
+    <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
   </si>
   <si>
     <t>Sociotherapeutisch milieu</t>
   </si>
   <si>
     <t>Explorerende studie (bestaande uit twee delen) over best practice van sociotherapie en over de werkzame elementen in het creëren van een gunstig sociotherapeutisch milieu in de forensische klinische setting.</t>
   </si>
   <si>
-    <t>2016-62</t>
-[...10 lines deleted...]
-  <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
-    <t>Dit betreft een kennisdocument met aanbevelingen en handvatten voor het verbeteren van de objectieve en subjectieve kwaliteit van leven van forensisch psychiatrische patiënten. Het doel is om meer aandacht creëren voor kwaliteit van leven in de forensische context, waar de primaire focus logischerwijs op beveiliging ligt.</t>
-[...8 lines deleted...]
-    <t>In dit onderzoek is gekeken welke factoren van belang zijn in het vormgeven van een veilig behandelklimaat. Tevens is er een werkboek en een handelingsprotocol ontwikkeld over de inzet van dwang en drang binnen het krachtgericht werken.</t>
+    <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
+  </si>
+  <si>
+    <t>Krachtgericht werken binnen de maatschappelijke opvang en beschermd wonen</t>
+  </si>
+  <si>
+    <t>Binnen deze projecten is gewerkt aan het versterken van veiligheid in opvang- en zorgvoorzieningen. De projecten richten zich op hoe medewerkers en cliënten gezamenlijk kunnen bijdragen aan een veilig leef- en werkklimaat.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -535,62 +517,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-45" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-62" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-46" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-54" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/conceptualisatie-literatuuronderzoek-leef-en-leerklimaat-cllk" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ondersteuning-bij-cultuurverandering-een-reflectiemethode-voor-forensische-zorgprofessionals" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI9"/>
+  <dimension ref="A1:AI8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B9" sqref="B9"/>
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -764,267 +746,213 @@
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>37</v>
       </c>
       <c r="L4" t="s">
         <v>37</v>
       </c>
       <c r="Y4" t="s">
         <v>37</v>
       </c>
       <c r="Z4" t="s">
         <v>37</v>
       </c>
       <c r="AC4" t="s">
         <v>37</v>
       </c>
       <c r="AE4" t="s">
         <v>37</v>
       </c>
       <c r="AF4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
       </c>
       <c r="H5" t="s">
         <v>37</v>
       </c>
       <c r="I5" t="s">
         <v>37</v>
       </c>
       <c r="J5" t="s">
         <v>37</v>
       </c>
       <c r="Y5" t="s">
         <v>37</v>
       </c>
       <c r="Z5" t="s">
         <v>37</v>
       </c>
       <c r="AC5" t="s">
         <v>37</v>
       </c>
       <c r="AE5" t="s">
         <v>37</v>
       </c>
       <c r="AG5" t="s">
         <v>37</v>
       </c>
       <c r="AH5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="B6" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
       <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="I6" t="s">
         <v>37</v>
       </c>
       <c r="J6" t="s">
         <v>37</v>
       </c>
       <c r="Y6" t="s">
         <v>37</v>
       </c>
       <c r="Z6" t="s">
         <v>37</v>
       </c>
       <c r="AC6" t="s">
         <v>37</v>
       </c>
       <c r="AE6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
-      <c r="A7" t="s">
+      <c r="B7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
       <c r="I7" t="s">
         <v>37</v>
       </c>
       <c r="J7" t="s">
         <v>37</v>
       </c>
       <c r="Y7" t="s">
         <v>37</v>
       </c>
       <c r="Z7" t="s">
         <v>37</v>
       </c>
       <c r="AA7" t="s">
         <v>37</v>
       </c>
+      <c r="AB7" t="s">
+        <v>37</v>
+      </c>
       <c r="AC7" t="s">
         <v>37</v>
       </c>
+      <c r="AD7" t="s">
+        <v>37</v>
+      </c>
       <c r="AE7" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AH7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" s="1" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="H8" t="s">
         <v>37</v>
       </c>
       <c r="I8" t="s">
         <v>37</v>
       </c>
-      <c r="J8" t="s">
+      <c r="L8" t="s">
         <v>37</v>
       </c>
       <c r="Y8" t="s">
         <v>37</v>
       </c>
-      <c r="Z8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA8" t="s">
         <v>37</v>
       </c>
       <c r="AB8" t="s">
         <v>37</v>
       </c>
-      <c r="AC8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AE8" t="s">
-        <v>37</v>
-[...36 lines deleted...]
-      <c r="AE9" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
-    <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>