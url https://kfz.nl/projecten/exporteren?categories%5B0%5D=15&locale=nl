--- v0 (2025-12-26)
+++ v1 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -131,138 +131,96 @@
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2013-1</t>
   </si>
   <si>
     <t>Leefstijltraining Justitiabelen i.c.m. contingency management</t>
   </si>
   <si>
     <t>Dit betreft een protocol over de bruikbaarheid en toepasbaarheid van contingency management gecombineerd met cognitieve gedragstherapie voor middelengebruik in de ambulante forensische (verslavings)zorg.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>2022-171</t>
-[...7 lines deleted...]
-  <si>
     <t>2021-149</t>
   </si>
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
     <t>2019-101</t>
   </si>
   <si>
     <t>Implementatie interventie Alcohol en geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie direct bruikbaar is voor het Opleidingshuis 3RO.</t>
   </si>
   <si>
     <t>2019-99</t>
   </si>
   <si>
     <t>Doorontwikkeling handreiking middelencontrole voor reclasseringswerkers</t>
   </si>
   <si>
     <t>Doel van dit project is het uitwerken van de handreiking (Call 2015-21) tot een handelingsprotocol. Hierbij wordt ingezoomd op de verbinding van middelencontroles met gedragsinterventies, ambulante behandeling en toezicht.</t>
   </si>
   <si>
-    <t>2019-98</t>
-[...25 lines deleted...]
-  <si>
     <t>2018-83</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie Alcohol en Geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie voldoet aan de gestelde inhoudelijke eisen van de Erkenningscommissie Justitiële Interventies</t>
   </si>
   <si>
-    <t>2017-70</t>
-[...14 lines deleted...]
-    <t>In dit rapport wordt het verband tussen middelengebruik en criminaliteit uitgediept, specifiek voor de reclasseringscontext. Focus hierbij is de aard en sterkte van dit verband, beïnvloedende factoren en de toepasbaarheid voor de reclassering.</t>
+    <t>Seeking Safety</t>
+  </si>
+  <si>
+    <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
+  </si>
+  <si>
+    <t>Middelengebruik in reclasseringscontext</t>
+  </si>
+  <si>
+    <t>Binnen het thema middelengebruik in de reclasseringscontext wordt onderzocht hoe middelengebruik samenhangt met toezicht, begeleiding en risico’s, en wat dit betekent voor professioneel handelen.</t>
   </si>
   <si>
     <t>2013-2</t>
   </si>
   <si>
     <t>Handreiking problematisch middelengebruik klinisch</t>
   </si>
   <si>
     <t>Een richtlijn voor professionals werkzaam in de forensische klinische setting, die werken met patiënten met problematisch middelengebruik als onderdeel van hun diagnose, gericht op recidive vermindering.</t>
   </si>
   <si>
     <t>2015-21</t>
   </si>
   <si>
     <t>Protocol voor middelencontrole in reclasseringscontext</t>
   </si>
   <si>
     <t>Ontwikkeling van een handelingsprotocol om de controle op middelengebruik te professionaliseren en te standaardiseren. Deze kan ingezet worden in de ambulante setting voor cliënten met middelenproblematiek.</t>
   </si>
   <si>
     <t>2017-52</t>
   </si>
   <si>
     <t>Doorontwikkeling handelingsprotocol middelengebruik (Toolbox)</t>
   </si>
@@ -601,62 +559,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenningsaanvraag-seeking-safety-voor-mensen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-handreiking-middelencontrole-voor-reclasseringswerkers-call-2019-99" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verband-middelengebruik-en-criminaliteit-voor-de-verslavingsreclassering-call-2019-98" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven-en-middelengebruik-in-de-forensische-zorg-call-2018-92" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handelingsprotocol-voor-het-verbeteren-van-de-kwaliteit-van-leven-van-patienten-in-de-forensische-psychiatrie-call-2018-90" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-70" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-20" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-2" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-9" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-handreiking-middelencontrole-voor-reclasseringswerkers-call-2019-99" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/middelengebruik-in-reclasseringscontext" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-2" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-21" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI16"/>
+  <dimension ref="A1:AI12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B16" sqref="B16"/>
+      <selection activeCell="B12" sqref="B12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -775,526 +733,385 @@
         <v>38</v>
       </c>
       <c r="AF2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>38</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
-      <c r="P3" t="s">
-[...5 lines deleted...]
-      <c r="W3" t="s">
+      <c r="I3" t="s">
+        <v>38</v>
+      </c>
+      <c r="J3" t="s">
+        <v>38</v>
+      </c>
+      <c r="L3" t="s">
         <v>38</v>
       </c>
       <c r="X3" t="s">
         <v>38</v>
       </c>
       <c r="Z3" t="s">
         <v>38</v>
       </c>
       <c r="AA3" t="s">
         <v>38</v>
       </c>
       <c r="AF3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
       <c r="H4" t="s">
         <v>38</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
         <v>38</v>
       </c>
-      <c r="L4" t="s">
+      <c r="P4" t="s">
         <v>38</v>
       </c>
       <c r="X4" t="s">
         <v>38</v>
       </c>
-      <c r="Z4" t="s">
-[...2 lines deleted...]
-      <c r="AA4" t="s">
+      <c r="AD4" t="s">
         <v>38</v>
       </c>
       <c r="AF4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
         <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
       <c r="H5" t="s">
         <v>38</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="P5" t="s">
+      <c r="S5" t="s">
         <v>38</v>
       </c>
       <c r="X5" t="s">
         <v>38</v>
       </c>
       <c r="AD5" t="s">
         <v>38</v>
       </c>
       <c r="AF5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
         <v>48</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="S6" t="s">
+      <c r="J6" t="s">
+        <v>38</v>
+      </c>
+      <c r="P6" t="s">
         <v>38</v>
       </c>
       <c r="X6" t="s">
         <v>38</v>
       </c>
       <c r="AD6" t="s">
         <v>38</v>
       </c>
       <c r="AF6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
-      <c r="A7" t="s">
+      <c r="B7" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+      <c r="P7" t="s">
+        <v>38</v>
+      </c>
+      <c r="R7" t="s">
+        <v>38</v>
+      </c>
       <c r="X7" t="s">
         <v>38</v>
       </c>
-      <c r="AD7" t="s">
+      <c r="Z7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE7" t="s">
         <v>38</v>
       </c>
       <c r="AF7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
-      <c r="A8" t="s">
+      <c r="B8" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="H8" t="s">
         <v>38</v>
       </c>
       <c r="X8" t="s">
         <v>38</v>
       </c>
-      <c r="Z8" t="s">
-[...2 lines deleted...]
-      <c r="AE8" t="s">
+      <c r="AA8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
         <v>57</v>
-      </c>
-[...4 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="H9" t="s">
         <v>38</v>
       </c>
       <c r="X9" t="s">
         <v>38</v>
       </c>
       <c r="Z9" t="s">
         <v>38</v>
       </c>
-      <c r="AA9" t="s">
-[...2 lines deleted...]
-      <c r="AE9" t="s">
+      <c r="AF9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="H10" t="s">
         <v>38</v>
       </c>
-      <c r="J10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="X10" t="s">
         <v>38</v>
       </c>
+      <c r="AA10" t="s">
+        <v>38</v>
+      </c>
       <c r="AD10" t="s">
         <v>38</v>
       </c>
-      <c r="AF10" t="s">
+      <c r="AE10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="H11" t="s">
         <v>38</v>
       </c>
       <c r="J11" t="s">
         <v>38</v>
       </c>
-      <c r="P11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="X11" t="s">
         <v>38</v>
       </c>
       <c r="Z11" t="s">
         <v>38</v>
       </c>
       <c r="AA11" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AE11" t="s">
         <v>38</v>
       </c>
       <c r="AF11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
-      <c r="A12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B12" s="1" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C12" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="H12" t="s">
         <v>38</v>
       </c>
+      <c r="J12" t="s">
+        <v>38</v>
+      </c>
+      <c r="M12" t="s">
+        <v>38</v>
+      </c>
       <c r="X12" t="s">
         <v>38</v>
       </c>
       <c r="AA12" t="s">
         <v>38</v>
       </c>
-      <c r="AD12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF12" t="s">
-        <v>38</v>
-[...126 lines deleted...]
-      <c r="AF16" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
-    <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
-[...2 lines deleted...]
-    <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>