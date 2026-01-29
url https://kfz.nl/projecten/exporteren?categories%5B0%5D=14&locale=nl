--- v0 (2025-10-26)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,240 +119,192 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2023-208</t>
-[...5 lines deleted...]
-    <t>Doel van dit project is (meer) kennis over prevalentie, aard, ernst, en etiologie van NAH en geassocieerd neurocognitief functioneren binnen de forensisch-psychiatrische populatie verkrijgen.</t>
+    <t>2022-186</t>
+  </si>
+  <si>
+    <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
+  </si>
+  <si>
+    <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>2022-171</t>
-[...16 lines deleted...]
-  <si>
     <t>2020-148</t>
   </si>
   <si>
     <t>Virtual Reality oefen-omgeving voor zedenplegers gericht op kinderen</t>
   </si>
   <si>
     <t>Het doel van dit project is om te onderzoeken of een VR-oefen-omgeving een nuttige aanvulling is op de huidige behandeling van daders van seksueel kindermisbruik binnen FPC’s.</t>
   </si>
   <si>
     <t>2019-107</t>
   </si>
   <si>
     <t>Doorontwikkeling Justitiële Interventie BORG</t>
   </si>
   <si>
     <t>Het doel van dit project is om het BORG-programma te verbeteren en te versterken.</t>
   </si>
   <si>
-    <t>2019-102</t>
-[...23 lines deleted...]
-    <t>Er wordt met dit onderzoek onderzocht of het gebruik van biofeedback met de GRIP-app en een hartslagmeter (Polar H7 borstband) leidt tot een grotere afname van huiselijk geweld.</t>
+    <t>Niet-aangeboren hersenletsel (NAH)</t>
+  </si>
+  <si>
+    <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
     <t>2017-69</t>
   </si>
   <si>
     <t>Implementatie van de behandeling van brandstichters</t>
   </si>
   <si>
     <t>Dit project betreft de implementatiestudie van het behandelprotocol voor de behandeling van (subtypen) brandstichters in de forensische ggz.</t>
   </si>
   <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
     <t>2014-16</t>
   </si>
   <si>
     <t>Vrouwvijandigheid bij zedendelinquenten</t>
   </si>
   <si>
     <t>Centraal stond het vast stellen en in kaart brengen van deze specifieke cognitieve vervorming bij zedendelinquenten. Er is gekeken naar een passend instrument om dit te meten en naar implicaties hiervan voor behandeling.</t>
   </si>
   <si>
     <t>2014-18</t>
   </si>
   <si>
     <t>Cognitieve vervormingen bij zedendelinquenten</t>
   </si>
   <si>
     <t>Hier staat (neuro-)cognitief onderzoek onder zedendelinquenten centraal. Door het meten van cognitieve vervormingen bij zedendelinquenten te verbeteren, kan de behandeling hiervan aangescherpt en verbeterd worden.</t>
   </si>
   <si>
     <t>2014-23</t>
   </si>
   <si>
     <t>Subgroepen brandstichters</t>
   </si>
   <si>
     <t>De dadergroep brandstichters kan in verschillende subtypen worden onderscheiden. Die subtypen beïnvloeden de opsporingsrelevante kenmerken voor politie maar zijn ook van invloed op behandeling van deze groep forensische patiënten.</t>
   </si>
   <si>
-    <t>2014-27</t>
-[...1 lines deleted...]
-  <si>
     <t>Blended module voor relationeel geweld</t>
   </si>
   <si>
     <t>Een online module gericht op het verkrijgen van praktisch inzicht in en het voorkomen van geweld in relaties. De module kan flexibel ingezet worden in het geheel van de forensische behandeling.</t>
   </si>
   <si>
     <t>2014-28</t>
   </si>
   <si>
     <t>E-health psycho-educatie</t>
   </si>
   <si>
     <t>In dit project zijn psycho-educatie modules opgesteld die voor verschillende patiëntgroepen in de (ambulante) forensische zorg te gebruiken zijn. Focus is geven van inzicht in de specifieke stoornis en bespreken van behandelmogelijkheden.</t>
   </si>
   <si>
-    <t>2015-43</t>
-[...1 lines deleted...]
-  <si>
     <t>Behandeling van seksueel grensoverschrijdend gedrag bij cliënten met een LVB</t>
   </si>
   <si>
     <t>Deze behandelinterventie is gericht op de dynamische criminogene factoren die van invloed zijn op seksueel grensoverschrijdend gedrag bij cliënten met een LVB, met als doel dit gedrag te reduceren en in de toekomst te voorkomen.</t>
   </si>
   <si>
     <t>2017-67</t>
   </si>
   <si>
     <t>Ontwikkeling handreiking voor de behandeling van (chronische) insomnie bij patiënten van forensische afdelingen</t>
   </si>
   <si>
     <t>Er wordt gewerkt aan de ontwikkeling van een handreiking voor cognitieve gedragstherapie voor de behandeling van chronische insomnie (CGT-I). Deze wordt specifiek ontworpen voor de doelgroep van forensisch psychiatrische patiënten.</t>
   </si>
   <si>
     <t>2013-7</t>
   </si>
   <si>
     <t>Zedendelinquenten onderscheiden</t>
   </si>
   <si>
     <t>Binnen dit project is gekeken naar onderscheidende factoren tussen verschillende soorten daders binnen de groep van zedendelinquenten. Op basis hiervan zijn drie vervolgcalls uitgezet ter verdieping van deze eerste conclusies.</t>
   </si>
   <si>
     <t>2016-6</t>
   </si>
   <si>
     <t>Handelingsprotocol zorgprogramma psychotische stoornissen (Call 2016-6B)</t>
   </si>
   <si>
     <t>Deze studie betreft een verdieping en vertaalslag naar implementatie in de praktijk, van het zorgprogramma psychotische stoornissen dat in 2015 binnen het EFP is afgerond.</t>
   </si>
   <si>
     <t>2014-17</t>
   </si>
   <si>
     <t>Seksuele preoccupatie bij zedendelinquenten</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar het werkende mechanisme achter seksuele preoccupatie onder zedendelinquenten. Er is gezocht naar een methode om dit correct vast te stellen, en te beïnvloeden om recidive op dit gebied te voorkomen.</t>
   </si>
   <si>
-    <t>2017-66</t>
-[...5 lines deleted...]
-    <t>Er is een literatuurstudie gedaan om te achterhalen wat er tot nu toe bekend is over eventuele psychopathologie van partners van plegers van relationeel geweld, en welke mogelijke gevolgen dit kan hebben voor behandeling.</t>
+    <t>Partnergeweld</t>
+  </si>
+  <si>
+    <t>Binnen dit thema staat partnergeweld centraal. Het onderzoek richt zich op het vergroten van inzicht in aard, aanpak en preventie van partnergeweld binnen de forensische context.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -658,62 +610,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/hoofdzaken-niet-aangeboren-hersenletsel-bij-forensisch-psychiatrische-patienten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenningsaanvraag-seeking-safety-voor-mensen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-borg-call-2019-107" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/prevalentie-en-effectieve-behandeling-van-nah-in-de-forensische-populatie-call-2019-102" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld-problematiek-in-beeld-2019-109" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-66" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-borg-call-2019-107" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI22"/>
+  <dimension ref="A1:AI18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B22" sqref="B22"/>
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -792,812 +744,647 @@
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F2" t="s">
+        <v>4</v>
+      </c>
+      <c r="E2" t="s">
         <v>38</v>
       </c>
       <c r="G2" t="s">
         <v>38</v>
       </c>
+      <c r="I2" t="s">
+        <v>38</v>
+      </c>
       <c r="J2" t="s">
         <v>38</v>
       </c>
-      <c r="U2" t="s">
+      <c r="L2" t="s">
         <v>38</v>
       </c>
       <c r="W2" t="s">
         <v>38</v>
       </c>
       <c r="Z2" t="s">
         <v>38</v>
       </c>
-      <c r="AC2" t="s">
-[...2 lines deleted...]
-      <c r="AF2" t="s">
+      <c r="AA2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>40</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>38</v>
       </c>
-      <c r="H3" t="s">
-[...5 lines deleted...]
-      <c r="R3" t="s">
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="J3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
         <v>38</v>
       </c>
       <c r="W3" t="s">
         <v>38</v>
       </c>
-      <c r="X3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z3" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AA3" t="s">
         <v>38</v>
       </c>
       <c r="AF3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>38</v>
       </c>
-      <c r="I4" t="s">
-[...5 lines deleted...]
-      <c r="L4" t="s">
+      <c r="P4" t="s">
         <v>38</v>
       </c>
       <c r="W4" t="s">
         <v>38</v>
       </c>
-      <c r="Z4" t="s">
-[...2 lines deleted...]
-      <c r="AA4" t="s">
+      <c r="AD4" t="s">
         <v>38</v>
       </c>
       <c r="AE4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>38</v>
       </c>
       <c r="J5" t="s">
         <v>38</v>
       </c>
-      <c r="N5" t="s">
+      <c r="U5" t="s">
         <v>38</v>
       </c>
       <c r="W5" t="s">
         <v>38</v>
       </c>
       <c r="Z5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC5" t="s">
         <v>38</v>
       </c>
       <c r="AF5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>49</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="G6" t="s">
-[...2 lines deleted...]
-      <c r="P6" t="s">
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+      <c r="J6" t="s">
         <v>38</v>
       </c>
       <c r="W6" t="s">
         <v>38</v>
       </c>
-      <c r="AD6" t="s">
+      <c r="Z6" t="s">
         <v>38</v>
       </c>
       <c r="AE6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>52</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
-      <c r="J7" t="s">
-[...2 lines deleted...]
-      <c r="U7" t="s">
+      <c r="L7" t="s">
         <v>38</v>
       </c>
       <c r="W7" t="s">
         <v>38</v>
       </c>
       <c r="Z7" t="s">
         <v>38</v>
       </c>
       <c r="AA7" t="s">
         <v>38</v>
       </c>
       <c r="AC7" t="s">
         <v>38</v>
       </c>
-      <c r="AF7" t="s">
+      <c r="AE7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>55</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
-      <c r="V8" t="s">
+      <c r="L8" t="s">
         <v>38</v>
       </c>
       <c r="W8" t="s">
         <v>38</v>
       </c>
-      <c r="AA8" t="s">
-[...2 lines deleted...]
-      <c r="AE8" t="s">
+      <c r="Z8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" t="s">
         <v>58</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="G9" t="s">
         <v>38</v>
       </c>
-      <c r="N9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W9" t="s">
         <v>38</v>
       </c>
       <c r="Z9" t="s">
         <v>38</v>
       </c>
       <c r="AA9" t="s">
         <v>38</v>
       </c>
-      <c r="AD9" t="s">
+      <c r="AC9" t="s">
         <v>38</v>
       </c>
       <c r="AF9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" t="s">
         <v>61</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="G10" t="s">
+        <v>38</v>
+      </c>
+      <c r="W10" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="B11" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="D10" t="s">
-[...22 lines deleted...]
-      <c r="A11" t="s">
+      <c r="C11" t="s">
         <v>63</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="H11" t="s">
         <v>38</v>
       </c>
-      <c r="L11" t="s">
+      <c r="J11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="P11" t="s">
         <v>38</v>
       </c>
       <c r="W11" t="s">
         <v>38</v>
       </c>
-      <c r="Z11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA11" t="s">
         <v>38</v>
       </c>
-      <c r="AC11" t="s">
-[...2 lines deleted...]
-      <c r="AE11" t="s">
+      <c r="AF11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
         <v>66</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" t="s">
+        <v>4</v>
+      </c>
+      <c r="E12" t="s">
+        <v>38</v>
+      </c>
+      <c r="H12" t="s">
+        <v>38</v>
+      </c>
+      <c r="J12" t="s">
+        <v>38</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="W12" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35">
+      <c r="B13" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C12" t="s">
+      <c r="C13" t="s">
         <v>68</v>
       </c>
-      <c r="D12" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
-      <c r="G13" t="s">
+      <c r="H13" t="s">
+        <v>38</v>
+      </c>
+      <c r="I13" t="s">
+        <v>38</v>
+      </c>
+      <c r="J13" t="s">
+        <v>38</v>
+      </c>
+      <c r="R13" t="s">
         <v>38</v>
       </c>
       <c r="W13" t="s">
         <v>38</v>
       </c>
-      <c r="Z13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA13" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AC13" t="s">
         <v>38</v>
       </c>
       <c r="AF13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
-      <c r="G14" t="s">
+      <c r="H14" t="s">
+        <v>38</v>
+      </c>
+      <c r="J14" t="s">
+        <v>38</v>
+      </c>
+      <c r="L14" t="s">
         <v>38</v>
       </c>
       <c r="W14" t="s">
         <v>38</v>
       </c>
       <c r="Z14" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AA14" t="s">
         <v>38</v>
       </c>
       <c r="AF14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="H15" t="s">
-[...8 lines deleted...]
-      <c r="P15" t="s">
+      <c r="G15" t="s">
         <v>38</v>
       </c>
       <c r="W15" t="s">
         <v>38</v>
       </c>
+      <c r="Z15" t="s">
+        <v>38</v>
+      </c>
       <c r="AA15" t="s">
         <v>38</v>
       </c>
-      <c r="AF15" t="s">
+      <c r="AD15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C16" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="H16" t="s">
         <v>38</v>
       </c>
+      <c r="I16" t="s">
+        <v>38</v>
+      </c>
       <c r="J16" t="s">
         <v>38</v>
       </c>
-      <c r="N16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W16" t="s">
         <v>38</v>
       </c>
-      <c r="AA16" t="s">
+      <c r="Z16" t="s">
         <v>38</v>
       </c>
       <c r="AF16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
+        <v>78</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C17" t="s">
+        <v>80</v>
+      </c>
+      <c r="D17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="G17" t="s">
+        <v>38</v>
+      </c>
+      <c r="L17" t="s">
+        <v>38</v>
+      </c>
+      <c r="W17" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35">
+      <c r="B18" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C18" t="s">
         <v>82</v>
       </c>
-      <c r="C17" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
-      <c r="H18" t="s">
-[...5 lines deleted...]
-      <c r="L18" t="s">
+      <c r="G18" t="s">
         <v>38</v>
       </c>
       <c r="W18" t="s">
         <v>38</v>
       </c>
-      <c r="Z18" t="s">
-[...139 lines deleted...]
-      <c r="AE22" t="s">
+      <c r="AA18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE18" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
-    <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
-[...2 lines deleted...]
-    <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>