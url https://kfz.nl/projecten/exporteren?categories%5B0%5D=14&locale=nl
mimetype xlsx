--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,80 +119,65 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2022-186</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>2020-148</t>
-[...1 lines deleted...]
-  <si>
     <t>Virtual Reality oefen-omgeving voor zedenplegers gericht op kinderen</t>
   </si>
   <si>
     <t>Het doel van dit project is om te onderzoeken of een VR-oefen-omgeving een nuttige aanvulling is op de huidige behandeling van daders van seksueel kindermisbruik binnen FPC’s.</t>
   </si>
   <si>
-    <t>2019-107</t>
-[...7 lines deleted...]
-  <si>
     <t>Niet-aangeboren hersenletsel (NAH)</t>
   </si>
   <si>
     <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
     <t>2017-69</t>
   </si>
   <si>
     <t>Implementatie van de behandeling van brandstichters</t>
   </si>
   <si>
     <t>Dit project betreft de implementatiestudie van het behandelprotocol voor de behandeling van (subtypen) brandstichters in de forensische ggz.</t>
   </si>
   <si>
     <t>2013-12</t>
   </si>
   <si>
     <t>Diagnose en delictgevaar bij volwassenen met ASS</t>
   </si>
   <si>
     <t>In dit handelingsprotocol staan de specifieke risicofactoren en risicomanagement voor patiënten met een ASS centraal, met praktische handvatten voor de dagelijkse toepassing hiervan in behandeling en risicomanagement.</t>
   </si>
   <si>
     <t>2014-16</t>
@@ -219,53 +204,50 @@
     <t>Subgroepen brandstichters</t>
   </si>
   <si>
     <t>De dadergroep brandstichters kan in verschillende subtypen worden onderscheiden. Die subtypen beïnvloeden de opsporingsrelevante kenmerken voor politie maar zijn ook van invloed op behandeling van deze groep forensische patiënten.</t>
   </si>
   <si>
     <t>Blended module voor relationeel geweld</t>
   </si>
   <si>
     <t>Een online module gericht op het verkrijgen van praktisch inzicht in en het voorkomen van geweld in relaties. De module kan flexibel ingezet worden in het geheel van de forensische behandeling.</t>
   </si>
   <si>
     <t>2014-28</t>
   </si>
   <si>
     <t>E-health psycho-educatie</t>
   </si>
   <si>
     <t>In dit project zijn psycho-educatie modules opgesteld die voor verschillende patiëntgroepen in de (ambulante) forensische zorg te gebruiken zijn. Focus is geven van inzicht in de specifieke stoornis en bespreken van behandelmogelijkheden.</t>
   </si>
   <si>
     <t>Behandeling van seksueel grensoverschrijdend gedrag bij cliënten met een LVB</t>
   </si>
   <si>
     <t>Deze behandelinterventie is gericht op de dynamische criminogene factoren die van invloed zijn op seksueel grensoverschrijdend gedrag bij cliënten met een LVB, met als doel dit gedrag te reduceren en in de toekomst te voorkomen.</t>
-  </si>
-[...1 lines deleted...]
-    <t>2017-67</t>
   </si>
   <si>
     <t>Ontwikkeling handreiking voor de behandeling van (chronische) insomnie bij patiënten van forensische afdelingen</t>
   </si>
   <si>
     <t>Er wordt gewerkt aan de ontwikkeling van een handreiking voor cognitieve gedragstherapie voor de behandeling van chronische insomnie (CGT-I). Deze wordt specifiek ontworpen voor de doelgroep van forensisch psychiatrische patiënten.</t>
   </si>
   <si>
     <t>2013-7</t>
   </si>
   <si>
     <t>Zedendelinquenten onderscheiden</t>
   </si>
   <si>
     <t>Binnen dit project is gekeken naar onderscheidende factoren tussen verschillende soorten daders binnen de groep van zedendelinquenten. Op basis hiervan zijn drie vervolgcalls uitgezet ter verdieping van deze eerste conclusies.</t>
   </si>
   <si>
     <t>2016-6</t>
   </si>
   <si>
     <t>Handelingsprotocol zorgprogramma psychotische stoornissen (Call 2016-6B)</t>
   </si>
   <si>
     <t>Deze studie betreft een verdieping en vertaalslag naar implementatie in de praktijk, van het zorgprogramma psychotische stoornissen dat in 2015 binnen het EFP is afgerond.</t>
   </si>
@@ -610,62 +592,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-justitiele-interventie-borg-call-2019-107" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-12" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-16" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-18" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-23" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-7" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-17" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI18"/>
+  <dimension ref="A1:AI17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B18" sqref="B18"/>
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -734,657 +716,615 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
-      <c r="A2" t="s">
+      <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" t="s">
         <v>36</v>
       </c>
-      <c r="C2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I2" t="s">
+        <v>37</v>
+      </c>
+      <c r="J2" t="s">
+        <v>37</v>
+      </c>
+      <c r="L2" t="s">
+        <v>37</v>
+      </c>
+      <c r="W2" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3" spans="1:35">
+      <c r="B3" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="G2" t="s">
-[...25 lines deleted...]
-      <c r="A3" t="s">
+      <c r="C3" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="D3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>37</v>
+      </c>
+      <c r="W3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:35">
+      <c r="B4" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C3" t="s">
+      <c r="C4" t="s">
         <v>41</v>
       </c>
-      <c r="D3" t="s">
-[...25 lines deleted...]
-      <c r="A4" t="s">
+      <c r="D4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="J4" t="s">
+        <v>37</v>
+      </c>
+      <c r="U4" t="s">
+        <v>37</v>
+      </c>
+      <c r="W4" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5" spans="1:35">
+      <c r="A5" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="B5" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
+      <c r="C5" t="s">
         <v>44</v>
       </c>
-      <c r="D4" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z5" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
         <v>47</v>
       </c>
-      <c r="B6" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
       </c>
       <c r="W6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z6" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>37</v>
       </c>
       <c r="AE6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
         <v>50</v>
       </c>
-      <c r="B7" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G7" t="s">
+        <v>37</v>
       </c>
       <c r="L7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z7" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z8" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>37</v>
       </c>
       <c r="AF8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" t="s">
         <v>56</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="D9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" t="s">
+        <v>37</v>
+      </c>
+      <c r="W9" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF9" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
+      <c r="B10" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C9" t="s">
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="D9" t="s">
-[...25 lines deleted...]
-      <c r="A10" t="s">
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10" t="s">
+        <v>37</v>
+      </c>
+      <c r="J10" t="s">
+        <v>37</v>
+      </c>
+      <c r="N10" t="s">
+        <v>37</v>
+      </c>
+      <c r="P10" t="s">
+        <v>37</v>
+      </c>
+      <c r="W10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="A11" t="s">
         <v>59</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="B11" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="D10" t="s">
-[...22 lines deleted...]
-      <c r="B11" s="1" t="s">
+      <c r="D11" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" t="s">
+        <v>37</v>
+      </c>
+      <c r="N11" t="s">
+        <v>37</v>
+      </c>
+      <c r="W11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="12" spans="1:35">
+      <c r="B12" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="C12" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H12" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="I12" t="s">
+        <v>37</v>
       </c>
       <c r="J12" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="R12" t="s">
+        <v>37</v>
       </c>
       <c r="W12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="B13" s="1" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C13" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H13" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J13" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>37</v>
       </c>
       <c r="W13" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>37</v>
       </c>
       <c r="AF13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G14" t="s">
+        <v>37</v>
       </c>
       <c r="W14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z14" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C15" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H15" t="s">
+        <v>37</v>
+      </c>
+      <c r="I15" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" t="s">
+        <v>37</v>
       </c>
       <c r="W15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z15" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E16" t="s">
+        <v>37</v>
+      </c>
+      <c r="G16" t="s">
+        <v>37</v>
+      </c>
+      <c r="L16" t="s">
+        <v>37</v>
+      </c>
+      <c r="W16" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17" spans="1:35">
+      <c r="B17" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C17" t="s">
         <v>76</v>
       </c>
-      <c r="C16" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G17" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W17" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA17" t="s">
-        <v>38</v>
-[...31 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
-    <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>