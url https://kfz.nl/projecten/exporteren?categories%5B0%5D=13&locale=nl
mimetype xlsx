--- v0 (2025-10-30)
+++ v1 (2025-12-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -171,53 +171,50 @@
     <t>In deze pre-call zal de behoeften en ervaringen van naasten, cliënten en behandelaars geïnventariseerd worden op het gebied van betrekken van naasten in de forensische zorg.</t>
   </si>
   <si>
     <t>2018-96</t>
   </si>
   <si>
     <t>Gezinsbenadering in de (forensische) zorg: een eerste verkenning</t>
   </si>
   <si>
     <t>Een handreiking voor gezinsbenadering volgens een levensloopperspectief voor hulpverleners in de BW/MO setting</t>
   </si>
   <si>
     <t>2019-109</t>
   </si>
   <si>
     <t>Psychopathologie bij partnergeweld in beeld</t>
   </si>
   <si>
     <t>Identificeren van suptypes van partners van partnergeweld.</t>
   </si>
   <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
-  </si>
-[...1 lines deleted...]
-    <t>2014-24</t>
   </si>
   <si>
     <t>Netwerkactivatie tijdens de behandeling</t>
   </si>
   <si>
     <t>In dit project wordt gekeken in hoeverre netwerkleden van forensische patiënten betrokken kunnen worden in de behandeling en resocialisatie van de patiënt, door hen de k-indicatoren te laten scoren.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -857,58 +854,55 @@
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>38</v>
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="V7" t="s">
         <v>38</v>
       </c>
       <c r="Z7" t="s">
         <v>38</v>
       </c>
       <c r="AA7" t="s">
         <v>38</v>
       </c>
       <c r="AD7" t="s">
         <v>38</v>
       </c>
       <c r="AE7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
-      <c r="A8" t="s">
+      <c r="B8" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="V8" t="s">
         <v>38</v>
       </c>
       <c r="Z8" t="s">
         <v>38</v>
       </c>
       <c r="AE8" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>