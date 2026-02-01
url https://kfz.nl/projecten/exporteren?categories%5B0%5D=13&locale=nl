--- v1 (2025-12-17)
+++ v2 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -156,59 +156,50 @@
     <t>2020-125</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling "Goed Ernaast"</t>
   </si>
   <si>
     <t>Op welk niveau bevindt het KFZ product "Goed ernaast" zich nu en wat is er nodig voor een doorontwikkeling?</t>
   </si>
   <si>
     <t>2018-78</t>
   </si>
   <si>
     <t>Behoefteninventarisatie betrekken familie en andere naasten bij de forensische zorg</t>
   </si>
   <si>
     <t>In deze pre-call zal de behoeften en ervaringen van naasten, cliënten en behandelaars geïnventariseerd worden op het gebied van betrekken van naasten in de forensische zorg.</t>
   </si>
   <si>
     <t>2018-96</t>
   </si>
   <si>
     <t>Gezinsbenadering in de (forensische) zorg: een eerste verkenning</t>
   </si>
   <si>
     <t>Een handreiking voor gezinsbenadering volgens een levensloopperspectief voor hulpverleners in de BW/MO setting</t>
-  </si>
-[...7 lines deleted...]
-    <t>Identificeren van suptypes van partners van partnergeweld.</t>
   </si>
   <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
   </si>
   <si>
     <t>Netwerkactivatie tijdens de behandeling</t>
   </si>
   <si>
     <t>In dit project wordt gekeken in hoeverre netwerkleden van forensische patiënten betrokken kunnen worden in de behandeling en resocialisatie van de patiënt, door hen de k-indicatoren te laten scoren.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -526,62 +517,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/partnergeweld-problematiek-in-beeld-2019-109" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-24" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-24" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI8"/>
+  <dimension ref="A1:AI7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B8" sqref="B8"/>
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -787,151 +778,118 @@
         <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
       <c r="G5" t="s">
         <v>38</v>
       </c>
       <c r="L5" t="s">
         <v>38</v>
       </c>
       <c r="V5" t="s">
         <v>38</v>
       </c>
       <c r="AB5" t="s">
         <v>38</v>
       </c>
       <c r="AE5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
-      <c r="A6" t="s">
+      <c r="B6" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="G6" t="s">
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
         <v>38</v>
       </c>
       <c r="V6" t="s">
         <v>38</v>
       </c>
-      <c r="W6" t="s">
+      <c r="Z6" t="s">
         <v>38</v>
       </c>
       <c r="AA6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD6" t="s">
         <v>38</v>
       </c>
       <c r="AE6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="B7" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
-      <c r="H7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="V7" t="s">
         <v>38</v>
       </c>
       <c r="Z7" t="s">
         <v>38</v>
       </c>
-      <c r="AA7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AE7" t="s">
-        <v>38</v>
-[...24 lines deleted...]
-      <c r="AE8" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
-    <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>