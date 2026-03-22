--- v2 (2026-02-01)
+++ v3 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,99 +119,84 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2023-201</t>
-[...1 lines deleted...]
-  <si>
     <t>Succesvol samenwerken met vrijwilligers in de BW/MO</t>
   </si>
   <si>
     <t>Hoe werk je succesvol samen met vrijwilligers in het beschermd wonen en de maatschappelijke opvang? Hoe kan dit het beste georganiseerd worden? En wat is de meerwaarde? Op deze vragen geeft dit project een antwoord.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2020-125</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling "Goed Ernaast"</t>
   </si>
   <si>
     <t>Op welk niveau bevindt het KFZ product "Goed ernaast" zich nu en wat is er nodig voor een doorontwikkeling?</t>
   </si>
   <si>
-    <t>2018-78</t>
-[...1 lines deleted...]
-  <si>
     <t>Behoefteninventarisatie betrekken familie en andere naasten bij de forensische zorg</t>
   </si>
   <si>
     <t>In deze pre-call zal de behoeften en ervaringen van naasten, cliënten en behandelaars geïnventariseerd worden op het gebied van betrekken van naasten in de forensische zorg.</t>
   </si>
   <si>
-    <t>2018-96</t>
-[...1 lines deleted...]
-  <si>
     <t>Gezinsbenadering in de (forensische) zorg: een eerste verkenning</t>
   </si>
   <si>
     <t>Een handreiking voor gezinsbenadering volgens een levensloopperspectief voor hulpverleners in de BW/MO setting</t>
   </si>
   <si>
     <t>Goed ernaast</t>
   </si>
   <si>
     <t>In deze e-module wordt ondersteuning geboden aan naasten van cliënten/patiënten die in de forensische psychiatrie in behandeling zijn. De module kan zorgen voor een gevoel van steun en begrip voor de situatie.</t>
-  </si>
-[...4 lines deleted...]
-    <t>In dit project wordt gekeken in hoeverre netwerkleden van forensische patiënten betrokken kunnen worden in de behandeling en resocialisatie van de patiënt, door hen de k-indicatoren te laten scoren.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -517,62 +502,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-24" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-goed-ernaast-2020-125" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behoefteninventarisatie-betrekken-familie-en-andere-naasten-bij-de-forensische-zorg-pre-call-2018-78" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezinsbenadering-vanuit-een-levensloopperspectief-in-de-bwmo-call-2018-96" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/goed-ernaast" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI7"/>
+  <dimension ref="A1:AI6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B7" sqref="B7"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -641,255 +626,219 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
-      <c r="A2" t="s">
+      <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>4</v>
       </c>
       <c r="E2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="V2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="V3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="V4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE4" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" s="1" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="V5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE5" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="B6" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="V6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD6" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE6" t="s">
-        <v>38</v>
-[...25 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
-    <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>