--- v0 (2025-10-25)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -134,210 +134,141 @@
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2022-185</t>
   </si>
   <si>
     <t>Doorontwikkeling Delictanalyseproducten</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>Het BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
-    <t>2023-208</t>
-[...25 lines deleted...]
-  <si>
     <t>2019-100</t>
   </si>
   <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
     <t>2017-59</t>
   </si>
   <si>
     <t>STiP 5.1</t>
   </si>
   <si>
     <t>Dit project onderzoekt de inzetbaarheid van het instrument STiP 5.1 (uit de reguliere GGZ) voor het meten van behandelvoortgang bij forensische patiënten met een persoonlijkheidsstoornis.</t>
   </si>
   <si>
-    <t>2019-102</t>
-[...14 lines deleted...]
-    <t>De module ‘delictanalyse’ is in zijn uitgebreide vorm niet in alle settingen even bruikbaar. Daarom is er een handleiding voor een verkorte delictanalyse (VDA) ontwikkeld, om zo inzicht te krijgen in de delictfactoren van de deelnemer.</t>
+    <t>Niet-aangeboren hersenletsel (NAH)</t>
+  </si>
+  <si>
+    <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
     <t>2017-71</t>
   </si>
   <si>
     <t>Het ontwikkelen van de DROS 2.0</t>
   </si>
   <si>
     <t>In dit project wordt het instrument de DROS (Dynamic Risk Outcome Scales) herzien en gevalideerd, zodat het in de toekomst onderbouwd zowel als ROM-instrument als risicotaxatie-instrument ingezet kan worden.</t>
   </si>
   <si>
     <t>2014-34</t>
   </si>
   <si>
     <t>Behandelvoortgang persoonlijkheids stoornissen</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een persoonlijkheidsstoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
     <t>2014-35</t>
   </si>
   <si>
     <t>Behandelvoortgang seksuele stoornissen (Call 2014-35)</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een seksuele stoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
-    <t>2014-36</t>
-[...1 lines deleted...]
-  <si>
     <t>E-learning module HKT-R en HCR-20V3</t>
   </si>
   <si>
     <t>Deze e-learning module helpt de behandelaar kennis te maken met de verplicht gestelde risicotaxatie. Er kan alvast theorie worden gelezen en geoefend worden met casuïstiek. Dit is een voorbereiding op de face-to-face training in risicotaxatie.</t>
   </si>
   <si>
-    <t>2013-11</t>
-[...8 lines deleted...]
-    <t>2014-30</t>
+    <t>Delictanalyse</t>
+  </si>
+  <si>
+    <t>Binnen het thema delictanalyse zijn er drie projecten uitgevoerd, ieder met een eigen focus en invalshoek. Gezamenlijk versterken zij het inzicht in dit complexe domein.</t>
   </si>
   <si>
     <t>E-health: Zelfscore app</t>
   </si>
   <si>
     <t>De zelfscore app is ontworpen zodat patiënten hun eigen behandelvoortgang bij kunnen houden, naast die van de behandelaar. Items uit de HKT-R en HCR-20V3 zijn hiervoor omgeschreven naar voor patiënten te beantwoorden vragen.</t>
   </si>
   <si>
-    <t>2014-38</t>
-[...14 lines deleted...]
-    <t>In dit project is gewerkt aan een protocol en bijbehorend instrumentarium waarbij risicofactoren en functioneringsniveau van cliënten met een LVB in kaart worden gebracht, ten behoeve van het risicomanagementplan.</t>
+    <t>Ambulante risicotaxatie-instrument FARE</t>
+  </si>
+  <si>
+    <t>Voor ambulante settings in de forensische zorg is een instrument ontwikkeld dat risicotaxatie ondersteunt en versterkt. Op deze pagina lees je meer over het ambulant risicotaxatie‑instrument FARE.</t>
   </si>
   <si>
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
   <si>
     <t>In dit vervolgonderzoek wordt door middel van proeftuinen (in fpc's, fpk's, fpa's, ppc's en forensische poli's) gewerkt aan een algemeen en sectorspecifiek implementatieadvies van de methode delictanalyse.</t>
   </si>
   <si>
     <t>2013-5</t>
   </si>
   <si>
     <t>Verdiepingsdiagnostiek (Call 2013-5/2017-73)</t>
   </si>
   <si>
     <t>Bij psychiatrische- en of verslavingsproblematiek is er, naast het afnemen van de RISc ook verdiepingsdiagnostiek nodig. In dit onderzoek is er een gestandaardiseerd product ontwikkeld.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Dit project betreft een validatieonderzoek van het recent ontwikkelde risicotaxatie-instrument de FARE, voor ambulante forensische zorg. Binnen vier ambulante instellingen wordt het instrument ingezet en getoetst.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -643,62 +574,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/hoofdzaken-niet-aangeboren-hersenletsel-bij-forensisch-psychiatrische-patienten" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse-voor-mensen-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-fare" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-59" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/prevalentie-en-effectieve-behandeling-van-nah-in-de-forensische-populatie-call-2019-102" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verkorte-delictanalyse-call-2019-111" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-3637" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-11" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-2" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-38392" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-42" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-64" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-59" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-3637" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-2" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ambulante-risicotaxatie-instrument-fare" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI21"/>
+  <dimension ref="A1:AI15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B21" sqref="B21"/>
+      <selection activeCell="B15" sqref="B15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -841,694 +772,451 @@
       </c>
       <c r="I3" t="s">
         <v>37</v>
       </c>
       <c r="U3" t="s">
         <v>37</v>
       </c>
       <c r="AB3" t="s">
         <v>37</v>
       </c>
       <c r="AE3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>37</v>
       </c>
-      <c r="J4" t="s">
+      <c r="L4" t="s">
         <v>37</v>
       </c>
       <c r="U4" t="s">
         <v>37</v>
       </c>
-      <c r="W4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z4" t="s">
         <v>37</v>
       </c>
+      <c r="AA4" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>37</v>
+      </c>
       <c r="AC4" t="s">
         <v>37</v>
       </c>
-      <c r="AF4" t="s">
+      <c r="AE4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
         <v>43</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>45</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
       </c>
-      <c r="H5" t="s">
+      <c r="G5" t="s">
         <v>37</v>
       </c>
       <c r="J5" t="s">
         <v>37</v>
       </c>
-      <c r="M5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="U5" t="s">
         <v>37</v>
       </c>
       <c r="Z5" t="s">
         <v>37</v>
       </c>
-      <c r="AA5" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="6" spans="1:35">
-      <c r="A6" t="s">
+      <c r="B6" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>47</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" t="s">
         <v>37</v>
       </c>
       <c r="U6" t="s">
         <v>37</v>
       </c>
+      <c r="W6" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>37</v>
+      </c>
       <c r="AA6" t="s">
         <v>37</v>
       </c>
-      <c r="AE6" t="s">
+      <c r="AC6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>50</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
-      <c r="G7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+      <c r="R7" t="s">
         <v>37</v>
       </c>
       <c r="U7" t="s">
         <v>37</v>
       </c>
       <c r="Z7" t="s">
         <v>37</v>
       </c>
       <c r="AA7" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-      <c r="AC7" t="s">
         <v>37</v>
       </c>
       <c r="AE7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>53</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="J8" t="s">
         <v>37</v>
       </c>
       <c r="U8" t="s">
         <v>37</v>
       </c>
       <c r="Z8" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" t="s">
         <v>56</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" t="s">
+        <v>37</v>
+      </c>
+      <c r="J9" t="s">
+        <v>37</v>
+      </c>
+      <c r="U9" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:35">
+      <c r="B10" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="D9" t="s">
-[...31 lines deleted...]
-      <c r="A10" t="s">
+      <c r="C10" t="s">
         <v>58</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="H10" t="s">
+        <v>37</v>
+      </c>
+      <c r="U10" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="B11" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="C11" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
-[...31 lines deleted...]
-      <c r="A11" t="s">
+      <c r="D11" t="s">
+        <v>4</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" t="s">
+        <v>37</v>
+      </c>
+      <c r="U11" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="12" spans="1:35">
+      <c r="B12" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C12" t="s">
         <v>62</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D12" t="s">
+        <v>4</v>
+      </c>
+      <c r="E12" t="s">
+        <v>37</v>
+      </c>
+      <c r="H12" t="s">
+        <v>37</v>
+      </c>
+      <c r="U12" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35">
+      <c r="B13" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="D11" t="s">
-[...25 lines deleted...]
-      <c r="A12" t="s">
+      <c r="C13" t="s">
         <v>64</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
-      <c r="G13" t="s">
-[...2 lines deleted...]
-      <c r="J13" t="s">
+      <c r="H13" t="s">
         <v>37</v>
       </c>
       <c r="U13" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="Z13" t="s">
         <v>37</v>
       </c>
       <c r="AA13" t="s">
         <v>37</v>
       </c>
       <c r="AE13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="H14" t="s">
         <v>37</v>
       </c>
       <c r="U14" t="s">
         <v>37</v>
       </c>
       <c r="Z14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE14" t="s">
         <v>37</v>
       </c>
       <c r="AF14" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="C15" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="H15" t="s">
         <v>37</v>
       </c>
-      <c r="J15" t="s">
+      <c r="M15" t="s">
         <v>37</v>
       </c>
       <c r="U15" t="s">
         <v>37</v>
       </c>
-      <c r="Z15" t="s">
-[...2 lines deleted...]
-      <c r="AE15" t="s">
+      <c r="AA15" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD15" t="s">
         <v>37</v>
       </c>
       <c r="AF15" t="s">
-        <v>37</v>
-[...199 lines deleted...]
-      <c r="AE21" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
-    <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
-[...4 lines deleted...]
-    <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>