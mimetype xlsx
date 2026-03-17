--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -134,105 +134,93 @@
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2022-185</t>
   </si>
   <si>
     <t>Doorontwikkeling Delictanalyseproducten</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>Het BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
-    <t>2019-100</t>
-[...1 lines deleted...]
-  <si>
     <t>Vertaling van risicotaxatie naar risicomanagement</t>
   </si>
   <si>
     <t>Risicotaxatie gedaan en hoe nu verder?</t>
   </si>
   <si>
     <t>2017-59</t>
   </si>
   <si>
     <t>STiP 5.1</t>
   </si>
   <si>
     <t>Dit project onderzoekt de inzetbaarheid van het instrument STiP 5.1 (uit de reguliere GGZ) voor het meten van behandelvoortgang bij forensische patiënten met een persoonlijkheidsstoornis.</t>
   </si>
   <si>
     <t>Niet-aangeboren hersenletsel (NAH)</t>
   </si>
   <si>
     <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
   </si>
   <si>
-    <t>2017-71</t>
-[...1 lines deleted...]
-  <si>
     <t>Het ontwikkelen van de DROS 2.0</t>
   </si>
   <si>
     <t>In dit project wordt het instrument de DROS (Dynamic Risk Outcome Scales) herzien en gevalideerd, zodat het in de toekomst onderbouwd zowel als ROM-instrument als risicotaxatie-instrument ingezet kan worden.</t>
   </si>
   <si>
     <t>2014-34</t>
   </si>
   <si>
     <t>Behandelvoortgang persoonlijkheids stoornissen</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een persoonlijkheidsstoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
     <t>2014-35</t>
   </si>
   <si>
     <t>Behandelvoortgang seksuele stoornissen (Call 2014-35)</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een seksuele stoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Deze e-learning module helpt de behandelaar kennis te maken met de verplicht gestelde risicotaxatie. Er kan alvast theorie worden gelezen en geoefend worden met casuïstiek. Dit is een voorbereiding op de face-to-face training in risicotaxatie.</t>
   </si>
   <si>
     <t>Delictanalyse</t>
   </si>
   <si>
     <t>Binnen het thema delictanalyse zijn er drie projecten uitgevoerd, ieder met een eigen focus en invalshoek. Gezamenlijk versterken zij het inzicht in dit complexe domein.</t>
   </si>
   <si>
     <t>E-health: Zelfscore app</t>
   </si>
   <si>
     <t>De zelfscore app is ontworpen zodat patiënten hun eigen behandelvoortgang bij kunnen houden, naast die van de behandelaar. Items uit de HKT-R en HCR-20V3 zijn hiervoor omgeschreven naar voor patiënten te beantwoorden vragen.</t>
   </si>
   <si>
     <t>Ambulante risicotaxatie-instrument FARE</t>
   </si>
   <si>
     <t>Voor ambulante settings in de forensische zorg is een instrument ontwikkeld dat risicotaxatie ondersteunt en versterkt. Op deze pagina lees je meer over het ambulant risicotaxatie‑instrument FARE.</t>
   </si>
   <si>
     <t>2016-53</t>
   </si>
   <si>
     <t>Implementatiestudie delictanalyse</t>
   </si>
@@ -574,62 +562,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-59" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-3637" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-2" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ambulante-risicotaxatie-instrument-fare" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vertaling-van-risicotaxatie-en-risicomanagement-call-2019-100" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-59" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-71" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-2" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ambulante-risicotaxatie-instrument-fare" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-53" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-5" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI15"/>
+  <dimension ref="A1:AI14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B15" sqref="B15"/>
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -762,461 +750,428 @@
         <v>39</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
         <v>37</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="I3" t="s">
         <v>37</v>
       </c>
       <c r="U3" t="s">
         <v>37</v>
       </c>
       <c r="AB3" t="s">
         <v>37</v>
       </c>
       <c r="AE3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>37</v>
       </c>
       <c r="G4" t="s">
         <v>37</v>
       </c>
       <c r="L4" t="s">
         <v>37</v>
       </c>
       <c r="U4" t="s">
         <v>37</v>
       </c>
       <c r="Z4" t="s">
         <v>37</v>
       </c>
       <c r="AA4" t="s">
         <v>37</v>
       </c>
       <c r="AB4" t="s">
         <v>37</v>
       </c>
       <c r="AC4" t="s">
         <v>37</v>
       </c>
       <c r="AE4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>37</v>
       </c>
       <c r="G5" t="s">
         <v>37</v>
       </c>
       <c r="J5" t="s">
         <v>37</v>
       </c>
       <c r="U5" t="s">
         <v>37</v>
       </c>
       <c r="Z5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="B6" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="H6" t="s">
+      <c r="G6" t="s">
         <v>37</v>
       </c>
       <c r="J6" t="s">
         <v>37</v>
       </c>
       <c r="U6" t="s">
         <v>37</v>
       </c>
       <c r="W6" t="s">
         <v>37</v>
       </c>
       <c r="Z6" t="s">
         <v>37</v>
       </c>
       <c r="AA6" t="s">
         <v>37</v>
       </c>
       <c r="AC6" t="s">
         <v>37</v>
       </c>
       <c r="AF6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:35">
-      <c r="A7" t="s">
+      <c r="B7" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>37</v>
       </c>
       <c r="R7" t="s">
         <v>37</v>
       </c>
       <c r="U7" t="s">
         <v>37</v>
       </c>
       <c r="Z7" t="s">
         <v>37</v>
       </c>
       <c r="AA7" t="s">
         <v>37</v>
       </c>
       <c r="AE7" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="J8" t="s">
         <v>37</v>
       </c>
       <c r="U8" t="s">
         <v>37</v>
       </c>
       <c r="Z8" t="s">
         <v>37</v>
       </c>
       <c r="AA8" t="s">
         <v>37</v>
       </c>
       <c r="AE8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
         <v>54</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>37</v>
       </c>
       <c r="G9" t="s">
         <v>37</v>
       </c>
       <c r="J9" t="s">
         <v>37</v>
       </c>
       <c r="U9" t="s">
         <v>37</v>
       </c>
       <c r="Z9" t="s">
         <v>37</v>
       </c>
       <c r="AA9" t="s">
         <v>37</v>
       </c>
       <c r="AE9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="B10" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C10" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>37</v>
       </c>
       <c r="H10" t="s">
         <v>37</v>
       </c>
+      <c r="J10" t="s">
+        <v>37</v>
+      </c>
       <c r="U10" t="s">
         <v>37</v>
       </c>
       <c r="Z10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE10" t="s">
         <v>37</v>
       </c>
       <c r="AF10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="B11" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C11" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>37</v>
       </c>
       <c r="H11" t="s">
         <v>37</v>
       </c>
-      <c r="J11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U11" t="s">
         <v>37</v>
       </c>
       <c r="Z11" t="s">
         <v>37</v>
       </c>
       <c r="AE11" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="AF11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="B12" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C12" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>37</v>
       </c>
       <c r="H12" t="s">
         <v>37</v>
       </c>
       <c r="U12" t="s">
         <v>37</v>
       </c>
-      <c r="Z12" t="s">
+      <c r="AA12" t="s">
         <v>37</v>
       </c>
       <c r="AE12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
+      <c r="A13" t="s">
+        <v>61</v>
+      </c>
       <c r="B13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>37</v>
       </c>
       <c r="H13" t="s">
         <v>37</v>
       </c>
       <c r="U13" t="s">
         <v>37</v>
       </c>
+      <c r="Z13" t="s">
+        <v>37</v>
+      </c>
       <c r="AA13" t="s">
         <v>37</v>
       </c>
+      <c r="AC13" t="s">
+        <v>37</v>
+      </c>
       <c r="AE13" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF13" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>37</v>
       </c>
       <c r="H14" t="s">
         <v>37</v>
       </c>
+      <c r="M14" t="s">
+        <v>37</v>
+      </c>
       <c r="U14" t="s">
         <v>37</v>
       </c>
-      <c r="Z14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA14" t="s">
         <v>37</v>
       </c>
-      <c r="AC14" t="s">
-[...2 lines deleted...]
-      <c r="AE14" t="s">
+      <c r="AD14" t="s">
         <v>37</v>
       </c>
       <c r="AF14" t="s">
-        <v>37</v>
-[...33 lines deleted...]
-      <c r="AF15" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
-    <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>