--- v0 (2026-01-26)
+++ v1 (2026-03-17)
@@ -131,51 +131,51 @@
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2018-89</t>
   </si>
   <si>
     <t>Responsiviteit ASS</t>
   </si>
   <si>
     <t>Dit project zal een overzicht opleveren van de neurocognitieve problemen en leerstijl van mensen met ASS en de invloed die dat heeft op de responsiviteit in gangbare interventies.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten met ADHD</t>
+    <t>Deze projecten richten zich op responsiviteit bij de behandeling van forensische patiënten</t>
   </si>
   <si>
     <t>Weet wat je kan</t>
   </si>
   <si>
     <t>De psycho-educatie module "Weet wat je kan" is gericht op patiënten met een licht verstandelijke beperking (LVB) en is inzetbaar bij o.a. het vergroten van responsiviteit op (forensische) behandeling.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>