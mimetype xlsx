--- v0 (2026-01-08)
+++ v1 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -140,165 +140,102 @@
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2024-215</t>
   </si>
   <si>
     <t>Zicht Op Agressie</t>
   </si>
   <si>
     <t>Het doel van het onderzoek is om zicht te krijgen op agressie incidenten en de opvolging hiervan. In een handreiking worden met adviezen voor de praktijk, en worden aanbevelingen gedaan m.b.t. hoe forensische teams incidentmeldingen kunnen registreren, duiden en evalueren.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>2020-122</t>
   </si>
   <si>
     <t>TechwijzerFZ</t>
   </si>
   <si>
     <t>Een overzicht van de technologische middelen die beschikbaar of interessant zijn voor het forensische zorgveld en direct bruikbaar zijn in de behandeling en begeleiding van cliënten.</t>
   </si>
   <si>
-    <t>2022-168</t>
-[...5 lines deleted...]
-    <t>Het ontwikkelen van een theoretisch kader voor de forensische kwaliteitsnetwerken, dat duidelijk maakt welke aanpak en welke werkzame factoren tot welke doelen leiden.</t>
+    <t>Kwaliteitsnetwerken</t>
+  </si>
+  <si>
+    <t>Kwaliteitsnetwerken brengen professionals uit de forensische zorg samen om kennis en ervaring te delen. Zo wordt gezamenlijk gewerkt aan het verbeteren van kwaliteit en vakmanschap in de praktijk.</t>
   </si>
   <si>
     <t>2020-131</t>
   </si>
   <si>
     <t>Literatuuronderzoek en operationalisatie van behandelvoortgang binnen de forensische zorg</t>
   </si>
   <si>
     <t>Het ontwikkelen van een multidimensionaal conceptueel model voor de operationalisatie van behandelvoortgang dat toepasbaar is binnen de gehele forensische zorg.</t>
   </si>
   <si>
-    <t>2020-133</t>
-[...1 lines deleted...]
-  <si>
     <t>Cliëntprofielen 3RO</t>
   </si>
   <si>
     <t>Het onderzoek is bedoeld om tot cliëntprofielen te komen die aansluiten bij de doelgroepen van 3RO en om professionals van reclassering en forensische zorg een beter onderbouwde keuze te laten maken bij het inzetten van de juiste interventies, werkstraffen, toezicht en forensische zorg.</t>
   </si>
   <si>
-    <t>2018-86</t>
-[...7 lines deleted...]
-  <si>
     <t>2019-99</t>
   </si>
   <si>
     <t>Doorontwikkeling handreiking middelencontrole voor reclasseringswerkers</t>
   </si>
   <si>
     <t>Doel van dit project is het uitwerken van de handreiking (Call 2015-21) tot een handelingsprotocol. Hierbij wordt ingezoomd op de verbinding van middelencontroles met gedragsinterventies, ambulante behandeling en toezicht.</t>
   </si>
   <si>
-    <t>2019-97</t>
-[...1 lines deleted...]
-  <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensische veld?</t>
   </si>
   <si>
     <t>Welke longitudinale onderzoeksvragen zijn relevant voor het forensisch veld: een klassieke Delphi-studie</t>
   </si>
   <si>
-    <t>2017-72</t>
-[...16 lines deleted...]
-  <si>
     <t>2013-13</t>
   </si>
   <si>
     <t>Contact tussen slachtoffer/nabestaande en tbs-er</t>
   </si>
   <si>
     <t>Dit project geeft een richtlijn voor het al dan niet initiëren van contact tussen dader en slachtoffer. Het doel is de positie van het slachtoffer te verbeteren en te definiëren wanneer het wenselijk is om deze te betrekken in de behandeling van de dader.</t>
   </si>
   <si>
-    <t>2014-14</t>
-[...16 lines deleted...]
-  <si>
     <t>2013-6</t>
   </si>
   <si>
     <t>Herstelondersteunende interventies patiënten met psychotische stoornis</t>
   </si>
   <si>
     <t>Dit onderzoek biedt een verdieping in effectieve herstelondersteunende (behandel)interventies, ter aanvulling op het Zorgprogramma Psychotische Stoornissen van het EFP.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Inventariserend onderzoek om in kaart te brengen op welke gebieden in de LVB sector behoefte is aan verdiepend onderzoek.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
@@ -604,62 +541,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-theoretisch-kader-voor-de-forensische-kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-3ro-call-2020-133" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-forensische-verslavingszorg-call-2018-86" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-handreiking-middelencontrole-voor-reclasseringswerkers-call-2019-99" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-72" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2017-65" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-13" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-14" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2015-40" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2014-22" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/zicht-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/techwijzerfz" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteitsnetwerken" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/clientprofielen-3ro-call-2020-133" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-handreiking-middelencontrole-voor-reclasseringswerkers-call-2019-99" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-longitudinaal-onderzoek-call-2019-97" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-13" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI16"/>
+  <dimension ref="A1:AI10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B16" sqref="B16"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -810,512 +747,296 @@
         <v>38</v>
       </c>
       <c r="S3" t="s">
         <v>38</v>
       </c>
       <c r="Z3" t="s">
         <v>38</v>
       </c>
       <c r="AA3" t="s">
         <v>38</v>
       </c>
       <c r="AB3" t="s">
         <v>38</v>
       </c>
       <c r="AC3" t="s">
         <v>38</v>
       </c>
       <c r="AD3" t="s">
         <v>38</v>
       </c>
       <c r="AG3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B4" s="1" t="s">
+      <c r="C4" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>4</v>
       </c>
       <c r="E4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
         <v>38</v>
       </c>
       <c r="L4" t="s">
         <v>38</v>
       </c>
       <c r="S4" t="s">
         <v>38</v>
       </c>
       <c r="Z4" t="s">
         <v>38</v>
       </c>
       <c r="AA4" t="s">
         <v>38</v>
       </c>
       <c r="AB4" t="s">
         <v>38</v>
       </c>
       <c r="AH4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
       <c r="G5" t="s">
         <v>38</v>
       </c>
       <c r="J5" t="s">
         <v>38</v>
       </c>
       <c r="S5" t="s">
         <v>38</v>
       </c>
       <c r="Z5" t="s">
         <v>38</v>
       </c>
       <c r="AA5" t="s">
         <v>38</v>
       </c>
       <c r="AE5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
-      <c r="A6" t="s">
+      <c r="B6" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>4</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="S6" t="s">
         <v>38</v>
       </c>
       <c r="AD6" t="s">
         <v>38</v>
       </c>
       <c r="AG6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>38</v>
       </c>
       <c r="S7" t="s">
         <v>38</v>
       </c>
-      <c r="Z7" t="s">
-[...8 lines deleted...]
-      <c r="AG7" t="s">
+      <c r="X7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" s="1" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C8" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
-      <c r="H8" t="s">
+      <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="S8" t="s">
         <v>38</v>
       </c>
-      <c r="X8" t="s">
+      <c r="Z8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC8" t="s">
         <v>38</v>
       </c>
       <c r="AD8" t="s">
         <v>38</v>
       </c>
-      <c r="AF8" t="s">
+      <c r="AG8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
-      <c r="G9" t="s">
+      <c r="H9" t="s">
+        <v>38</v>
+      </c>
+      <c r="J9" t="s">
         <v>38</v>
       </c>
       <c r="S9" t="s">
         <v>38</v>
       </c>
       <c r="Z9" t="s">
         <v>38</v>
       </c>
-      <c r="AA9" t="s">
-[...11 lines deleted...]
-      <c r="AG9" t="s">
+      <c r="AE9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C10" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="G10" t="s">
         <v>38</v>
       </c>
+      <c r="J10" t="s">
+        <v>38</v>
+      </c>
       <c r="S10" t="s">
         <v>38</v>
       </c>
-      <c r="AC10" t="s">
-[...209 lines deleted...]
-      <c r="AF16" t="s">
+      <c r="Z10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF10" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
-    <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
-[...4 lines deleted...]
-    <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>