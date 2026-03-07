--- v0 (2026-01-21)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -131,597 +131,417 @@
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
     <t>2013-1</t>
   </si>
   <si>
     <t>Leefstijltraining Justitiabelen i.c.m. contingency management</t>
   </si>
   <si>
     <t>Dit betreft een protocol over de bruikbaarheid en toepasbaarheid van contingency management gecombineerd met cognitieve gedragstherapie voor middelengebruik in de ambulante forensische (verslavings)zorg.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>2025-216</t>
-[...7 lines deleted...]
-  <si>
     <t>2022-185</t>
   </si>
   <si>
     <t>Doorontwikkeling Delictanalyseproducten</t>
   </si>
   <si>
-    <t>2024-211</t>
-[...1 lines deleted...]
-  <si>
     <t>Van locatie veranderd: een onderzoek naar overplaatsingen in de Tbs</t>
   </si>
   <si>
     <t>Het doel van het project is om zicht te krijgen op factoren die een rol spelen bij overplaatsingen in kader van behandelstagnatie zodat er mogelijk eerder geïntervenieerd kan worden in de behandeling of gezorgd kan worden dat een dergelijke overplaatsing een minder stagnerende werking op zichzelf heeft.</t>
   </si>
   <si>
-    <t>2024-217</t>
-[...1 lines deleted...]
-  <si>
     <t>Evaluatieonderzoek implementatie Waaiermodel</t>
   </si>
   <si>
     <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
-    <t>2021-157</t>
-[...1 lines deleted...]
-  <si>
     <t>De effectiviteitspuzzel van eHealth</t>
   </si>
   <si>
     <t>Wat is de toegevoegde waarde van online modules voor behandelingen in de forensische zorg?</t>
   </si>
   <si>
     <t>2023-209</t>
   </si>
   <si>
     <t>De Diepte In: Een realist evaluation van ademhalingsinterventies in de forensische klinische zorg</t>
   </si>
   <si>
-    <t>2023-207</t>
-[...1 lines deleted...]
-  <si>
     <t>Gezamenlijke besluitvorming over vaktherapeutische behandeling in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van dit project is om een praktisch inzetbare vaktherapeutische keuzehulp te ontwikkelen.</t>
   </si>
   <si>
-    <t>2020-139</t>
-[...7 lines deleted...]
-  <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
     <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
-    <t>2022-180</t>
-[...1 lines deleted...]
-  <si>
     <t>Meten is weten: een pilotstudie naar de inzet van wearables ter ondersteuning van agressieregulatietherapie</t>
   </si>
   <si>
     <t>Het in kaart brengen van hoe wearables ingezet kunnen worden in ambulant aangeboden ARopMaat behandelingen</t>
   </si>
   <si>
-    <t>2022-186</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
     <t>2022-153</t>
   </si>
   <si>
     <t>Werkingsmechanismen en interventies van vaktherapie in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van dit project is kennis- en kwaliteitsontwikkeling en professionalisering van vaktherapie in de forensische zorg.</t>
   </si>
   <si>
-    <t>2022-181</t>
-[...5 lines deleted...]
-    <t>In dit project wordt kennis uit literatuur en attitudes en vaardigheden van professionals omgezet in praktische handvatten t.a.v. seksualiteit bij LVB-cliënten.</t>
+    <t>Seksualiteitsbeleid bij forensische cliënten</t>
+  </si>
+  <si>
+    <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2022-179</t>
   </si>
   <si>
     <t>Rapid realist review naar effectiviteit van forensische zorg voor personen met een LVB</t>
   </si>
   <si>
     <t>Een literatuurstudie naar hoe forensische behandelingen dienen te worden ingericht om optimaal effectief te zijn voor de LVB-populatie.</t>
   </si>
   <si>
     <t>2021-152</t>
   </si>
   <si>
     <t>Doorontwikkeling Helpers en Helden</t>
   </si>
   <si>
     <t>Binnen dit project wordt de interventie Helpers en Helden (SFT voor LVB) doorontwikkeld.</t>
   </si>
   <si>
-    <t>2021-154</t>
-[...7 lines deleted...]
-  <si>
     <t>2021-149</t>
   </si>
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
-    <t>2020-148</t>
-[...1 lines deleted...]
-  <si>
     <t>Virtual Reality oefen-omgeving voor zedenplegers gericht op kinderen</t>
   </si>
   <si>
     <t>Het doel van dit project is om te onderzoeken of een VR-oefen-omgeving een nuttige aanvulling is op de huidige behandeling van daders van seksueel kindermisbruik binnen FPC’s.</t>
   </si>
   <si>
     <t>2020-146</t>
   </si>
   <si>
     <t>Een sprong in het diepe: De evaluatie en implementatie van DEEP</t>
   </si>
   <si>
     <t>Een sprong in het diepe: De evaluatie en implementatie van DEEP, een virtual reality biofeedback game, in de forensische zorg</t>
   </si>
   <si>
-    <t>2021-158</t>
-[...19 lines deleted...]
-  <si>
     <t>Behandelen van vrouwen in forensische klinische zorg: Een vak apart?</t>
   </si>
   <si>
     <t>De handreiking bestaat uit concrete richtlijnen voor het behandelen van vrouwen in de forensisch klinische zorg, waarbij ook kennis uit de ambulante sector wordt meegenomen.</t>
   </si>
   <si>
     <t>2018-82</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie CoVa Plus</t>
   </si>
   <si>
     <t>Binnen dit project worden de noodzakelijke aanpassingen van de CoVa Plus geïnventariseerd en getoetst.</t>
   </si>
   <si>
-    <t>2020-126</t>
-[...7 lines deleted...]
-  <si>
     <t>2020-131</t>
   </si>
   <si>
     <t>Literatuuronderzoek en operationalisatie van behandelvoortgang binnen de forensische zorg</t>
   </si>
   <si>
     <t>Het ontwikkelen van een multidimensionaal conceptueel model voor de operationalisatie van behandelvoortgang dat toepasbaar is binnen de gehele forensische zorg.</t>
   </si>
   <si>
     <t>2020-123</t>
   </si>
   <si>
     <t>Vooronderzoek doorontwikkeling SFT bij LVB</t>
   </si>
   <si>
     <t>In dit project wordt de eventuele doorontwikkeling van de module Helpers &amp; Helden onderzocht.</t>
   </si>
   <si>
     <t>2017-59</t>
   </si>
   <si>
     <t>STiP 5.1</t>
   </si>
   <si>
     <t>Dit project onderzoekt de inzetbaarheid van het instrument STiP 5.1 (uit de reguliere GGZ) voor het meten van behandelvoortgang bij forensische patiënten met een persoonlijkheidsstoornis.</t>
   </si>
   <si>
-    <t>2018-91</t>
-[...1 lines deleted...]
-  <si>
     <t>Interventie agressieregulatie voor patienten in PPC’s</t>
   </si>
   <si>
     <t>Een (aangepaste, verkorte) interventie gericht op het verbeteren van agressieregulatie problematiek bij patiënten in de PPC’s.</t>
   </si>
   <si>
     <t>2019-101</t>
   </si>
   <si>
     <t>Implementatie interventie Alcohol en geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie direct bruikbaar is voor het Opleidingshuis 3RO.</t>
   </si>
   <si>
     <t>2019-103</t>
   </si>
   <si>
     <t>Evidence gap map vaktherapie: de ontwikkeling van een evicende gap map voor vaktherapie in de forensische GGZ</t>
   </si>
   <si>
     <t>Het doel van dit project is om de kennislancune op basis van wetenschappelijk gepubliceerde en niet gepubliceerde literatuur te achterhalen; behoeften naar nieuw onderzoek op te halen bij vaktherapeuten, onderzoekers, verwijzers en ervaringsdeskundigen/patiënten; onderzoeken te prioriteren op basis van praktijk en wetenschap.</t>
   </si>
   <si>
     <t>Niet-aangeboren hersenletsel (NAH)</t>
   </si>
   <si>
-    <t>Doel van dit project is om meer inzicht te krijgen in de prevalentie en de rol van niet-aangeboren hersenletsel in behandelingen binnen de forensische populatie, teneinde een screeningsinstrument en handreiking te ontwikkelen.</t>
-[...38 lines deleted...]
-    <t>2018-85</t>
+    <t>Binnen dit thema wordt er ingegaan op prevalentie en effectieve behandeling van niet‑aangeboren hersenletsel (NAH) binnen de forensische populatie. De resultaten bieden inzicht in herkenning en passende zorg.</t>
+  </si>
+  <si>
+    <t>Risicomanagement LVB</t>
+  </si>
+  <si>
+    <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. Binnen dit thema is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
   </si>
   <si>
     <t>Implementatietraject duurzame verbinding</t>
   </si>
   <si>
     <t>Relationeel werken en contact na behandeling ter voorkoming van recidive.</t>
   </si>
   <si>
     <t>2018-83</t>
   </si>
   <si>
     <t>Doorontwikkeling gedragsinterventie Alcohol en Geweld</t>
   </si>
   <si>
     <t>Een doorontwikkeling van de gedragsinterventie 'Alcohol en Geweld' zodat de interventie voldoet aan de gestelde inhoudelijke eisen van de Erkenningscommissie Justitiële Interventies</t>
   </si>
   <si>
     <t>2017-69</t>
   </si>
   <si>
     <t>Implementatie van de behandeling van brandstichters</t>
   </si>
   <si>
     <t>Dit project betreft de implementatiestudie van het behandelprotocol voor de behandeling van (subtypen) brandstichters in de forensische ggz.</t>
   </si>
   <si>
-    <t>2017-70</t>
-[...5 lines deleted...]
-    <t>In dit project is er een LVB-variant als addendum van SeSa ontwikkeld voor de behandeling van traumagerelateerde klachten/stoornissen en verslaving in de forensische psychiatrie en verslavingszorg.</t>
+    <t>Seeking Safety</t>
+  </si>
+  <si>
+    <t>Seeking Safety biedt een speciaal ontwikkelde LVB-variant voor forensische patiënten met zowel trauma- als verslavingsproblematiek, zodat zij passende en beter hanteerbare zorg krijgen.</t>
   </si>
   <si>
     <t>2013-13</t>
   </si>
   <si>
     <t>Contact tussen slachtoffer/nabestaande en tbs-er</t>
   </si>
   <si>
     <t>Dit project geeft een richtlijn voor het al dan niet initiëren van contact tussen dader en slachtoffer. Het doel is de positie van het slachtoffer te verbeteren en te definiëren wanneer het wenselijk is om deze te betrekken in de behandeling van de dader.</t>
   </si>
   <si>
     <t>Blended module voor relationeel geweld</t>
   </si>
   <si>
     <t>Een online module gericht op het verkrijgen van praktisch inzicht in en het voorkomen van geweld in relaties. De module kan flexibel ingezet worden in het geheel van de forensische behandeling.</t>
   </si>
   <si>
     <t>2014-28</t>
   </si>
   <si>
     <t>E-health psycho-educatie</t>
   </si>
   <si>
     <t>In dit project zijn psycho-educatie modules opgesteld die voor verschillende patiëntgroepen in de (ambulante) forensische zorg te gebruiken zijn. Focus is geven van inzicht in de specifieke stoornis en bespreken van behandelmogelijkheden.</t>
   </si>
   <si>
-    <t>De Groeifabriek Forensische Zorg JJI´s</t>
-[...4 lines deleted...]
-  <si>
     <t>2014-34</t>
   </si>
   <si>
     <t>Behandelvoortgang persoonlijkheids stoornissen</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een persoonlijkheidsstoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
     <t>2014-35</t>
   </si>
   <si>
     <t>Behandelvoortgang seksuele stoornissen (Call 2014-35)</t>
   </si>
   <si>
     <t>In dit onderzoek is gekeken naar de meest geschikte instrumenten voor het meten van behandelvoortgang bij patiënten met een seksuele stoornis, omdat reguliere instrumenten hiervoor niet toereikend blijken te zijn.</t>
   </si>
   <si>
     <t>Forensische FACT LVB</t>
   </si>
   <si>
     <t>De Borg-instellingen werken samen aan de implementatie van het forensische FACT-team voor de LVB-doelgroep. Ze hebben de resultaten hiervan onderzocht en stimuleren de landelijke ontwikkeling van de For (F)ACT LVB.</t>
   </si>
   <si>
     <t>Behandeling van seksueel grensoverschrijdend gedrag bij cliënten met een LVB</t>
   </si>
   <si>
     <t>Deze behandelinterventie is gericht op de dynamische criminogene factoren die van invloed zijn op seksueel grensoverschrijdend gedrag bij cliënten met een LVB, met als doel dit gedrag te reduceren en in de toekomst te voorkomen.</t>
   </si>
   <si>
-    <t>2015-45</t>
-[...8 lines deleted...]
-    <t>2017-67</t>
+    <t>Forensische High &amp; Intensive Care (FHIC)</t>
+  </si>
+  <si>
+    <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
   </si>
   <si>
     <t>Ontwikkeling handreiking voor de behandeling van (chronische) insomnie bij patiënten van forensische afdelingen</t>
   </si>
   <si>
     <t>Er wordt gewerkt aan de ontwikkeling van een handreiking voor cognitieve gedragstherapie voor de behandeling van chronische insomnie (CGT-I). Deze wordt specifiek ontworpen voor de doelgroep van forensisch psychiatrische patiënten.</t>
   </si>
   <si>
     <t>Schema Focused Therapy (SFT)</t>
   </si>
   <si>
     <t>Deze variant van Schema Focused Therapy is gericht op de forensische doelgroep. Binnen SFT worden disfunctionele schema's waar mogelijk aangepast naar nieuwe, functionele schema's om zo onder andere delictgedrag te voorkomen.</t>
   </si>
   <si>
     <t>Sociotherapeutisch milieu</t>
   </si>
   <si>
     <t>Explorerende studie (bestaande uit twee delen) over best practice van sociotherapie en over de werkzame elementen in het creëren van een gunstig sociotherapeutisch milieu in de forensische klinische setting.</t>
   </si>
   <si>
-    <t>2013-11</t>
-[...5 lines deleted...]
-    <t>Door middel van het inventariseren van het gebruik en de inzet van delictanalyse in verschillende settings in de forensische zorg, is een standaard richtlijn geïntroduceerd die professionals kunnen toepassen.</t>
+    <t>Delictanalyse</t>
+  </si>
+  <si>
+    <t>Binnen het thema delictanalyse zijn er drie projecten uitgevoerd, ieder met een eigen focus en invalshoek. Gezamenlijk versterken zij het inzicht in dit complexe domein.</t>
   </si>
   <si>
     <t>2014-25</t>
   </si>
   <si>
     <t>Helpers en Helden: SFT voor LVB</t>
   </si>
   <si>
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
-    <t>2015-44</t>
-[...7 lines deleted...]
-  <si>
     <t>2016-6</t>
   </si>
   <si>
     <t>Handelingsprotocol zorgprogramma psychotische stoornissen (Call 2016-6B)</t>
   </si>
   <si>
     <t>Deze studie betreft een verdieping en vertaalslag naar implementatie in de praktijk, van het zorgprogramma psychotische stoornissen dat in 2015 binnen het EFP is afgerond.</t>
   </si>
   <si>
     <t>2017-52</t>
   </si>
   <si>
     <t>Doorontwikkeling handelingsprotocol middelengebruik (Toolbox)</t>
   </si>
   <si>
     <t>Dit betreft de doorontwikkeling van de handreiking over middelengebruik in forensisch klinische context. Hier wordt toegewerkt naar een handelingsprotocol dat meer praktische handvatten geeft aan het dagelijkse handelen.</t>
   </si>
   <si>
-    <t>2016-62</t>
-[...7 lines deleted...]
-  <si>
     <t>2013-6</t>
   </si>
   <si>
     <t>Herstelondersteunende interventies patiënten met psychotische stoornis</t>
   </si>
   <si>
     <t>Dit onderzoek biedt een verdieping in effectieve herstelondersteunende (behandel)interventies, ter aanvulling op het Zorgprogramma Psychotische Stoornissen van het EFP.</t>
   </si>
   <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
-    <t>Dit betreft een kennisdocument met aanbevelingen en handvatten voor het verbeteren van de objectieve en subjectieve kwaliteit van leven van forensisch psychiatrische patiënten. Het doel is om meer aandacht creëren voor kwaliteit van leven in de forensische context, waar de primaire focus logischerwijs op beveiliging ligt.</t>
-[...8 lines deleted...]
-    <t>2018-74</t>
+    <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
   </si>
   <si>
     <t>Grip op Agressie (GoA)</t>
   </si>
   <si>
-    <t>Een behandelinterventie gericht op het verminderen en voorkomen van ernstig agressief gedrag bij cliënten met een licht verstandelijke beperking. Erkend door de Erkenningscommissie Gedragsinterventies Justitie.</t>
-[...14 lines deleted...]
-    <t>In dit project is een aanzet geformuleerd voor een richtlijn over de diagnostiek en de behandeling van problematisch middelengebruik.</t>
+    <t>Grip op Agressie (GoA) biedt een erkend behandelprogramma dat mensen met een LVB helpt agressie te herkennen, beheersen en terugval te voorkomen. Zowel de klinische als ambulante variant zijn vernieuwd met actuele inzichten en praktische materialen voor effectieve gedragsverandering.</t>
   </si>
   <si>
     <t>GRIP-app</t>
   </si>
   <si>
-    <t>Een applicatie die erop gericht is stress en boosheid te herkennen en signaleren, waarop beheersing en monitoring kunnen worden ingezet bij de cliënt, door middel van games en oefeningen.</t>
+    <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
   </si>
   <si>
     <t>2016-60</t>
   </si>
   <si>
     <t>Handreiking slachtofferbewust werken voor forensisch maatschappelijk werkers</t>
   </si>
   <si>
     <t>Dit project betreft de implementatie en doorontwikkeling van de handreiking: Slachtofferbewust werken voor Forensisch Maatschappelijk Werkers.</t>
   </si>
   <si>
-    <t>2013-3</t>
-[...2 lines deleted...]
-    <t>Psycho-educatie module LVB 'Weet Wat Je Kan'</t>
+    <t>Weet wat je kan</t>
   </si>
   <si>
     <t>De psycho-educatie module "Weet wat je kan" is gericht op patiënten met een licht verstandelijke beperking (LVB) en is inzetbaar bij o.a. het vergroten van responsiviteit op (forensische) behandeling.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
@@ -1030,62 +850,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-weet-wat-je-kan" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-diepte-in-een-realist-evaluation-van-ademhalingsinterventies-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezamenlijke-besluitvorming-over-vaktherapeutische-behandeling-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse-voor-mensen-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/meten-is-weten-een-pilotstudie-naar-de-inzet-van-wearables-ter-ondersteuning-van-agressieregulatietherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteit-bij-forensisch-clienten-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/erkenning-grip-op-agressie-goa-ambulant" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sprong-in-het-diepe-de-evaluatie-en-implementatie-van-deep" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-seeking-safety-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectiviteitsstudie-grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/integratie-van-seksualiteit-in-de-behandeling" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-59" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/interventie-agressieregulatie-voor-patienten-in-ppcs-call-2018-91" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/prevalentie-en-effectieve-behandeling-van-nah-in-de-forensische-populatie-call-2019-102" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verkorte-delictanalyse-call-2019-111" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/e-module-weet-wat-je-kan-evaluatie-en-doorontwikkeling-call-2019-117" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie-goa-ambulant-call-2019-108" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-handreiking-risicomanagement-lvb-call-2018-93" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-70" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-13" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-29" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-45" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-11" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-44" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-62" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-46" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-15" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-49" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-9" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-3" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-delictanalyse-producten" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/overplaatsingen-in-de-tbs" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-effectiviteitspuzzel-van-ehealth" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-diepte-in-een-realist-evaluation-van-ademhalingsinterventies-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/gezamenlijke-besluitvorming-over-vaktherapeutische-behandeling-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/meten-is-weten-een-pilotstudie-naar-de-inzet-van-wearables-ter-ondersteuning-van-agressieregulatietherapie" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werkingsmechanismen-en-interventies-van-vaktherapie-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/rapid-realist-review-naar-effectiviteit-van-forensische-zorg-voor-personen-met-een-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-helpers-en-helden" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/virtual-reality-oefen-omgeving-voor-zedenplegers-gericht-op-kinderen" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/een-sprong-in-het-diepe-de-evaluatie-en-implementatie-van-deep" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/behandelen-van-vrouwen-in-forensische-klinische-zorg-een-vak-apart-het-ontwikkelen-van-richtlijnen-voor-de-behandeling-van-vrouwen-in-de-forensische-klinische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-cova-plus-call-2018-82" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/literatuuronderzoek-en-operationalisatie-van-behandelvoortgang-binnen-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/vooronderzoek-doorontwikkeling-sft-bij-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-59" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/interventie-agressieregulatie-voor-patienten-in-ppcs-call-2018-91" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-interventie-alcohol-en-geweld-call-2019-101" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evidence-gap-map-vaktherapie-de-ontwikkeling-van-een-evicende-gap-map-voor-vaktherapie-in-de-forensische-ggz-call-2019-103" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/niet-aangeboren-hersenletsel-nah" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-gedragsinterventie-alcohol-en-geweld" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-69" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seeking-safety" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-13" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-27" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-28" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-34" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-35" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-67" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/delictanalyse" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2017-52" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2013-6a" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-op-agressie" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/weet-wat-je-kan" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI68"/>
+  <dimension ref="A1:AI53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B68" sqref="B68"/>
+      <selection activeCell="B53" sqref="B53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1192,2437 +1012,1837 @@
         <v>38</v>
       </c>
       <c r="H2" t="s">
         <v>38</v>
       </c>
       <c r="J2" t="s">
         <v>38</v>
       </c>
       <c r="X2" t="s">
         <v>38</v>
       </c>
       <c r="AA2" t="s">
         <v>38</v>
       </c>
       <c r="AF2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>4</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+      <c r="J3" t="s">
+        <v>38</v>
+      </c>
+      <c r="U3" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:35">
+      <c r="B4" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="D3" t="s">
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
         <v>5</v>
       </c>
-      <c r="F3" t="s">
-[...25 lines deleted...]
-      <c r="B4" s="1" t="s">
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:35">
+      <c r="B5" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="D4" t="s">
-[...28 lines deleted...]
-      <c r="A5" t="s">
+      <c r="C5" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
       <c r="G5" t="s">
         <v>38</v>
       </c>
+      <c r="I5" t="s">
+        <v>38</v>
+      </c>
       <c r="J5" t="s">
         <v>38</v>
       </c>
-      <c r="K5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="Z5" t="s">
         <v>38</v>
       </c>
+      <c r="AA5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD5" t="s">
+        <v>38</v>
+      </c>
       <c r="AE5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" s="1" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C6" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D6" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
         <v>38</v>
       </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
       <c r="Z6" t="s">
         <v>38</v>
       </c>
       <c r="AA6" t="s">
         <v>38</v>
       </c>
-      <c r="AB6" t="s">
-[...5 lines deleted...]
-      <c r="AE6" t="s">
+      <c r="AF6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
       <c r="A7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>5</v>
+      </c>
+      <c r="F7" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="J7" t="s">
+        <v>38</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="8" spans="1:35">
+      <c r="B8" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
         <v>50</v>
-      </c>
-[...39 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="J8" t="s">
         <v>38</v>
       </c>
-      <c r="N8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z8" t="s">
         <v>38</v>
       </c>
-      <c r="AF8" t="s">
+      <c r="AE8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" s="1" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" t="s">
+        <v>38</v>
+      </c>
+      <c r="I9" t="s">
         <v>38</v>
       </c>
       <c r="J9" t="s">
         <v>38</v>
       </c>
+      <c r="L9" t="s">
+        <v>38</v>
+      </c>
       <c r="Z9" t="s">
         <v>38</v>
       </c>
+      <c r="AA9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>38</v>
+      </c>
       <c r="AE9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:35">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" s="1" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
-      <c r="H10" t="s">
+      <c r="G10" t="s">
         <v>38</v>
       </c>
       <c r="J10" t="s">
         <v>38</v>
       </c>
-      <c r="M10" t="s">
-[...8 lines deleted...]
-      <c r="Z10" t="s">
+      <c r="N10" t="s">
         <v>38</v>
       </c>
       <c r="AA10" t="s">
         <v>38</v>
       </c>
       <c r="AE10" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AF10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="B11" s="1" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
-      <c r="H11" t="s">
+      <c r="G11" t="s">
         <v>38</v>
       </c>
       <c r="I11" t="s">
         <v>38</v>
       </c>
       <c r="J11" t="s">
         <v>38</v>
       </c>
       <c r="L11" t="s">
         <v>38</v>
       </c>
+      <c r="W11" t="s">
+        <v>38</v>
+      </c>
       <c r="Z11" t="s">
         <v>38</v>
       </c>
       <c r="AA11" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AC11" t="s">
         <v>38</v>
       </c>
       <c r="AE11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="C12" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="G12" t="s">
         <v>38</v>
       </c>
       <c r="J12" t="s">
         <v>38</v>
       </c>
-      <c r="N12" t="s">
+      <c r="Z12" t="s">
         <v>38</v>
       </c>
       <c r="AA12" t="s">
         <v>38</v>
       </c>
-      <c r="AE12" t="s">
+      <c r="AF12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:35">
-      <c r="A13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B13" s="1" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="C13" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="I13" t="s">
         <v>38</v>
       </c>
       <c r="J13" t="s">
         <v>38</v>
       </c>
-      <c r="L13" t="s">
-[...2 lines deleted...]
-      <c r="W13" t="s">
+      <c r="R13" t="s">
         <v>38</v>
       </c>
       <c r="Z13" t="s">
         <v>38</v>
       </c>
       <c r="AA13" t="s">
         <v>38</v>
       </c>
-      <c r="AE13" t="s">
+      <c r="AB13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="C14" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="G14" t="s">
         <v>38</v>
       </c>
       <c r="J14" t="s">
         <v>38</v>
       </c>
+      <c r="R14" t="s">
+        <v>38</v>
+      </c>
       <c r="Z14" t="s">
         <v>38</v>
       </c>
       <c r="AA14" t="s">
         <v>38</v>
       </c>
-      <c r="AF14" t="s">
+      <c r="AE14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="C15" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="D15" t="s">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="E15" t="s">
+        <v>5</v>
+      </c>
+      <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>38</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
         <v>38</v>
       </c>
       <c r="R15" t="s">
         <v>38</v>
       </c>
       <c r="Z15" t="s">
         <v>38</v>
       </c>
       <c r="AA15" t="s">
         <v>38</v>
       </c>
-      <c r="AB15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC15" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AD15" t="s">
         <v>38</v>
       </c>
       <c r="AF15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="C16" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
-      <c r="G16" t="s">
+      <c r="H16" t="s">
+        <v>38</v>
+      </c>
+      <c r="I16" t="s">
         <v>38</v>
       </c>
       <c r="J16" t="s">
         <v>38</v>
       </c>
-      <c r="R16" t="s">
+      <c r="L16" t="s">
+        <v>38</v>
+      </c>
+      <c r="X16" t="s">
         <v>38</v>
       </c>
       <c r="Z16" t="s">
         <v>38</v>
       </c>
       <c r="AA16" t="s">
         <v>38</v>
       </c>
-      <c r="AE16" t="s">
+      <c r="AF16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:35">
-      <c r="A17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B17" s="1" t="s">
-        <v>79</v>
+        <v>71</v>
       </c>
       <c r="C17" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="D17" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="G17" t="s">
         <v>38</v>
       </c>
       <c r="J17" t="s">
         <v>38</v>
       </c>
-      <c r="R17" t="s">
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="W17" t="s">
         <v>38</v>
       </c>
       <c r="Z17" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="AC17" t="s">
         <v>38</v>
       </c>
       <c r="AF17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="A18" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="C18" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>38</v>
       </c>
       <c r="J18" t="s">
         <v>38</v>
       </c>
-      <c r="P18" t="s">
-[...2 lines deleted...]
-      <c r="AA18" t="s">
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z18" t="s">
         <v>38</v>
       </c>
       <c r="AF18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:35">
-      <c r="A19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B19" s="1" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="C19" t="s">
-        <v>86</v>
+        <v>77</v>
       </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="H19" t="s">
         <v>38</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
         <v>38</v>
       </c>
       <c r="L19" t="s">
         <v>38</v>
       </c>
-      <c r="X19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z19" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AA19" t="s">
         <v>38</v>
       </c>
       <c r="AF19" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>88</v>
+        <v>79</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20" t="s">
         <v>38</v>
       </c>
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>38</v>
       </c>
       <c r="J20" t="s">
         <v>38</v>
       </c>
-      <c r="N20" t="s">
-[...5 lines deleted...]
-      <c r="Z20" t="s">
+      <c r="P20" t="s">
+        <v>38</v>
+      </c>
+      <c r="R20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD20" t="s">
         <v>38</v>
       </c>
       <c r="AF20" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:35">
       <c r="A21" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
         <v>38</v>
       </c>
-      <c r="H21" t="s">
+      <c r="G21" t="s">
         <v>38</v>
       </c>
       <c r="J21" t="s">
         <v>38</v>
       </c>
-      <c r="N21" t="s">
+      <c r="S21" t="s">
         <v>38</v>
       </c>
       <c r="Z21" t="s">
         <v>38</v>
       </c>
-      <c r="AF21" t="s">
+      <c r="AA21" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE21" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="A22" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
       <c r="C22" t="s">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="D22" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F22" t="s">
+        <v>4</v>
+      </c>
+      <c r="E22" t="s">
         <v>38</v>
       </c>
       <c r="G22" t="s">
         <v>38</v>
       </c>
       <c r="J22" t="s">
         <v>38</v>
       </c>
       <c r="P22" t="s">
         <v>38</v>
       </c>
       <c r="R22" t="s">
         <v>38</v>
       </c>
       <c r="Z22" t="s">
         <v>38</v>
       </c>
       <c r="AA22" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AE22" t="s">
         <v>38</v>
       </c>
       <c r="AF22" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="C23" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="D23" t="s">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="F23" t="s">
+        <v>4</v>
+      </c>
+      <c r="E23" t="s">
         <v>38</v>
       </c>
       <c r="G23" t="s">
         <v>38</v>
       </c>
       <c r="J23" t="s">
         <v>38</v>
       </c>
-      <c r="R23" t="s">
+      <c r="U23" t="s">
         <v>38</v>
       </c>
       <c r="Z23" t="s">
         <v>38</v>
       </c>
-      <c r="AF23" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="24" spans="1:35">
-      <c r="A24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B24" s="1" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="C24" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
         <v>38</v>
       </c>
       <c r="H24" t="s">
         <v>38</v>
       </c>
       <c r="J24" t="s">
         <v>38</v>
       </c>
-      <c r="L24" t="s">
-[...2 lines deleted...]
-      <c r="Z24" t="s">
+      <c r="P24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC24" t="s">
         <v>38</v>
       </c>
       <c r="AF24" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="A25" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="C25" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>38</v>
       </c>
       <c r="H25" t="s">
         <v>38</v>
       </c>
       <c r="J25" t="s">
         <v>38</v>
       </c>
       <c r="P25" t="s">
         <v>38</v>
       </c>
-      <c r="R25" t="s">
+      <c r="X25" t="s">
         <v>38</v>
       </c>
       <c r="AD25" t="s">
         <v>38</v>
       </c>
       <c r="AF25" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="A26" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="C26" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
         <v>38</v>
       </c>
-      <c r="H26" t="s">
+      <c r="G26" t="s">
         <v>38</v>
       </c>
       <c r="J26" t="s">
         <v>38</v>
       </c>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z26" t="s">
         <v>38</v>
       </c>
+      <c r="AA26" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>38</v>
+      </c>
       <c r="AF26" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:35">
-      <c r="A27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B27" s="1" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
         <v>38</v>
       </c>
       <c r="G27" t="s">
         <v>38</v>
       </c>
       <c r="J27" t="s">
         <v>38</v>
       </c>
-      <c r="S27" t="s">
+      <c r="U27" t="s">
+        <v>38</v>
+      </c>
+      <c r="W27" t="s">
         <v>38</v>
       </c>
       <c r="Z27" t="s">
         <v>38</v>
       </c>
       <c r="AA27" t="s">
         <v>38</v>
       </c>
-      <c r="AE27" t="s">
+      <c r="AC27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:35">
-      <c r="A28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B28" s="1" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="C28" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
         <v>38</v>
       </c>
-      <c r="G28" t="s">
+      <c r="H28" t="s">
+        <v>38</v>
+      </c>
+      <c r="I28" t="s">
         <v>38</v>
       </c>
       <c r="J28" t="s">
         <v>38</v>
       </c>
-      <c r="P28" t="s">
+      <c r="L28" t="s">
         <v>38</v>
       </c>
       <c r="R28" t="s">
         <v>38</v>
       </c>
       <c r="Z28" t="s">
         <v>38</v>
       </c>
-      <c r="AA28" t="s">
-[...2 lines deleted...]
-      <c r="AF28" t="s">
+      <c r="AE28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:35">
-      <c r="A29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B29" s="1" t="s">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="C29" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
       <c r="E29" t="s">
         <v>38</v>
       </c>
-      <c r="G29" t="s">
+      <c r="H29" t="s">
+        <v>38</v>
+      </c>
+      <c r="I29" t="s">
         <v>38</v>
       </c>
       <c r="J29" t="s">
         <v>38</v>
       </c>
-      <c r="U29" t="s">
+      <c r="K29" t="s">
         <v>38</v>
       </c>
       <c r="Z29" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE29" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG29" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH29" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:35">
       <c r="A30" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="C30" t="s">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
         <v>38</v>
       </c>
       <c r="H30" t="s">
         <v>38</v>
       </c>
       <c r="J30" t="s">
         <v>38</v>
       </c>
       <c r="P30" t="s">
         <v>38</v>
       </c>
-      <c r="AC30" t="s">
+      <c r="X30" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD30" t="s">
         <v>38</v>
       </c>
       <c r="AF30" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:35">
       <c r="A31" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="C31" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
         <v>38</v>
       </c>
       <c r="H31" t="s">
         <v>38</v>
       </c>
       <c r="J31" t="s">
         <v>38</v>
       </c>
-      <c r="P31" t="s">
-[...8 lines deleted...]
-      <c r="AF31" t="s">
+      <c r="W31" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE31" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:35">
-      <c r="A32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B32" s="1" t="s">
-        <v>124</v>
+        <v>110</v>
       </c>
       <c r="C32" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
         <v>38</v>
       </c>
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>38</v>
       </c>
       <c r="J32" t="s">
         <v>38</v>
       </c>
+      <c r="P32" t="s">
+        <v>38</v>
+      </c>
+      <c r="R32" t="s">
+        <v>38</v>
+      </c>
+      <c r="X32" t="s">
+        <v>38</v>
+      </c>
       <c r="Z32" t="s">
         <v>38</v>
       </c>
       <c r="AA32" t="s">
         <v>38</v>
       </c>
-      <c r="AC32" t="s">
+      <c r="AE32" t="s">
         <v>38</v>
       </c>
       <c r="AF32" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:35">
+      <c r="A33" t="s">
+        <v>112</v>
+      </c>
       <c r="B33" s="1" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="C33" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>38</v>
       </c>
       <c r="H33" t="s">
         <v>38</v>
       </c>
       <c r="J33" t="s">
         <v>38</v>
       </c>
-      <c r="U33" t="s">
-[...2 lines deleted...]
-      <c r="W33" t="s">
+      <c r="S33" t="s">
         <v>38</v>
       </c>
       <c r="Z33" t="s">
         <v>38</v>
       </c>
-      <c r="AA33" t="s">
-[...5 lines deleted...]
-      <c r="AF33" t="s">
+      <c r="AE33" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:35">
-      <c r="A34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B34" s="1" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="C34" t="s">
-        <v>130</v>
+        <v>116</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
         <v>38</v>
       </c>
       <c r="H34" t="s">
         <v>38</v>
       </c>
       <c r="J34" t="s">
         <v>38</v>
       </c>
-      <c r="U34" t="s">
-[...2 lines deleted...]
-      <c r="Z34" t="s">
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="P34" t="s">
+        <v>38</v>
+      </c>
+      <c r="W34" t="s">
         <v>38</v>
       </c>
       <c r="AA34" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-      <c r="AE34" t="s">
         <v>38</v>
       </c>
       <c r="AF34" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:35">
       <c r="A35" t="s">
-        <v>131</v>
+        <v>117</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>132</v>
+        <v>118</v>
       </c>
       <c r="C35" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35" t="s">
         <v>38</v>
       </c>
       <c r="H35" t="s">
         <v>38</v>
       </c>
       <c r="J35" t="s">
         <v>38</v>
       </c>
-      <c r="P35" t="s">
-[...5 lines deleted...]
-      <c r="Z35" t="s">
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="W35" t="s">
         <v>38</v>
       </c>
       <c r="AA35" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="AC35" t="s">
         <v>38</v>
       </c>
       <c r="AF35" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="36" spans="1:35">
       <c r="A36" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="C36" t="s">
-        <v>136</v>
+        <v>122</v>
       </c>
       <c r="D36" t="s">
         <v>4</v>
       </c>
       <c r="E36" t="s">
         <v>38</v>
       </c>
-      <c r="H36" t="s">
+      <c r="G36" t="s">
         <v>38</v>
       </c>
       <c r="J36" t="s">
         <v>38</v>
       </c>
-      <c r="P36" t="s">
+      <c r="U36" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z36" t="s">
         <v>38</v>
       </c>
       <c r="AA36" t="s">
         <v>38</v>
       </c>
-      <c r="AD36" t="s">
-[...2 lines deleted...]
-      <c r="AF36" t="s">
+      <c r="AE36" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="37" spans="1:35">
       <c r="A37" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
       <c r="C37" t="s">
-        <v>139</v>
+        <v>125</v>
       </c>
       <c r="D37" t="s">
         <v>4</v>
       </c>
       <c r="E37" t="s">
         <v>38</v>
       </c>
-      <c r="H37" t="s">
-[...2 lines deleted...]
-      <c r="I37" t="s">
+      <c r="G37" t="s">
         <v>38</v>
       </c>
       <c r="J37" t="s">
         <v>38</v>
       </c>
-      <c r="L37" t="s">
-[...2 lines deleted...]
-      <c r="R37" t="s">
+      <c r="U37" t="s">
         <v>38</v>
       </c>
       <c r="Z37" t="s">
         <v>38</v>
       </c>
+      <c r="AA37" t="s">
+        <v>38</v>
+      </c>
       <c r="AE37" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="38" spans="1:35">
-      <c r="A38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B38" s="1" t="s">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="C38" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="D38" t="s">
         <v>4</v>
       </c>
       <c r="E38" t="s">
         <v>38</v>
       </c>
       <c r="H38" t="s">
         <v>38</v>
       </c>
       <c r="I38" t="s">
         <v>38</v>
       </c>
       <c r="J38" t="s">
         <v>38</v>
       </c>
-      <c r="K38" t="s">
-[...2 lines deleted...]
-      <c r="Z38" t="s">
+      <c r="R38" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA38" t="s">
         <v>38</v>
       </c>
       <c r="AE38" t="s">
         <v>38</v>
       </c>
-      <c r="AG38" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="39" spans="1:35">
-      <c r="A39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B39" s="1" t="s">
-        <v>144</v>
+        <v>128</v>
       </c>
       <c r="C39" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="D39" t="s">
         <v>4</v>
       </c>
       <c r="E39" t="s">
         <v>38</v>
       </c>
       <c r="H39" t="s">
         <v>38</v>
       </c>
+      <c r="I39" t="s">
+        <v>38</v>
+      </c>
       <c r="J39" t="s">
         <v>38</v>
       </c>
-      <c r="P39" t="s">
-[...5 lines deleted...]
-      <c r="AD39" t="s">
+      <c r="R39" t="s">
+        <v>38</v>
+      </c>
+      <c r="W39" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA39" t="s">
         <v>38</v>
       </c>
       <c r="AF39" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:35">
-      <c r="A40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B40" s="1" t="s">
-        <v>147</v>
+        <v>130</v>
       </c>
       <c r="C40" t="s">
-        <v>148</v>
+        <v>131</v>
       </c>
       <c r="D40" t="s">
         <v>4</v>
       </c>
       <c r="E40" t="s">
         <v>38</v>
       </c>
       <c r="H40" t="s">
         <v>38</v>
       </c>
+      <c r="I40" t="s">
+        <v>38</v>
+      </c>
       <c r="J40" t="s">
         <v>38</v>
       </c>
-      <c r="W40" t="s">
+      <c r="Y40" t="s">
         <v>38</v>
       </c>
       <c r="Z40" t="s">
         <v>38</v>
       </c>
+      <c r="AC40" t="s">
+        <v>38</v>
+      </c>
       <c r="AE40" t="s">
         <v>38</v>
       </c>
+      <c r="AG40" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH40" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="41" spans="1:35">
-      <c r="A41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B41" s="1" t="s">
-        <v>150</v>
+        <v>132</v>
       </c>
       <c r="C41" t="s">
-        <v>151</v>
+        <v>133</v>
       </c>
       <c r="D41" t="s">
         <v>4</v>
       </c>
       <c r="E41" t="s">
         <v>38</v>
       </c>
       <c r="H41" t="s">
         <v>38</v>
       </c>
       <c r="J41" t="s">
         <v>38</v>
       </c>
-      <c r="P41" t="s">
-[...5 lines deleted...]
-      <c r="X41" t="s">
+      <c r="L41" t="s">
+        <v>38</v>
+      </c>
+      <c r="W41" t="s">
         <v>38</v>
       </c>
       <c r="Z41" t="s">
         <v>38</v>
       </c>
-      <c r="AA41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AF41" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:35">
-      <c r="A42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B42" s="1" t="s">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="C42" t="s">
-        <v>154</v>
+        <v>135</v>
       </c>
       <c r="D42" t="s">
         <v>4</v>
       </c>
       <c r="E42" t="s">
         <v>38</v>
       </c>
       <c r="H42" t="s">
         <v>38</v>
       </c>
+      <c r="I42" t="s">
+        <v>38</v>
+      </c>
       <c r="J42" t="s">
         <v>38</v>
       </c>
-      <c r="S42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z42" t="s">
         <v>38</v>
       </c>
-      <c r="AE42" t="s">
+      <c r="AA42" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF42" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="43" spans="1:35">
       <c r="B43" s="1" t="s">
-        <v>155</v>
+        <v>136</v>
       </c>
       <c r="C43" t="s">
-        <v>156</v>
+        <v>137</v>
       </c>
       <c r="D43" t="s">
         <v>4</v>
       </c>
       <c r="E43" t="s">
         <v>38</v>
       </c>
-      <c r="H43" t="s">
+      <c r="G43" t="s">
+        <v>38</v>
+      </c>
+      <c r="I43" t="s">
         <v>38</v>
       </c>
       <c r="J43" t="s">
         <v>38</v>
       </c>
-      <c r="N43" t="s">
-[...11 lines deleted...]
-      <c r="AF43" t="s">
+      <c r="Y43" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC43" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE43" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="44" spans="1:35">
-      <c r="A44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B44" s="1" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="C44" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="D44" t="s">
         <v>4</v>
       </c>
       <c r="E44" t="s">
         <v>38</v>
       </c>
       <c r="H44" t="s">
         <v>38</v>
       </c>
       <c r="J44" t="s">
         <v>38</v>
       </c>
-      <c r="N44" t="s">
-[...5 lines deleted...]
-      <c r="AA44" t="s">
+      <c r="U44" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE44" t="s">
         <v>38</v>
       </c>
       <c r="AF44" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="45" spans="1:35">
+      <c r="A45" t="s">
+        <v>140</v>
+      </c>
       <c r="B45" s="1" t="s">
-        <v>160</v>
+        <v>141</v>
       </c>
       <c r="C45" t="s">
-        <v>161</v>
+        <v>142</v>
       </c>
       <c r="D45" t="s">
         <v>4</v>
       </c>
       <c r="E45" t="s">
         <v>38</v>
       </c>
-      <c r="G45" t="s">
+      <c r="H45" t="s">
+        <v>38</v>
+      </c>
+      <c r="I45" t="s">
         <v>38</v>
       </c>
       <c r="J45" t="s">
         <v>38</v>
       </c>
-      <c r="N45" t="s">
-[...2 lines deleted...]
-      <c r="P45" t="s">
+      <c r="M45" t="s">
         <v>38</v>
       </c>
       <c r="Z45" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC45" t="s">
         <v>38</v>
       </c>
       <c r="AF45" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:35">
       <c r="A46" t="s">
-        <v>162</v>
+        <v>143</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>163</v>
+        <v>144</v>
       </c>
       <c r="C46" t="s">
-        <v>164</v>
+        <v>145</v>
       </c>
       <c r="D46" t="s">
         <v>4</v>
       </c>
       <c r="E46" t="s">
         <v>38</v>
       </c>
-      <c r="G46" t="s">
+      <c r="H46" t="s">
+        <v>38</v>
+      </c>
+      <c r="I46" t="s">
         <v>38</v>
       </c>
       <c r="J46" t="s">
         <v>38</v>
       </c>
-      <c r="U46" t="s">
+      <c r="W46" t="s">
         <v>38</v>
       </c>
       <c r="Z46" t="s">
         <v>38</v>
       </c>
-      <c r="AA46" t="s">
-[...2 lines deleted...]
-      <c r="AE46" t="s">
+      <c r="AF46" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="47" spans="1:35">
       <c r="A47" t="s">
-        <v>165</v>
+        <v>146</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>166</v>
+        <v>147</v>
       </c>
       <c r="C47" t="s">
-        <v>167</v>
+        <v>148</v>
       </c>
       <c r="D47" t="s">
         <v>4</v>
       </c>
       <c r="E47" t="s">
         <v>38</v>
       </c>
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>38</v>
       </c>
       <c r="J47" t="s">
         <v>38</v>
       </c>
-      <c r="U47" t="s">
+      <c r="X47" t="s">
         <v>38</v>
       </c>
       <c r="Z47" t="s">
         <v>38</v>
       </c>
       <c r="AA47" t="s">
         <v>38</v>
       </c>
-      <c r="AE47" t="s">
+      <c r="AF47" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="48" spans="1:35">
+      <c r="A48" t="s">
+        <v>149</v>
+      </c>
       <c r="B48" s="1" t="s">
-        <v>168</v>
+        <v>150</v>
       </c>
       <c r="C48" t="s">
-        <v>169</v>
+        <v>151</v>
       </c>
       <c r="D48" t="s">
         <v>4</v>
       </c>
       <c r="E48" t="s">
         <v>38</v>
       </c>
-      <c r="H48" t="s">
-[...2 lines deleted...]
-      <c r="I48" t="s">
+      <c r="G48" t="s">
         <v>38</v>
       </c>
       <c r="J48" t="s">
         <v>38</v>
       </c>
-      <c r="R48" t="s">
+      <c r="S48" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z48" t="s">
         <v>38</v>
       </c>
       <c r="AA48" t="s">
         <v>38</v>
       </c>
       <c r="AE48" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF48" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="49" spans="1:35">
       <c r="B49" s="1" t="s">
-        <v>170</v>
+        <v>152</v>
       </c>
       <c r="C49" t="s">
-        <v>171</v>
+        <v>153</v>
       </c>
       <c r="D49" t="s">
         <v>4</v>
       </c>
       <c r="E49" t="s">
         <v>38</v>
       </c>
       <c r="H49" t="s">
         <v>38</v>
       </c>
       <c r="I49" t="s">
         <v>38</v>
       </c>
       <c r="J49" t="s">
         <v>38</v>
       </c>
-      <c r="R49" t="s">
-[...2 lines deleted...]
-      <c r="W49" t="s">
+      <c r="Y49" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z49" t="s">
         <v>38</v>
       </c>
       <c r="AA49" t="s">
         <v>38</v>
       </c>
-      <c r="AF49" t="s">
+      <c r="AB49" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC49" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD49" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE49" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="50" spans="1:35">
-      <c r="A50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B50" s="1" t="s">
-        <v>173</v>
+        <v>154</v>
       </c>
       <c r="C50" t="s">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="D50" t="s">
         <v>4</v>
       </c>
       <c r="E50" t="s">
         <v>38</v>
       </c>
       <c r="H50" t="s">
         <v>38</v>
       </c>
-      <c r="I50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J50" t="s">
         <v>38</v>
       </c>
-      <c r="Y50" t="s">
+      <c r="P50" t="s">
+        <v>38</v>
+      </c>
+      <c r="R50" t="s">
         <v>38</v>
       </c>
       <c r="Z50" t="s">
         <v>38</v>
       </c>
-      <c r="AC50" t="s">
-[...8 lines deleted...]
-      <c r="AH50" t="s">
+      <c r="AF50" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="51" spans="1:35">
-      <c r="A51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B51" s="1" t="s">
-        <v>176</v>
+        <v>156</v>
       </c>
       <c r="C51" t="s">
-        <v>177</v>
+        <v>157</v>
       </c>
       <c r="D51" t="s">
         <v>4</v>
       </c>
       <c r="E51" t="s">
         <v>38</v>
       </c>
       <c r="H51" t="s">
         <v>38</v>
       </c>
+      <c r="I51" t="s">
+        <v>38</v>
+      </c>
       <c r="J51" t="s">
         <v>38</v>
       </c>
-      <c r="L51" t="s">
-[...5 lines deleted...]
-      <c r="Z51" t="s">
+      <c r="N51" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD51" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE51" t="s">
         <v>38</v>
       </c>
       <c r="AF51" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:35">
+      <c r="A52" t="s">
+        <v>158</v>
+      </c>
       <c r="B52" s="1" t="s">
-        <v>178</v>
+        <v>159</v>
       </c>
       <c r="C52" t="s">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="D52" t="s">
         <v>4</v>
       </c>
       <c r="E52" t="s">
         <v>38</v>
       </c>
       <c r="H52" t="s">
         <v>38</v>
       </c>
       <c r="I52" t="s">
         <v>38</v>
       </c>
       <c r="J52" t="s">
         <v>38</v>
       </c>
+      <c r="L52" t="s">
+        <v>38</v>
+      </c>
       <c r="Z52" t="s">
         <v>38</v>
       </c>
       <c r="AA52" t="s">
         <v>38</v>
       </c>
-      <c r="AC52" t="s">
-[...2 lines deleted...]
-      <c r="AF52" t="s">
+      <c r="AE52" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:35">
       <c r="B53" s="1" t="s">
-        <v>180</v>
+        <v>161</v>
       </c>
       <c r="C53" t="s">
-        <v>181</v>
+        <v>162</v>
       </c>
       <c r="D53" t="s">
         <v>4</v>
       </c>
       <c r="E53" t="s">
         <v>38</v>
       </c>
-      <c r="G53" t="s">
-[...2 lines deleted...]
-      <c r="I53" t="s">
+      <c r="H53" t="s">
         <v>38</v>
       </c>
       <c r="J53" t="s">
         <v>38</v>
       </c>
-      <c r="Y53" t="s">
+      <c r="R53" t="s">
+        <v>38</v>
+      </c>
+      <c r="T53" t="s">
         <v>38</v>
       </c>
       <c r="Z53" t="s">
         <v>38</v>
       </c>
+      <c r="AA53" t="s">
+        <v>38</v>
+      </c>
       <c r="AC53" t="s">
         <v>38</v>
       </c>
-      <c r="AE53" t="s">
-[...563 lines deleted...]
-      <c r="AF68" t="s">
+      <c r="AF53" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
@@ -3636,65 +2856,50 @@
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
-    <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
-[...13 lines deleted...]
-    <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>