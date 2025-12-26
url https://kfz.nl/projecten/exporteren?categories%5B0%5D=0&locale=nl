--- v0 (2025-11-04)
+++ v1 (2025-12-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -164,57 +164,54 @@
   <si>
     <t>BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>Het BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>2023-201</t>
   </si>
   <si>
     <t>Succesvol samenwerken met vrijwilligers in de BW/MO</t>
   </si>
   <si>
     <t>Hoe werk je succesvol samen met vrijwilligers in het beschermd wonen en de maatschappelijke opvang? Hoe kan dit het beste georganiseerd worden? En wat is de meerwaarde? Op deze vragen geeft dit project een antwoord.</t>
   </si>
   <si>
     <t>2023-172</t>
   </si>
   <si>
     <t>Implementatie checklist en interviewprotocol voor intake</t>
   </si>
   <si>
     <t>Bij een plaatsing van cliënten vanuit de penitentiaire inrichting of reclassering bij een BW/MO (ook wel forensische verblijfszorg) is het nodig voldoende en kwalitatief goede informatie te hebben over de cliënt om een juiste match te maken en onveiligheid of incidenten in de BW/MO instelling te voorkomen. Dit project is gericht op de implementatie van A) de checklist voor indicatiestelling en plaatsing en B) het interviewprotocol voor de intake.</t>
   </si>
   <si>
-    <t>2023-189</t>
-[...1 lines deleted...]
-  <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
-    <t>Dit project richt zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
+    <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
     <t>2023-190</t>
   </si>
   <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
     <t>2022-137</t>
   </si>
   <si>
     <t>Implementatiestudie omgaan met de spagaat krachtgericht werken binnen de BW/MO</t>
   </si>
   <si>
     <t>In dit project wordt een implementatiestudie uitgevoerd naar de implementatie van call 2018-95 Omgaan met de spagaat van krachtgericht werken met forensische cliënten binnen de maatschappelijke opvang.</t>
   </si>
   <si>
     <t>2022-186</t>
   </si>
   <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
@@ -290,84 +287,75 @@
   <si>
     <t>Omgaan met de spagaat van het krachtgericht werken met forensische cliënten binnen de opvang</t>
   </si>
   <si>
     <t>In dit onderzoek is achterhaald waar medewerkers van de maatschappelijke opvang tegen aan lopen in hun dagelijkse werk en hoe zij met dilemma’s om kunnen gaan door hierop te reflecteren om op die manier het professioneel handelen te verbeteren.</t>
   </si>
   <si>
     <t>2018-93</t>
   </si>
   <si>
     <t>Implementatie Handreiking Risicomanagement LVB</t>
   </si>
   <si>
     <t>De handreiking is ontwikkeld ten behoeve van het risicomanagement van forensische psychiatrische patiënten met LVB problematiek.</t>
   </si>
   <si>
     <t>2018-85</t>
   </si>
   <si>
     <t>Implementatietraject duurzame verbinding</t>
   </si>
   <si>
     <t>Relationeel werken en contact na behandeling ter voorkoming van recidive.</t>
   </si>
   <si>
-    <t>2015-41</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische FACT LVB</t>
   </si>
   <si>
     <t>De Borg-instellingen werken samen aan de implementatie van het forensische FACT-team voor de LVB-doelgroep. Ze hebben de resultaten hiervan onderzocht en stimuleren de landelijke ontwikkeling van de For (F)ACT LVB.</t>
   </si>
   <si>
-    <t>2015-43</t>
-[...1 lines deleted...]
-  <si>
     <t>Behandeling van seksueel grensoverschrijdend gedrag bij cliënten met een LVB</t>
   </si>
   <si>
     <t>Deze behandelinterventie is gericht op de dynamische criminogene factoren die van invloed zijn op seksueel grensoverschrijdend gedrag bij cliënten met een LVB, met als doel dit gedrag te reduceren en in de toekomst te voorkomen.</t>
   </si>
   <si>
     <t>2015-45</t>
   </si>
   <si>
     <t>FHIC</t>
   </si>
   <si>
     <t>Centraal staat het ontwikkelen van een forensische variant van het model High en Intensive Care (HIC) om een klinisch en forensisch vangnet voor de ambulante setting te creëren.</t>
   </si>
   <si>
     <t>Schema Focused Therapy (SFT)</t>
   </si>
   <si>
     <t>Deze variant van Schema Focused Therapy is gericht op de forensische doelgroep. Binnen SFT worden disfunctionele schema's waar mogelijk aangepast naar nieuwe, functionele schema's om zo onder andere delictgedrag te voorkomen.</t>
-  </si>
-[...1 lines deleted...]
-    <t>2013-4</t>
   </si>
   <si>
     <t>Sociotherapeutisch milieu</t>
   </si>
   <si>
     <t>Explorerende studie (bestaande uit twee delen) over best practice van sociotherapie en over de werkzame elementen in het creëren van een gunstig sociotherapeutisch milieu in de forensische klinische setting.</t>
   </si>
   <si>
     <t>2014-25</t>
   </si>
   <si>
     <t>Helpers en Helden: SFT voor LVB</t>
   </si>
   <si>
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
     <t>2016-6</t>
   </si>
   <si>
     <t>Handelingsprotocol zorgprogramma psychotische stoornissen (Call 2016-6B)</t>
   </si>
   <si>
     <t>Deze studie betreft een verdieping en vertaalslag naar implementatie in de praktijk, van het zorgprogramma psychotische stoornissen dat in 2015 binnen het EFP is afgerond.</t>
   </si>
@@ -1065,1131 +1053,1119 @@
         <v>5</v>
       </c>
       <c r="F6" t="s">
         <v>38</v>
       </c>
       <c r="G6" t="s">
         <v>38</v>
       </c>
       <c r="I6" t="s">
         <v>38</v>
       </c>
       <c r="K6" t="s">
         <v>38</v>
       </c>
       <c r="Q6" t="s">
         <v>38</v>
       </c>
       <c r="AB6" t="s">
         <v>38</v>
       </c>
       <c r="AH6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:35">
-      <c r="A7" t="s">
+      <c r="B7" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="C7" t="s">
         <v>51</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G7" t="s">
+        <v>4</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
         <v>38</v>
       </c>
       <c r="I7" t="s">
         <v>38</v>
       </c>
       <c r="J7" t="s">
         <v>38</v>
       </c>
       <c r="L7" t="s">
         <v>38</v>
       </c>
       <c r="Z7" t="s">
         <v>38</v>
       </c>
       <c r="AA7" t="s">
         <v>38</v>
       </c>
       <c r="AC7" t="s">
         <v>38</v>
       </c>
       <c r="AE7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>54</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G8" t="s">
+        <v>4</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="H8" t="s">
         <v>38</v>
       </c>
       <c r="I8" t="s">
         <v>38</v>
       </c>
       <c r="K8" t="s">
         <v>38</v>
       </c>
       <c r="Q8" t="s">
         <v>38</v>
       </c>
       <c r="Z8" t="s">
         <v>38</v>
       </c>
       <c r="AA8" t="s">
         <v>38</v>
       </c>
       <c r="AB8" t="s">
         <v>38</v>
       </c>
       <c r="AC8" t="s">
         <v>38</v>
       </c>
       <c r="AD8" t="s">
         <v>38</v>
       </c>
       <c r="AH8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
       <c r="G9" t="s">
         <v>38</v>
       </c>
       <c r="I9" t="s">
         <v>38</v>
       </c>
       <c r="L9" t="s">
         <v>38</v>
       </c>
       <c r="AB9" t="s">
         <v>38</v>
       </c>
       <c r="AE9" t="s">
         <v>38</v>
       </c>
       <c r="AF9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
         <v>38</v>
       </c>
       <c r="G10" t="s">
         <v>38</v>
       </c>
       <c r="I10" t="s">
         <v>38</v>
       </c>
       <c r="J10" t="s">
         <v>38</v>
       </c>
       <c r="L10" t="s">
         <v>38</v>
       </c>
       <c r="W10" t="s">
         <v>38</v>
       </c>
       <c r="Z10" t="s">
         <v>38</v>
       </c>
       <c r="AA10" t="s">
         <v>38</v>
       </c>
       <c r="AE10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
       <c r="G11" t="s">
         <v>38</v>
       </c>
       <c r="I11" t="s">
         <v>38</v>
       </c>
       <c r="J11" t="s">
         <v>38</v>
       </c>
       <c r="R11" t="s">
         <v>38</v>
       </c>
       <c r="Z11" t="s">
         <v>38</v>
       </c>
       <c r="AA11" t="s">
         <v>38</v>
       </c>
       <c r="AB11" t="s">
         <v>38</v>
       </c>
       <c r="AC11" t="s">
         <v>38</v>
       </c>
       <c r="AD11" t="s">
         <v>38</v>
       </c>
       <c r="AF11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="C12" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
         <v>38</v>
       </c>
       <c r="H12" t="s">
         <v>38</v>
       </c>
       <c r="I12" t="s">
         <v>38</v>
       </c>
       <c r="J12" t="s">
         <v>38</v>
       </c>
       <c r="L12" t="s">
         <v>38</v>
       </c>
       <c r="X12" t="s">
         <v>38</v>
       </c>
       <c r="Z12" t="s">
         <v>38</v>
       </c>
       <c r="AA12" t="s">
         <v>38</v>
       </c>
       <c r="AF12" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="A13" t="s">
+        <v>67</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>68</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="C13" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>38</v>
       </c>
       <c r="I13" t="s">
         <v>38</v>
       </c>
       <c r="L13" t="s">
         <v>38</v>
       </c>
       <c r="AA13" t="s">
         <v>38</v>
       </c>
       <c r="AB13" t="s">
         <v>38</v>
       </c>
       <c r="AD13" t="s">
         <v>38</v>
       </c>
       <c r="AF13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C14" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="H14" t="s">
         <v>38</v>
       </c>
       <c r="I14" t="s">
         <v>38</v>
       </c>
       <c r="L14" t="s">
         <v>38</v>
       </c>
       <c r="AB14" t="s">
         <v>38</v>
       </c>
       <c r="AE14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="A15" t="s">
+        <v>73</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="C15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="H15" t="s">
         <v>38</v>
       </c>
       <c r="I15" t="s">
         <v>38</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="AA15" t="s">
         <v>38</v>
       </c>
       <c r="AB15" t="s">
         <v>38</v>
       </c>
       <c r="AD15" t="s">
         <v>38</v>
       </c>
       <c r="AG15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="A16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C16" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="G16" t="s">
         <v>38</v>
       </c>
       <c r="I16" t="s">
         <v>38</v>
       </c>
       <c r="AD16" t="s">
         <v>38</v>
       </c>
       <c r="AF16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="C17" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="G17" t="s">
         <v>38</v>
       </c>
       <c r="I17" t="s">
         <v>38</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="Z17" t="s">
         <v>38</v>
       </c>
       <c r="AE17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="A18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B18" s="1" t="s">
+      <c r="C18" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
       <c r="H18" t="s">
         <v>38</v>
       </c>
       <c r="I18" t="s">
         <v>38</v>
       </c>
       <c r="L18" t="s">
         <v>38</v>
       </c>
       <c r="AB18" t="s">
         <v>38</v>
       </c>
       <c r="AE18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:35">
       <c r="A19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="B19" s="1" t="s">
+      <c r="C19" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="H19" t="s">
         <v>38</v>
       </c>
       <c r="I19" t="s">
         <v>38</v>
       </c>
       <c r="J19" t="s">
         <v>38</v>
       </c>
       <c r="L19" t="s">
         <v>38</v>
       </c>
       <c r="R19" t="s">
         <v>38</v>
       </c>
       <c r="Z19" t="s">
         <v>38</v>
       </c>
       <c r="AE19" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20" s="1" t="s">
         <v>89</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="C20" t="s">
         <v>90</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>4</v>
+      </c>
+      <c r="E20" t="s">
+        <v>38</v>
+      </c>
+      <c r="H20" t="s">
+        <v>38</v>
+      </c>
+      <c r="I20" t="s">
+        <v>38</v>
+      </c>
+      <c r="J20" t="s">
+        <v>38</v>
+      </c>
+      <c r="K20" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH20" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35">
+      <c r="B21" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="D20" t="s">
-[...31 lines deleted...]
-      <c r="A21" t="s">
+      <c r="C21" t="s">
         <v>92</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="D21" t="s">
+        <v>4</v>
+      </c>
+      <c r="E21" t="s">
+        <v>38</v>
+      </c>
+      <c r="H21" t="s">
+        <v>38</v>
+      </c>
+      <c r="I21" t="s">
+        <v>38</v>
+      </c>
+      <c r="J21" t="s">
+        <v>38</v>
+      </c>
+      <c r="R21" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE21" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35">
+      <c r="B22" s="1" t="s">
         <v>93</v>
       </c>
-      <c r="C21" t="s">
+      <c r="C22" t="s">
         <v>94</v>
-      </c>
-[...33 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
         <v>38</v>
       </c>
       <c r="H22" t="s">
         <v>38</v>
       </c>
       <c r="I22" t="s">
         <v>38</v>
       </c>
       <c r="J22" t="s">
         <v>38</v>
       </c>
       <c r="R22" t="s">
         <v>38</v>
       </c>
       <c r="W22" t="s">
         <v>38</v>
       </c>
       <c r="AA22" t="s">
         <v>38</v>
       </c>
       <c r="AF22" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C23" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
         <v>38</v>
       </c>
       <c r="H23" t="s">
         <v>38</v>
       </c>
       <c r="I23" t="s">
         <v>38</v>
       </c>
       <c r="J23" t="s">
         <v>38</v>
       </c>
       <c r="Y23" t="s">
         <v>38</v>
       </c>
       <c r="Z23" t="s">
         <v>38</v>
       </c>
       <c r="AC23" t="s">
         <v>38</v>
       </c>
       <c r="AE23" t="s">
         <v>38</v>
       </c>
       <c r="AG23" t="s">
         <v>38</v>
       </c>
       <c r="AH23" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="B24" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>4</v>
+      </c>
+      <c r="E24" t="s">
+        <v>38</v>
+      </c>
+      <c r="H24" t="s">
+        <v>38</v>
+      </c>
+      <c r="I24" t="s">
+        <v>38</v>
+      </c>
+      <c r="J24" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF24" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="25" spans="1:35">
+      <c r="B25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C25" t="s">
         <v>101</v>
-      </c>
-[...39 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>38</v>
       </c>
       <c r="G25" t="s">
         <v>38</v>
       </c>
       <c r="I25" t="s">
         <v>38</v>
       </c>
       <c r="J25" t="s">
         <v>38</v>
       </c>
       <c r="Y25" t="s">
         <v>38</v>
       </c>
       <c r="Z25" t="s">
         <v>38</v>
       </c>
       <c r="AC25" t="s">
         <v>38</v>
       </c>
       <c r="AE25" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="A26" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
         <v>38</v>
       </c>
       <c r="H26" t="s">
         <v>38</v>
       </c>
       <c r="I26" t="s">
         <v>38</v>
       </c>
       <c r="J26" t="s">
         <v>38</v>
       </c>
       <c r="M26" t="s">
         <v>38</v>
       </c>
       <c r="Z26" t="s">
         <v>38</v>
       </c>
       <c r="AA26" t="s">
         <v>38</v>
       </c>
       <c r="AC26" t="s">
         <v>38</v>
       </c>
       <c r="AF26" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:35">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C27" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
         <v>38</v>
       </c>
       <c r="H27" t="s">
         <v>38</v>
       </c>
       <c r="I27" t="s">
         <v>38</v>
       </c>
       <c r="J27" t="s">
         <v>38</v>
       </c>
       <c r="W27" t="s">
         <v>38</v>
       </c>
       <c r="Z27" t="s">
         <v>38</v>
       </c>
       <c r="AF27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:35">
       <c r="A28" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
         <v>38</v>
       </c>
       <c r="H28" t="s">
         <v>38</v>
       </c>
       <c r="I28" t="s">
         <v>38</v>
       </c>
       <c r="J28" t="s">
         <v>38</v>
       </c>
       <c r="Y28" t="s">
         <v>38</v>
       </c>
       <c r="Z28" t="s">
         <v>38</v>
       </c>
       <c r="AA28" t="s">
         <v>38</v>
       </c>
       <c r="AC28" t="s">
         <v>38</v>
       </c>
       <c r="AE28" t="s">
         <v>38</v>
       </c>
       <c r="AH28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="29" spans="1:35">
       <c r="A29" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C29" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D29" t="s">
         <v>4</v>
       </c>
       <c r="E29" t="s">
         <v>38</v>
       </c>
       <c r="H29" t="s">
         <v>38</v>
       </c>
       <c r="I29" t="s">
         <v>38</v>
       </c>
       <c r="J29" t="s">
         <v>38</v>
       </c>
       <c r="Y29" t="s">
         <v>38</v>
       </c>
       <c r="Z29" t="s">
         <v>38</v>
       </c>
       <c r="AA29" t="s">
         <v>38</v>
       </c>
       <c r="AB29" t="s">
         <v>38</v>
       </c>
       <c r="AC29" t="s">
         <v>38</v>
       </c>
       <c r="AD29" t="s">
         <v>38</v>
       </c>
       <c r="AE29" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:35">
       <c r="A30" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C30" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D30" t="s">
         <v>4</v>
       </c>
       <c r="E30" t="s">
         <v>38</v>
       </c>
       <c r="H30" t="s">
         <v>38</v>
       </c>
       <c r="I30" t="s">
         <v>38</v>
       </c>
       <c r="L30" t="s">
         <v>38</v>
       </c>
       <c r="R30" t="s">
         <v>38</v>
       </c>
       <c r="AA30" t="s">
         <v>38</v>
       </c>
       <c r="AD30" t="s">
         <v>38</v>
       </c>
       <c r="AF30" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="31" spans="1:35">
       <c r="A31" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="C31" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D31" t="s">
         <v>4</v>
       </c>
       <c r="E31" t="s">
         <v>38</v>
       </c>
       <c r="H31" t="s">
         <v>38</v>
       </c>
       <c r="I31" t="s">
         <v>38</v>
       </c>
       <c r="L31" t="s">
         <v>38</v>
       </c>
       <c r="Y31" t="s">
         <v>38</v>
       </c>
       <c r="AA31" t="s">
         <v>38</v>
       </c>
       <c r="AB31" t="s">
         <v>38</v>
       </c>
       <c r="AE31" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="32" spans="1:35">
       <c r="A32" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="C32" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D32" t="s">
         <v>4</v>
       </c>
       <c r="E32" t="s">
         <v>38</v>
       </c>
       <c r="G32" t="s">
         <v>38</v>
       </c>
       <c r="I32" t="s">
         <v>38</v>
       </c>
       <c r="Z32" t="s">
         <v>38</v>
       </c>
       <c r="AE32" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:35">
       <c r="A33" t="s">
+        <v>120</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C33" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D33" t="s">
         <v>4</v>
       </c>
       <c r="E33" t="s">
         <v>38</v>
       </c>
       <c r="H33" t="s">
         <v>38</v>
       </c>
       <c r="I33" t="s">
         <v>38</v>
       </c>
       <c r="J33" t="s">
         <v>38</v>
       </c>
       <c r="N33" t="s">
         <v>38</v>
       </c>
       <c r="AA33" t="s">
         <v>38</v>
       </c>
       <c r="AB33" t="s">
         <v>38</v>
       </c>
       <c r="AD33" t="s">
         <v>38</v>
       </c>
       <c r="AE33" t="s">
         <v>38</v>
       </c>
       <c r="AF33" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="34" spans="1:35">
       <c r="A34" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="C34" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D34" t="s">
         <v>4</v>
       </c>
       <c r="E34" t="s">
         <v>38</v>
       </c>
       <c r="H34" t="s">
         <v>38</v>
       </c>
       <c r="I34" t="s">
         <v>38</v>
       </c>
       <c r="L34" t="s">
         <v>38</v>
       </c>
       <c r="AA34" t="s">
         <v>38</v>
       </c>
       <c r="AB34" t="s">
         <v>38</v>
       </c>
       <c r="AE34" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="35" spans="1:35">
       <c r="A35" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C35" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D35" t="s">
         <v>4</v>
       </c>
       <c r="E35" t="s">
         <v>38</v>
       </c>
       <c r="H35" t="s">
         <v>38</v>
       </c>
       <c r="I35" t="s">
         <v>38</v>
       </c>
       <c r="J35" t="s">
         <v>38</v>
       </c>
       <c r="L35" t="s">
         <v>38</v>
       </c>
       <c r="Z35" t="s">
         <v>38</v>
       </c>
       <c r="AA35" t="s">
         <v>38</v>
       </c>