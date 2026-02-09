--- v1 (2025-12-26)
+++ v2 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,327 +119,240 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2025-216</t>
-[...5 lines deleted...]
-    <t>Een doorontwikkeling waarin een draaiboek wordt opgesteld voor het aanbieden van de Weet Wat Je Kan-module in groepsverband.</t>
+    <t>2024-217</t>
+  </si>
+  <si>
+    <t>Evaluatieonderzoek implementatie Waaiermodel</t>
+  </si>
+  <si>
+    <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>2024-217</t>
-[...7 lines deleted...]
-  <si>
     <t>BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>Het BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>2023-201</t>
   </si>
   <si>
     <t>Succesvol samenwerken met vrijwilligers in de BW/MO</t>
   </si>
   <si>
     <t>Hoe werk je succesvol samen met vrijwilligers in het beschermd wonen en de maatschappelijke opvang? Hoe kan dit het beste georganiseerd worden? En wat is de meerwaarde? Op deze vragen geeft dit project een antwoord.</t>
   </si>
   <si>
-    <t>2023-172</t>
-[...7 lines deleted...]
-  <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
     <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
     <t>2023-190</t>
   </si>
   <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
-    <t>2022-137</t>
-[...7 lines deleted...]
-  <si>
     <t>2022-186</t>
   </si>
   <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
-    <t>2022-181</t>
-[...5 lines deleted...]
-    <t>In dit project wordt kennis uit literatuur en attitudes en vaardigheden van professionals omgezet in praktische handvatten t.a.v. seksualiteit bij LVB-cliënten.</t>
+    <t>Seksualiteitsbeleid bij forensische cliënten</t>
+  </si>
+  <si>
+    <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2021-149</t>
   </si>
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
-    <t>2021-155</t>
-[...7 lines deleted...]
-  <si>
     <t>2020-132</t>
   </si>
   <si>
     <t>Forensische best practices in BW/MO instellingen</t>
   </si>
   <si>
     <t>In dit project is in kaart gebracht wat de forensische best practices zijn binnen de BW/MO instellingen. Waar worden positieve ervaringen opgedaan en waar zit de relevante kennis?</t>
   </si>
   <si>
-    <t>2020-135</t>
-[...1 lines deleted...]
-  <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
-    <t>Best practices en concrete do’s en don’ts voor het werken op afstand met reclasseringscliënten.</t>
+    <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
     <t>2019-105</t>
   </si>
   <si>
     <t>Effectief methodisch werken in reclasseringstoezicht: een systematisch literatuuroverzicht</t>
   </si>
   <si>
     <t>Dit onderzoek heeft als doel om een systematisch overzicht te geven van werkzame elementen voor reclasseringstoezicht op grond van wetenschappelijk onderzoek.</t>
   </si>
   <si>
-    <t>2019-113</t>
-[...23 lines deleted...]
-    <t>De handreiking is ontwikkeld ten behoeve van het risicomanagement van forensische psychiatrische patiënten met LVB problematiek.</t>
+    <t>Risicomanagement LVB</t>
+  </si>
+  <si>
+    <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. Binnen dit thema is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
   </si>
   <si>
     <t>2018-85</t>
   </si>
   <si>
     <t>Implementatietraject duurzame verbinding</t>
   </si>
   <si>
     <t>Relationeel werken en contact na behandeling ter voorkoming van recidive.</t>
   </si>
   <si>
     <t>Forensische FACT LVB</t>
   </si>
   <si>
     <t>De Borg-instellingen werken samen aan de implementatie van het forensische FACT-team voor de LVB-doelgroep. Ze hebben de resultaten hiervan onderzocht en stimuleren de landelijke ontwikkeling van de For (F)ACT LVB.</t>
   </si>
   <si>
     <t>Behandeling van seksueel grensoverschrijdend gedrag bij cliënten met een LVB</t>
   </si>
   <si>
     <t>Deze behandelinterventie is gericht op de dynamische criminogene factoren die van invloed zijn op seksueel grensoverschrijdend gedrag bij cliënten met een LVB, met als doel dit gedrag te reduceren en in de toekomst te voorkomen.</t>
   </si>
   <si>
-    <t>2015-45</t>
-[...5 lines deleted...]
-    <t>Centraal staat het ontwikkelen van een forensische variant van het model High en Intensive Care (HIC) om een klinisch en forensisch vangnet voor de ambulante setting te creëren.</t>
+    <t>Forensische High &amp; Intensive Care (FHIC)</t>
+  </si>
+  <si>
+    <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
   </si>
   <si>
     <t>Schema Focused Therapy (SFT)</t>
   </si>
   <si>
     <t>Deze variant van Schema Focused Therapy is gericht op de forensische doelgroep. Binnen SFT worden disfunctionele schema's waar mogelijk aangepast naar nieuwe, functionele schema's om zo onder andere delictgedrag te voorkomen.</t>
   </si>
   <si>
     <t>Sociotherapeutisch milieu</t>
   </si>
   <si>
     <t>Explorerende studie (bestaande uit twee delen) over best practice van sociotherapie en over de werkzame elementen in het creëren van een gunstig sociotherapeutisch milieu in de forensische klinische setting.</t>
   </si>
   <si>
     <t>2014-25</t>
   </si>
   <si>
     <t>Helpers en Helden: SFT voor LVB</t>
   </si>
   <si>
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
     <t>2016-6</t>
   </si>
   <si>
     <t>Handelingsprotocol zorgprogramma psychotische stoornissen (Call 2016-6B)</t>
   </si>
   <si>
     <t>Deze studie betreft een verdieping en vertaalslag naar implementatie in de praktijk, van het zorgprogramma psychotische stoornissen dat in 2015 binnen het EFP is afgerond.</t>
   </si>
   <si>
-    <t>2016-62</t>
-[...10 lines deleted...]
-  <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
-    <t>Dit betreft een kennisdocument met aanbevelingen en handvatten voor het verbeteren van de objectieve en subjectieve kwaliteit van leven van forensisch psychiatrische patiënten. Het doel is om meer aandacht creëren voor kwaliteit van leven in de forensische context, waar de primaire focus logischerwijs op beveiliging ligt.</t>
+    <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
   </si>
   <si>
     <t>2016-50</t>
   </si>
   <si>
     <t>Handreiking 'LVBeeld; basis voor discussie, vertrekpunt voor herkenning'</t>
   </si>
   <si>
     <t>Dit project heeft als doel dat professionals die aan het begin van de strafrechtsketen staan, een LVB-cliënt sneller en beter herkennen. Door middel van interactieve training leert men de LVB tijdig te herkennen en te signaleren.</t>
   </si>
   <si>
-    <t>2016-54</t>
-[...29 lines deleted...]
-    <t>Bij (dreigende) agressie vallen professionals snel terug op repressie en regels, wat risico op nieuwe incidenten verhogen kan. Vanuit herstelgericht werken heeft deze call een handleiding 'Proactieve Agressiehantering voor Opvangvoorzieningen' (PAvO) opgeleverd.</t>
+    <t>Krachtgericht werken binnen de maatschappelijke opvang en beschermd wonen</t>
+  </si>
+  <si>
+    <t>Binnen deze projecten is gewerkt aan het versterken van veiligheid in opvang- en zorgvoorzieningen. De projecten richten zich op hoe medewerkers en cliënten gezamenlijk kunnen bijdragen aan een veilig leef- en werkklimaat.</t>
+  </si>
+  <si>
+    <t>Verlofhulp</t>
+  </si>
+  <si>
+    <t>Deze applicatie is bedoeld ter ondersteuning van de patiënt tijdens zijn verlof vanuit een klinische behandeling.</t>
+  </si>
+  <si>
+    <t>GRIP-app</t>
+  </si>
+  <si>
+    <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
+  </si>
+  <si>
+    <t>De Proactieve Agressiehantering voor Opvangvoorzieningen (PAvO)</t>
+  </si>
+  <si>
+    <t>De PAVO‑methodiek richt zich op het proactief omgaan met agressie binnen opvangvoorzieningen. Het project biedt handvatten om agressie te signaleren, te voorkomen en op een professionele manier te hanteren.</t>
   </si>
   <si>
     <t>2016-60</t>
   </si>
   <si>
     <t>Handreiking slachtofferbewust werken voor forensisch maatschappelijk werkers</t>
   </si>
   <si>
     <t>Dit project betreft de implementatie en doorontwikkeling van de handreiking: Slachtofferbewust werken voor Forensisch Maatschappelijk Werkers.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -754,62 +667,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/doorontwikkeling-weet-wat-je-kan" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-checklist-en-interviewprotocol-voor-intake" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatiestudie-omgaan-met-de-spagaat-krachtgericht-werken-binnen-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteit-bij-forensisch-clienten-met-een-licht-verstandelijke-beperking" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-en-training-werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectief-methodisch-werken-in-reclasseringstoezicht-een-systematisch-literatuuroverzicht-call-2019-105" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/haalbaarheidsonderzoek-verlofapp-20-call-2019-113" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/omgaan-met-de-spagaat-van-het-krachtgericht-werken-met-forensische-clienten-binnen-de-opvang" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-handreiking-risicomanagement-lvb-call-2018-93" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-45" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-62" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-46" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-54" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-30-3" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-55" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectief-methodisch-werken-in-reclasseringstoezicht-een-systematisch-literatuuroverzicht-call-2019-105" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verlofhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI35"/>
+  <dimension ref="A1:AI28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B35" sqref="B35"/>
+      <selection activeCell="B28" sqref="B28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -902,1335 +815,1050 @@
     <row r="2" spans="1:35">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>36</v>
       </c>
       <c r="C2" t="s">
         <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
         <v>38</v>
       </c>
       <c r="G2" t="s">
         <v>38</v>
       </c>
       <c r="I2" t="s">
         <v>38</v>
       </c>
       <c r="J2" t="s">
         <v>38</v>
       </c>
-      <c r="R2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z2" t="s">
         <v>38</v>
       </c>
+      <c r="AA2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>38</v>
+      </c>
       <c r="AE2" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="3" spans="1:35">
-      <c r="A3" t="s">
+      <c r="B3" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="G3" t="s">
         <v>38</v>
       </c>
       <c r="I3" t="s">
         <v>38</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="AA3" t="s">
+      <c r="U3" t="s">
         <v>38</v>
       </c>
       <c r="AB3" t="s">
         <v>38</v>
       </c>
-      <c r="AD3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:35">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
       <c r="B4" s="1" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" t="s">
         <v>38</v>
       </c>
       <c r="I4" t="s">
         <v>38</v>
       </c>
-      <c r="U4" t="s">
+      <c r="V4" t="s">
         <v>38</v>
       </c>
       <c r="AB4" t="s">
         <v>38</v>
       </c>
-      <c r="AE4" t="s">
+      <c r="AF4" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:35">
-      <c r="A5" t="s">
+      <c r="B5" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" t="s">
         <v>45</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
         <v>4</v>
       </c>
       <c r="E5" t="s">
         <v>38</v>
       </c>
       <c r="H5" t="s">
         <v>38</v>
       </c>
       <c r="I5" t="s">
         <v>38</v>
       </c>
-      <c r="V5" t="s">
-[...8 lines deleted...]
-      <c r="AG5" t="s">
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE5" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="6" spans="1:35">
       <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C6" t="s">
         <v>48</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" t="s">
+        <v>38</v>
+      </c>
+      <c r="K6" t="s">
+        <v>38</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:35">
+      <c r="A7" t="s">
         <v>49</v>
       </c>
-      <c r="D6" t="s">
-[...24 lines deleted...]
-    <row r="7" spans="1:35">
       <c r="B7" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C7" t="s">
         <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
-      <c r="H7" t="s">
+      <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="I7" t="s">
         <v>38</v>
       </c>
       <c r="J7" t="s">
         <v>38</v>
       </c>
       <c r="L7" t="s">
         <v>38</v>
       </c>
+      <c r="W7" t="s">
+        <v>38</v>
+      </c>
       <c r="Z7" t="s">
         <v>38</v>
       </c>
       <c r="AA7" t="s">
         <v>38</v>
       </c>
-      <c r="AC7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE7" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:35">
-      <c r="A8" t="s">
+      <c r="B8" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="C8" t="s">
         <v>53</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
-      <c r="H8" t="s">
+      <c r="G8" t="s">
         <v>38</v>
       </c>
       <c r="I8" t="s">
         <v>38</v>
       </c>
-      <c r="K8" t="s">
-[...2 lines deleted...]
-      <c r="Q8" t="s">
+      <c r="J8" t="s">
+        <v>38</v>
+      </c>
+      <c r="R8" t="s">
         <v>38</v>
       </c>
       <c r="Z8" t="s">
         <v>38</v>
       </c>
       <c r="AA8" t="s">
         <v>38</v>
       </c>
       <c r="AB8" t="s">
         <v>38</v>
       </c>
       <c r="AC8" t="s">
         <v>38</v>
       </c>
       <c r="AD8" t="s">
         <v>38</v>
       </c>
-      <c r="AH8" t="s">
+      <c r="AF8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:35">
       <c r="A9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="C9" t="s">
         <v>56</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="G9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="H9" t="s">
         <v>38</v>
       </c>
       <c r="I9" t="s">
         <v>38</v>
       </c>
+      <c r="J9" t="s">
+        <v>38</v>
+      </c>
       <c r="L9" t="s">
         <v>38</v>
       </c>
-      <c r="AB9" t="s">
-[...2 lines deleted...]
-      <c r="AE9" t="s">
+      <c r="X9" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA9" t="s">
         <v>38</v>
       </c>
       <c r="AF9" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="C10" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>4</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="H10" t="s">
+        <v>38</v>
+      </c>
+      <c r="I10" t="s">
+        <v>38</v>
+      </c>
+      <c r="L10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:35">
+      <c r="B11" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="D10" t="s">
-[...31 lines deleted...]
-      <c r="A11" t="s">
+      <c r="C11" t="s">
         <v>61</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
         <v>38</v>
       </c>
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>38</v>
       </c>
       <c r="I11" t="s">
         <v>38</v>
       </c>
-      <c r="J11" t="s">
-[...5 lines deleted...]
-      <c r="Z11" t="s">
+      <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="AA11" t="s">
         <v>38</v>
       </c>
       <c r="AB11" t="s">
         <v>38</v>
       </c>
-      <c r="AC11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD11" t="s">
         <v>38</v>
       </c>
-      <c r="AF11" t="s">
+      <c r="AG11" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:35">
       <c r="A12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
         <v>64</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="D12" t="s">
+        <v>4</v>
+      </c>
+      <c r="E12" t="s">
+        <v>38</v>
+      </c>
+      <c r="G12" t="s">
+        <v>38</v>
+      </c>
+      <c r="I12" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD12" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF12" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:35">
+      <c r="B13" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="C12" t="s">
+      <c r="C13" t="s">
         <v>66</v>
       </c>
-      <c r="D12" t="s">
-[...39 lines deleted...]
-      </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
         <v>38</v>
       </c>
       <c r="H13" t="s">
         <v>38</v>
       </c>
       <c r="I13" t="s">
         <v>38</v>
       </c>
+      <c r="J13" t="s">
+        <v>38</v>
+      </c>
       <c r="L13" t="s">
         <v>38</v>
       </c>
-      <c r="AA13" t="s">
-[...8 lines deleted...]
-      <c r="AF13" t="s">
+      <c r="R13" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:35">
       <c r="A14" t="s">
+        <v>67</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="C14" t="s">
+        <v>69</v>
+      </c>
+      <c r="D14" t="s">
+        <v>4</v>
+      </c>
+      <c r="E14" t="s">
+        <v>38</v>
+      </c>
+      <c r="H14" t="s">
+        <v>38</v>
+      </c>
+      <c r="I14" t="s">
+        <v>38</v>
+      </c>
+      <c r="J14" t="s">
+        <v>38</v>
+      </c>
+      <c r="K14" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE14" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG14" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH14" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:35">
+      <c r="B15" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="C15" t="s">
         <v>71</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D15" t="s">
+        <v>4</v>
+      </c>
+      <c r="E15" t="s">
+        <v>38</v>
+      </c>
+      <c r="H15" t="s">
+        <v>38</v>
+      </c>
+      <c r="I15" t="s">
+        <v>38</v>
+      </c>
+      <c r="J15" t="s">
+        <v>38</v>
+      </c>
+      <c r="R15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="16" spans="1:35">
+      <c r="B16" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="D14" t="s">
-[...22 lines deleted...]
-      <c r="A15" t="s">
+      <c r="C16" t="s">
         <v>73</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="D16" t="s">
+        <v>4</v>
+      </c>
+      <c r="E16" t="s">
+        <v>38</v>
+      </c>
+      <c r="H16" t="s">
+        <v>38</v>
+      </c>
+      <c r="I16" t="s">
+        <v>38</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+      <c r="R16" t="s">
+        <v>38</v>
+      </c>
+      <c r="W16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF16" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17" spans="1:35">
+      <c r="B17" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="C15" t="s">
+      <c r="C17" t="s">
         <v>75</v>
       </c>
-      <c r="D15" t="s">
-[...28 lines deleted...]
-      <c r="A16" t="s">
+      <c r="D17" t="s">
+        <v>4</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="H17" t="s">
+        <v>38</v>
+      </c>
+      <c r="I17" t="s">
+        <v>38</v>
+      </c>
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>38</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35">
+      <c r="B18" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="C18" t="s">
         <v>77</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D18" t="s">
+        <v>4</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="H18" t="s">
+        <v>38</v>
+      </c>
+      <c r="I18" t="s">
+        <v>38</v>
+      </c>
+      <c r="J18" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35">
+      <c r="B19" s="1" t="s">
         <v>78</v>
       </c>
-      <c r="D16" t="s">
-[...19 lines deleted...]
-      <c r="A17" t="s">
+      <c r="C19" t="s">
         <v>79</v>
       </c>
-      <c r="B17" s="1" t="s">
-[...68 lines deleted...]
-      </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
-      <c r="H19" t="s">
+      <c r="G19" t="s">
         <v>38</v>
       </c>
       <c r="I19" t="s">
         <v>38</v>
       </c>
       <c r="J19" t="s">
         <v>38</v>
       </c>
-      <c r="L19" t="s">
-[...2 lines deleted...]
-      <c r="R19" t="s">
+      <c r="Y19" t="s">
         <v>38</v>
       </c>
       <c r="Z19" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC19" t="s">
         <v>38</v>
       </c>
       <c r="AE19" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="C20" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20" t="s">
         <v>38</v>
       </c>
       <c r="H20" t="s">
         <v>38</v>
       </c>
       <c r="I20" t="s">
         <v>38</v>
       </c>
       <c r="J20" t="s">
         <v>38</v>
       </c>
-      <c r="K20" t="s">
+      <c r="M20" t="s">
         <v>38</v>
       </c>
       <c r="Z20" t="s">
         <v>38</v>
       </c>
-      <c r="AE20" t="s">
-[...5 lines deleted...]
-      <c r="AH20" t="s">
+      <c r="AA20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF20" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="21" spans="1:35">
+      <c r="A21" t="s">
+        <v>83</v>
+      </c>
       <c r="B21" s="1" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="C21" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
         <v>38</v>
       </c>
       <c r="H21" t="s">
         <v>38</v>
       </c>
       <c r="I21" t="s">
         <v>38</v>
       </c>
       <c r="J21" t="s">
         <v>38</v>
       </c>
-      <c r="R21" t="s">
-[...5 lines deleted...]
-      <c r="AE21" t="s">
+      <c r="W21" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF21" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="B22" s="1" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="C22" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
         <v>38</v>
       </c>
       <c r="H22" t="s">
         <v>38</v>
       </c>
       <c r="I22" t="s">
         <v>38</v>
       </c>
       <c r="J22" t="s">
         <v>38</v>
       </c>
-      <c r="R22" t="s">
-[...2 lines deleted...]
-      <c r="W22" t="s">
+      <c r="Y22" t="s">
+        <v>38</v>
+      </c>
+      <c r="Z22" t="s">
         <v>38</v>
       </c>
       <c r="AA22" t="s">
         <v>38</v>
       </c>
-      <c r="AF22" t="s">
+      <c r="AB22" t="s">
+        <v>38</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE22" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="23" spans="1:35">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="C23" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
         <v>38</v>
       </c>
       <c r="H23" t="s">
         <v>38</v>
       </c>
       <c r="I23" t="s">
         <v>38</v>
       </c>
-      <c r="J23" t="s">
-[...17 lines deleted...]
-      <c r="AH23" t="s">
+      <c r="L23" t="s">
+        <v>38</v>
+      </c>
+      <c r="R23" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF23" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="B24" s="1" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="C24" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
         <v>38</v>
       </c>
       <c r="H24" t="s">
         <v>38</v>
       </c>
       <c r="I24" t="s">
         <v>38</v>
       </c>
-      <c r="J24" t="s">
-[...2 lines deleted...]
-      <c r="Z24" t="s">
+      <c r="L24" t="s">
+        <v>38</v>
+      </c>
+      <c r="Y24" t="s">
         <v>38</v>
       </c>
       <c r="AA24" t="s">
         <v>38</v>
       </c>
-      <c r="AC24" t="s">
-[...2 lines deleted...]
-      <c r="AF24" t="s">
+      <c r="AB24" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE24" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="B25" s="1" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
         <v>38</v>
       </c>
       <c r="G25" t="s">
         <v>38</v>
       </c>
       <c r="I25" t="s">
         <v>38</v>
       </c>
-      <c r="J25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Z25" t="s">
         <v>38</v>
       </c>
-      <c r="AC25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE25" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="26" spans="1:35">
-      <c r="A26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B26" s="1" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="C26" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
         <v>38</v>
       </c>
       <c r="H26" t="s">
         <v>38</v>
       </c>
       <c r="I26" t="s">
         <v>38</v>
       </c>
       <c r="J26" t="s">
         <v>38</v>
       </c>
-      <c r="M26" t="s">
-[...2 lines deleted...]
-      <c r="Z26" t="s">
+      <c r="N26" t="s">
         <v>38</v>
       </c>
       <c r="AA26" t="s">
         <v>38</v>
       </c>
-      <c r="AC26" t="s">
+      <c r="AB26" t="s">
+        <v>38</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE26" t="s">
         <v>38</v>
       </c>
       <c r="AF26" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="27" spans="1:35">
-      <c r="A27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B27" s="1" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="C27" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
         <v>38</v>
       </c>
       <c r="H27" t="s">
         <v>38</v>
       </c>
       <c r="I27" t="s">
         <v>38</v>
       </c>
-      <c r="J27" t="s">
-[...8 lines deleted...]
-      <c r="AF27" t="s">
+      <c r="L27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>38</v>
+      </c>
+      <c r="AE27" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:35">
       <c r="A28" t="s">
-        <v>108</v>
+        <v>99</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="C28" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
         <v>4</v>
       </c>
       <c r="E28" t="s">
         <v>38</v>
       </c>
       <c r="H28" t="s">
         <v>38</v>
       </c>
       <c r="I28" t="s">
         <v>38</v>
       </c>
       <c r="J28" t="s">
         <v>38</v>
       </c>
-      <c r="Y28" t="s">
+      <c r="L28" t="s">
         <v>38</v>
       </c>
       <c r="Z28" t="s">
         <v>38</v>
       </c>
       <c r="AA28" t="s">
         <v>38</v>
       </c>
-      <c r="AC28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE28" t="s">
-        <v>38</v>
-[...270 lines deleted...]
-      <c r="AE35" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
-    <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
-[...5 lines deleted...]
-    <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>