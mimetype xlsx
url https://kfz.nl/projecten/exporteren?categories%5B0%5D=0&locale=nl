--- v2 (2026-02-09)
+++ v3 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Callnumber</t>
   </si>
   <si>
     <t>Naam</t>
   </si>
   <si>
     <t>Tekst</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Afgerond</t>
   </si>
   <si>
     <t>In ontwikkeling</t>
   </si>
   <si>
     <t>Nee</t>
   </si>
   <si>
     <t>Ja</t>
   </si>
   <si>
@@ -119,149 +119,128 @@
   <si>
     <t>BW/MO</t>
   </si>
   <si>
     <t>PPC’s</t>
   </si>
   <si>
     <t>Reclassering</t>
   </si>
   <si>
     <t>Pijler 1: Veiligheid en persoonsgerichte zorg</t>
   </si>
   <si>
     <t>Pijler 2: Forensisch Vakmanschap</t>
   </si>
   <si>
     <t>Pijler 3: Organisatie van zorg</t>
   </si>
   <si>
     <t>Pijler 4: Samenwerken</t>
   </si>
   <si>
     <t>Pijler 5: Informeren over resultaten</t>
   </si>
   <si>
-    <t>2024-217</t>
+    <t>Patronen in het gebruik van sociale media door forensische patiënten</t>
+  </si>
+  <si>
+    <t>Het doel is om (1) het gebruik van sociale media door de forensisch psychiatrische doelgroep in kaart brengen, inclusief mogelijke patronen en verschillen tussen subdoelgroepen, beveiligingsniveaus en beleidskaders. Daarnaast (2) de beleidsmatige regulering van sociale media binnen FPK’s/FPC’s te onderzoeken en hoe dit verschilt tussen beveiligingsniveaus, en wordt (3) inzicht verkregen in de ervaringen van zowel behandelaren als patiënten met betrekking tot het sociale media-gebruik en het bijbehorende beleid.</t>
+  </si>
+  <si>
+    <t>x</t>
   </si>
   <si>
     <t>Evaluatieonderzoek implementatie Waaiermodel</t>
   </si>
   <si>
     <t>Het doel van dit project is inzichtelijk maken wat de meerwaarde is van het werken met het Waaiermodel.</t>
   </si>
   <si>
-    <t>x</t>
-[...1 lines deleted...]
-  <si>
     <t>BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
     <t>Het BeRK-gesprek: Ontwikkeling van een behoefte- en risicobeoordelingstool voor de BW/MO</t>
   </si>
   <si>
-    <t>2023-201</t>
-[...1 lines deleted...]
-  <si>
     <t>Succesvol samenwerken met vrijwilligers in de BW/MO</t>
   </si>
   <si>
     <t>Hoe werk je succesvol samen met vrijwilligers in het beschermd wonen en de maatschappelijke opvang? Hoe kan dit het beste georganiseerd worden? En wat is de meerwaarde? Op deze vragen geeft dit project een antwoord.</t>
   </si>
   <si>
     <t>Handreiking kracht- en herstelgericht werken in de forensische zorg</t>
   </si>
   <si>
     <t>Dit project richtte zich op het ontwikkelen van een handreiking met daarin duidelijke adviezen en tips over kracht- en herstelgericht werken.</t>
   </si>
   <si>
-    <t>2023-190</t>
-[...1 lines deleted...]
-  <si>
     <t>Handreiking warme overdracht</t>
   </si>
   <si>
     <t>Samen optrekken in de forensische keten: een project om op schakelpunten in de keten de kwaliteit van zorg te verbeteren.</t>
   </si>
   <si>
-    <t>2022-186</t>
-[...1 lines deleted...]
-  <si>
     <t>Ontwikkeling van een handreiking voor werken met vrouwelijke plegers van terrorisme</t>
   </si>
   <si>
     <t>Empirische kennis over vrouwelijke plegers van terrorisme bestaat nauwelijks. Het doel van dit onderzoek is dan ook in deze leemte te voorzien en een handreiking te ontwikkelen voor het werken met deze vrouwen.</t>
   </si>
   <si>
     <t>Seksualiteitsbeleid bij forensische cliënten</t>
   </si>
   <si>
     <t>Seksualiteit krijgt in de forensische zorg nog te weinig structurele aandacht, terwijl zowel cliënten als behandelaren aangeven dat dit een belangrijk én vaak gemist thema is. Binnen dit thema wordt gewerkt aan meer openheid, duidelijke richtlijnen en praktische ondersteuning om seksualiteit op een veilige, gezonde en passende manier te integreren in het forensische behandelklimaat.</t>
   </si>
   <si>
     <t>2021-149</t>
   </si>
   <si>
     <t>Implementatie toolbox middelengebruik in de forensische zorg</t>
   </si>
   <si>
     <t>Het doel van deze implementatiecall is om de informatie die verkregen wordt uit een pre- en implementatiepilot te verwerken, zodat de eindgebruikers kunnen profiteren van de eerder ontwikkelde toolbox middelengebruik in de forensische zorg.</t>
   </si>
   <si>
-    <t>2020-132</t>
-[...1 lines deleted...]
-  <si>
     <t>Forensische best practices in BW/MO instellingen</t>
   </si>
   <si>
     <t>In dit project is in kaart gebracht wat de forensische best practices zijn binnen de BW/MO instellingen. Waar worden positieve ervaringen opgedaan en waar zit de relevante kennis?</t>
   </si>
   <si>
     <t>Werken met de reclasseringscliënt op afstand</t>
   </si>
   <si>
     <t>Deze KFZ‑handreiking bundelt best practices en concrete do’s &amp; don’ts voor het effectief werken op afstand met reclasseringscliënten. Het document helpt professionals bij het vormgeven van online contact, zodat begeleiding en toezicht ook digitaal verantwoord en werkbaar blijven.</t>
   </si>
   <si>
-    <t>2019-105</t>
-[...7 lines deleted...]
-  <si>
     <t>Risicomanagement LVB</t>
   </si>
   <si>
     <t>Cliënten met een LVB vragen om een andere benadering van risicomanagement. Binnen dit thema is een handreiking ontwikkeld die professionals helpt om risico’s beter te herkennen, te duiden en te vertalen naar passende begeleiding en bejegening.</t>
   </si>
   <si>
-    <t>2018-85</t>
-[...1 lines deleted...]
-  <si>
     <t>Implementatietraject duurzame verbinding</t>
   </si>
   <si>
     <t>Relationeel werken en contact na behandeling ter voorkoming van recidive.</t>
   </si>
   <si>
     <t>Forensische FACT LVB</t>
   </si>
   <si>
     <t>De Borg-instellingen werken samen aan de implementatie van het forensische FACT-team voor de LVB-doelgroep. Ze hebben de resultaten hiervan onderzocht en stimuleren de landelijke ontwikkeling van de For (F)ACT LVB.</t>
   </si>
   <si>
     <t>Behandeling van seksueel grensoverschrijdend gedrag bij cliënten met een LVB</t>
   </si>
   <si>
     <t>Deze behandelinterventie is gericht op de dynamische criminogene factoren die van invloed zijn op seksueel grensoverschrijdend gedrag bij cliënten met een LVB, met als doel dit gedrag te reduceren en in de toekomst te voorkomen.</t>
   </si>
   <si>
     <t>Forensische High &amp; Intensive Care (FHIC)</t>
   </si>
   <si>
     <t>De Forensische High &amp; Intensive Care (FHIC) biedt een vernieuwende aanpak voor forensische patiënten in crisis, gericht op herstel en het verminderen van repressie. Het model creëert een veilig, open leef- en werkklimaat waarin professionals kunnen opschalen wanneer nodig, zonder zwaarder in te grijpen dan noodzakelijk.</t>
   </si>
   <si>
     <t>Schema Focused Therapy (SFT)</t>
@@ -276,59 +255,50 @@
     <t>Explorerende studie (bestaande uit twee delen) over best practice van sociotherapie en over de werkzame elementen in het creëren van een gunstig sociotherapeutisch milieu in de forensische klinische setting.</t>
   </si>
   <si>
     <t>2014-25</t>
   </si>
   <si>
     <t>Helpers en Helden: SFT voor LVB</t>
   </si>
   <si>
     <t>Dit onderzoek betreft een vertaalslag die Schema Focused Therapy ook inzetbaar maakt voor de (forensische) LVB-doelgroep, waarbij het versterken van gezonde modi centraal staat.</t>
   </si>
   <si>
     <t>2016-6</t>
   </si>
   <si>
     <t>Handelingsprotocol zorgprogramma psychotische stoornissen (Call 2016-6B)</t>
   </si>
   <si>
     <t>Deze studie betreft een verdieping en vertaalslag naar implementatie in de praktijk, van het zorgprogramma psychotische stoornissen dat in 2015 binnen het EFP is afgerond.</t>
   </si>
   <si>
     <t>Kwaliteit van leven</t>
   </si>
   <si>
     <t>De projecten binnen dit thema dragen bij aan meer inzicht in en aandacht voor kwaliteit van leven in de forensische zorg.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Dit project heeft als doel dat professionals die aan het begin van de strafrechtsketen staan, een LVB-cliënt sneller en beter herkennen. Door middel van interactieve training leert men de LVB tijdig te herkennen en te signaleren.</t>
   </si>
   <si>
     <t>Krachtgericht werken binnen de maatschappelijke opvang en beschermd wonen</t>
   </si>
   <si>
     <t>Binnen deze projecten is gewerkt aan het versterken van veiligheid in opvang- en zorgvoorzieningen. De projecten richten zich op hoe medewerkers en cliënten gezamenlijk kunnen bijdragen aan een veilig leef- en werkklimaat.</t>
   </si>
   <si>
     <t>Verlofhulp</t>
   </si>
   <si>
     <t>Deze applicatie is bedoeld ter ondersteuning van de patiënt tijdens zijn verlof vanuit een klinische behandeling.</t>
   </si>
   <si>
     <t>GRIP-app</t>
   </si>
   <si>
     <t>Binnen dit thema is gewerkt aan het (door)ontwikkelen van de Grip‑app. De Grip‑app ondersteunt professionals in de forensische zorg bij het verkrijgen van beter inzicht en meer grip op risico’s, begeleiding en besluitvorming in de praktijk.</t>
   </si>
   <si>
     <t>De Proactieve Agressiehantering voor Opvangvoorzieningen (PAvO)</t>
   </si>
   <si>
     <t>De PAVO‑methodiek richt zich op het proactief omgaan met agressie binnen opvangvoorzieningen. Het project biedt handvatten om agressie te signaleren, te voorkomen en op een professionele manier te hanteren.</t>
   </si>
@@ -667,62 +637,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/effectief-methodisch-werken-in-reclasseringstoezicht-een-systematisch-literatuuroverzicht-call-2019-105" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-50" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verlofhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/patronen-in-het-gebruik-van-sociale-media-door-forensische-patienten" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/evaluatieonderzoek-implementatie-waaiermodel" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/berk-gesprek" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/succesvol-samenwerken-met-vrijwilligers-in-de-bwmo" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-kracht-en-herstelgericht-werken-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/handreiking-warme-overdracht" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/ontwikkeling-van-een-handreiking-voor-werken-met-vrouwelijke-plegers-van-terrorisme" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/seksualiteitsbeleid-bij-forensische-clienten" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatie-toolbox-middelengebruik-in-de-forensische-zorg" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/best-practices-in-bwmo-instellingen" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/werken-met-de-reclasseringsclient-op-afstand" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/risicomanagement-lvb" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/implementatietraject-duurzame-verbinding-call-2018-85" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-41" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2015-43" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/forensische-high-intensive-care-fhic" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/sft" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/precall-2013-4" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2014-25" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-6b" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/kwaliteit-van-leven" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/krachtgericht-werken-binnen-de-maatschappelijke-opvang-en-beschermd-wonen" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/verlofhulp" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/grip-app" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/de-proactieve-agressiehantering-voor-opvangvoorzieningen-pavo" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kfz.nl/projecten/call-2016-60" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AI28"/>
+  <dimension ref="A1:AI27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B28" sqref="B28"/>
+      <selection activeCell="B27" sqref="B27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -791,1074 +761,1017 @@
         <v>27</v>
       </c>
       <c r="AC1" t="s">
         <v>28</v>
       </c>
       <c r="AD1" t="s">
         <v>29</v>
       </c>
       <c r="AE1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" t="s">
         <v>31</v>
       </c>
       <c r="AG1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2" spans="1:35">
-      <c r="A2" t="s">
+      <c r="B2" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="C2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
       <c r="F2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z2" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:35">
       <c r="B3" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I3" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>37</v>
       </c>
       <c r="AB3" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>37</v>
       </c>
       <c r="AE3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:35">
-      <c r="A4" t="s">
+      <c r="B4" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D4" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>5</v>
+      </c>
+      <c r="F4" t="s">
+        <v>37</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
       </c>
       <c r="I4" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="U4" t="s">
+        <v>37</v>
       </c>
       <c r="AB4" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE4" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:35">
       <c r="B5" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>37</v>
+      </c>
+      <c r="V5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF5" t="s">
+        <v>37</v>
+      </c>
+      <c r="AG5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:35">
+      <c r="B6" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C6" t="s">
         <v>45</v>
       </c>
-      <c r="D5" t="s">
-[...31 lines deleted...]
-      <c r="A6" t="s">
+      <c r="D6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+      <c r="I6" t="s">
+        <v>37</v>
+      </c>
+      <c r="J6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:35">
+      <c r="B7" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="C7" t="s">
         <v>47</v>
       </c>
-      <c r="C6" t="s">
-[...48 lines deleted...]
-      </c>
       <c r="D7" t="s">
         <v>4</v>
       </c>
       <c r="E7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
       </c>
       <c r="I7" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>37</v>
       </c>
       <c r="Z7" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA7" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>37</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:35">
       <c r="B8" s="1" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>4</v>
       </c>
       <c r="E8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J8" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>37</v>
+      </c>
+      <c r="W8" t="s">
+        <v>37</v>
       </c>
       <c r="Z8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA8" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE8" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:35">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" s="1" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>4</v>
       </c>
       <c r="E9" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G9" t="s">
+        <v>37</v>
       </c>
       <c r="I9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J9" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="R9" t="s">
+        <v>37</v>
       </c>
       <c r="Z9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA9" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD9" t="s">
+        <v>37</v>
       </c>
       <c r="AF9" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:35">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
         <v>4</v>
       </c>
       <c r="E10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H10" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I10" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J10" t="s">
+        <v>37</v>
       </c>
       <c r="L10" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="X10" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>37</v>
+      </c>
+      <c r="AF10" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:35">
       <c r="B11" s="1" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="C11" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="D11" t="s">
         <v>4</v>
       </c>
       <c r="E11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H11" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I11" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>37</v>
       </c>
       <c r="AB11" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:35">
-      <c r="A12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B12" s="1" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="C12" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
         <v>4</v>
       </c>
       <c r="E12" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H12" t="s">
+        <v>37</v>
       </c>
       <c r="I12" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="N12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>37</v>
       </c>
       <c r="AD12" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AG12" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:35">
       <c r="B13" s="1" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C13" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="D13" t="s">
         <v>4</v>
       </c>
       <c r="E13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE13" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:35">
-      <c r="A14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B14" s="1" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="C14" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="D14" t="s">
         <v>4</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="K14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AH14" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="15" spans="1:35">
       <c r="B15" s="1" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="C15" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>4</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="16" spans="1:35">
       <c r="B16" s="1" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="D16" t="s">
         <v>4</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="R16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF16" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="17" spans="1:35">
       <c r="B17" s="1" t="s">
-        <v>74</v>
+        <v>67</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="D17" t="s">
         <v>4</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Y17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AG17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AH17" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="18" spans="1:35">
       <c r="B18" s="1" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="C18" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="D18" t="s">
         <v>4</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF18" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="19" spans="1:35">
       <c r="B19" s="1" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="C19" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="D19" t="s">
         <v>4</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Y19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE19" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:35">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
       <c r="D20" t="s">
         <v>4</v>
       </c>
       <c r="E20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="M20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF20" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="21" spans="1:35">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="D21" t="s">
         <v>4</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="W21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AF21" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:35">
       <c r="B22" s="1" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="C22" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="D22" t="s">
         <v>4</v>
       </c>
       <c r="E22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Y22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="Z22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AA22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AC22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AD22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:35">
-      <c r="A23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B23" s="1" t="s">
-        <v>89</v>
+        <v>81</v>
       </c>
       <c r="C23" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="D23" t="s">
         <v>4</v>
       </c>
       <c r="E23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="L23" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>37</v>
       </c>
       <c r="AA23" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>37</v>
+      </c>
+      <c r="AE23" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="24" spans="1:35">
       <c r="B24" s="1" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="C24" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D24" t="s">
         <v>4</v>
       </c>
       <c r="E24" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="G24" t="s">
+        <v>37</v>
       </c>
       <c r="I24" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>37</v>
       </c>
       <c r="AE24" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="25" spans="1:35">
       <c r="B25" s="1" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="C25" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="D25" t="s">
         <v>4</v>
       </c>
       <c r="E25" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="H25" t="s">
+        <v>37</v>
       </c>
       <c r="I25" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J25" t="s">
+        <v>37</v>
+      </c>
+      <c r="N25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>37</v>
+      </c>
+      <c r="AD25" t="s">
+        <v>37</v>
       </c>
       <c r="AE25" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="AF25" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="26" spans="1:35">
       <c r="B26" s="1" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="C26" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="D26" t="s">
         <v>4</v>
       </c>
       <c r="E26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I26" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="L26" t="s">
+        <v>37</v>
       </c>
       <c r="AA26" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AB26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE26" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="27" spans="1:35">
+      <c r="A27" t="s">
+        <v>89</v>
+      </c>
       <c r="B27" s="1" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="C27" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="D27" t="s">
         <v>4</v>
       </c>
       <c r="E27" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="H27" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I27" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="J27" t="s">
+        <v>37</v>
       </c>
       <c r="L27" t="s">
-        <v>38</v>
+        <v>37</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>37</v>
       </c>
       <c r="AA27" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="AE27" t="s">
-        <v>38</v>
-[...37 lines deleted...]
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
-    <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>